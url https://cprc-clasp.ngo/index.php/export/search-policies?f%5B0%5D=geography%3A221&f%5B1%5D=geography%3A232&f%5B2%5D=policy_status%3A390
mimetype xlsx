--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,334 +12,240 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Energy Label Regulation for Sanitary Fittings</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
+  </si>
+  <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Motors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60034-30-1</t>
+  </si>
+  <si>
+    <t>National Regulator for Compulsory Specification (NRCS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
+  </si>
+  <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
+  </si>
+  <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>Showers or Showerheads, Taps or Faucets</t>
+    <t>Windows</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...89 lines deleted...]
-    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
+    <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
+  </si>
+  <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity, Other Solid Fuel</t>
-[...37 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>SANS 60064
-[...14 lines deleted...]
-  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -603,581 +509,302 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="409.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2024</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...120 lines deleted...]
-      <c r="A6" t="s">
+      <c r="O4" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="P4" t="s">
         <v>49</v>
-      </c>
-[...245 lines deleted...]
-        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>