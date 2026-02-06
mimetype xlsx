--- v0 (2025-10-13)
+++ v1 (2026-02-06)
@@ -12,337 +12,252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Saudi Standard, Metrology and Quality Organization</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-30:2013</t>
+  </si>
+  <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>SASO IEC 60034-2-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
+    <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
+  </si>
+  <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...106 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>SANS 60064
-[...14 lines deleted...]
-  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -606,749 +521,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="409.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2024</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" t="s">
-[...8 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...244 lines deleted...]
-      <c r="A9" t="s">
+      <c r="O5" t="s">
         <v>52</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="P5" t="s">
         <v>53</v>
-      </c>
-[...289 lines deleted...]
-        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>