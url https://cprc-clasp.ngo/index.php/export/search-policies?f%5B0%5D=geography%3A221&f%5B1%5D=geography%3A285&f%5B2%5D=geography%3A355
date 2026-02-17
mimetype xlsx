--- v0 (2025-12-13)
+++ v1 (2026-02-17)
@@ -1806,51 +1806,51 @@
       </c>
       <c r="P9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>82</v>
       </c>
       <c r="G10" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>84</v>
       </c>
       <c r="M10" t="s">
         <v>35</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>85</v>
       </c>