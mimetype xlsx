--- v0 (2025-12-14)
+++ v1 (2026-02-22)
@@ -2856,51 +2856,51 @@
       </c>
       <c r="P22" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>157</v>
       </c>
       <c r="B23" t="s">
         <v>158</v>
       </c>
       <c r="C23" t="s">
         <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>101</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>47</v>
       </c>
       <c r="G23" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>159</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>160</v>
       </c>
       <c r="M23" t="s">
         <v>35</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>161</v>
       </c>