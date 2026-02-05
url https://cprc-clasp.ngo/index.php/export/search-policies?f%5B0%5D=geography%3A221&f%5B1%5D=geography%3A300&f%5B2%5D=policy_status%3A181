--- v0 (2025-10-15)
+++ v1 (2026-02-05)
@@ -12,313 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -582,659 +653,740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>73</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
         <v>2012</v>
       </c>
-      <c r="H2"/>
-[...9 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>75</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" t="s">
+        <v>32</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>73</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...458 lines deleted...]
-        <v>71</v>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>