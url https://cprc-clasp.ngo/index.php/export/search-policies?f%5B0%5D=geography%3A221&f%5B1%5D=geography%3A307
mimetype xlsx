--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,586 +12,855 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -855,1881 +1124,2134 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...16 lines deleted...]
-      <c r="M2" t="s">
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
         <v>25</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>35</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>35</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>49</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>50</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M12" t="s">
+        <v>35</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>50</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>35</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>49</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>50</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>35</v>
+      </c>
+      <c r="N15" t="s">
+        <v>104</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" t="s">
+        <v>49</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>50</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>49</v>
+      </c>
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>49</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>35</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>50</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>49</v>
+      </c>
+      <c r="H20">
         <v>2008</v>
       </c>
-      <c r="H3"/>
-[...30 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>50</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>35</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>49</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>50</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>138</v>
+      </c>
+      <c r="M21" t="s">
+        <v>35</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>49</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>50</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>35</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>49</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>50</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>138</v>
+      </c>
+      <c r="M23" t="s">
+        <v>35</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>148</v>
+      </c>
+      <c r="P23" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>150</v>
+      </c>
+      <c r="B24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>50</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>35</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>152</v>
+      </c>
+      <c r="P24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>154</v>
+      </c>
+      <c r="B25" t="s">
+        <v>155</v>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...12 lines deleted...]
-      <c r="K4" t="s">
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...131 lines deleted...]
-      <c r="N7" t="s">
+      <c r="K25" t="s">
+        <v>156</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>35</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>157</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>159</v>
+      </c>
+      <c r="B26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>161</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
         <v>49</v>
-      </c>
-[...779 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
-        <v>40</v>
+      <c r="I26">
+        <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
+        <v>35</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>166</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>49</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>50</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>104</v>
+      </c>
+      <c r="O27" t="s">
+        <v>167</v>
+      </c>
+      <c r="P27" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>49</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>50</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>35</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" t="s">
+        <v>177</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>49</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>50</v>
+      </c>
+      <c r="K29" t="s">
+        <v>178</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>35</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" t="s">
+        <v>177</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>49</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>78</v>
+      </c>
+      <c r="K30" t="s">
+        <v>178</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>35</v>
+      </c>
+      <c r="N30" t="s">
+        <v>104</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>49</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>50</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>187</v>
+      </c>
+      <c r="M31" t="s">
+        <v>35</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>49</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>50</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>187</v>
+      </c>
+      <c r="M32" t="s">
+        <v>35</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>192</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>50</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>187</v>
+      </c>
+      <c r="M33" t="s">
+        <v>35</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>197</v>
+      </c>
+      <c r="P33" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>199</v>
+      </c>
+      <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" t="s">
+        <v>201</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>49</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>78</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>35</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>202</v>
+      </c>
+      <c r="P34" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>204</v>
+      </c>
+      <c r="B35" t="s">
+        <v>205</v>
+      </c>
+      <c r="C35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" t="s">
+        <v>201</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>49</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>35</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>206</v>
+      </c>
+      <c r="P35" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>208</v>
+      </c>
+      <c r="B36" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" t="s">
+        <v>201</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>50</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>35</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>212</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>31</v>
+      </c>
+      <c r="D37" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
       </c>
-      <c r="N26" t="s">
-[...7 lines deleted...]
-      <c r="B27" t="s">
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>50</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>214</v>
+      </c>
+      <c r="M37" t="s">
+        <v>35</v>
+      </c>
+      <c r="N37" t="s">
+        <v>104</v>
+      </c>
+      <c r="O37" t="s">
+        <v>215</v>
+      </c>
+      <c r="P37" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>217</v>
+      </c>
+      <c r="B38" t="s">
+        <v>218</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>219</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>49</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>220</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>221</v>
+      </c>
+      <c r="M38" t="s">
         <v>25</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>222</v>
+      </c>
+      <c r="P38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>224</v>
+      </c>
+      <c r="B39" t="s">
+        <v>225</v>
+      </c>
+      <c r="C39" t="s">
         <v>18</v>
       </c>
-      <c r="F27" t="s">
-[...29 lines deleted...]
-      <c r="B28" t="s">
+      <c r="D39" t="s">
+        <v>143</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>110</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>220</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>226</v>
+      </c>
+      <c r="M39" t="s">
         <v>25</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>229</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
         <v>18</v>
       </c>
-      <c r="F28" t="s">
-[...5 lines deleted...]
-      <c r="H28">
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>110</v>
+      </c>
+      <c r="G40" t="s">
+        <v>49</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>220</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>232</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>233</v>
+      </c>
+      <c r="P40" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>132</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>49</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
+      <c r="J41" t="s">
+        <v>220</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>237</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>238</v>
+      </c>
+      <c r="P41" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>240</v>
+      </c>
+      <c r="B42" t="s">
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" t="s">
+        <v>219</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>49</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42">
         <v>2013</v>
       </c>
-      <c r="I28" t="s">
-[...599 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="N42" t="s">
-        <v>160</v>
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>242</v>
+      </c>
+      <c r="P42" t="s">
+        <v>243</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>