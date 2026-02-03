--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -565,50 +565,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -653,50 +656,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -2514,708 +2520,708 @@
       </c>
       <c r="P28" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>175</v>
       </c>
       <c r="B29" t="s">
         <v>176</v>
       </c>
       <c r="C29" t="s">
         <v>31</v>
       </c>
       <c r="D29" t="s">
         <v>177</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>49</v>
+        <v>178</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>50</v>
       </c>
       <c r="K29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>35</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C30" t="s">
         <v>31</v>
       </c>
       <c r="D30" t="s">
         <v>177</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>49</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>78</v>
       </c>
       <c r="K30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>35</v>
       </c>
       <c r="N30" t="s">
         <v>104</v>
       </c>
       <c r="O30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C31" t="s">
         <v>31</v>
       </c>
       <c r="D31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>49</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>50</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
         <v>35</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P31" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C32" t="s">
         <v>31</v>
       </c>
       <c r="D32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>49</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
         <v>50</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M32" t="s">
         <v>35</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P32" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C33" t="s">
         <v>31</v>
       </c>
       <c r="D33" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>33</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>50</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M33" t="s">
         <v>35</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P33" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
         <v>31</v>
       </c>
       <c r="D34" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2021</v>
       </c>
       <c r="J34" t="s">
         <v>78</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>35</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P34" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
         <v>31</v>
       </c>
       <c r="D35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
         <v>34</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>35</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="P35" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C36" t="s">
         <v>31</v>
       </c>
       <c r="D36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>33</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>50</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>35</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P36" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B37" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>31</v>
       </c>
       <c r="D37" t="s">
         <v>83</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>50</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="M37" t="s">
         <v>35</v>
       </c>
       <c r="N37" t="s">
         <v>104</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="P37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B38" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>49</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
       <c r="I38">
         <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>143</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>110</v>
       </c>
       <c r="G39" t="s">
         <v>33</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>110</v>
       </c>
       <c r="G40" t="s">
         <v>49</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>132</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>49</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2014</v>
       </c>
       <c r="J41" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C42" t="s">
         <v>31</v>
       </c>
       <c r="D42" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>49</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2013</v>
       </c>
       <c r="J42" t="s">
         <v>34</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>35</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="P42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">