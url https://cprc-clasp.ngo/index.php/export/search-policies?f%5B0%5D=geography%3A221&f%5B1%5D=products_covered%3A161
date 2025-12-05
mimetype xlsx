--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,199 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
   </si>
   <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -468,279 +497,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="G3">
-[...65 lines deleted...]
-        <v>33</v>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>