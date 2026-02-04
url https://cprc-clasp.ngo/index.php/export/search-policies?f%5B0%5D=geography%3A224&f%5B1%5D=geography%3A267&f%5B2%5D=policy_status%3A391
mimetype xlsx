--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,305 +12,381 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...4 lines deleted...]
-  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,709 +650,794 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="161.532" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1986</v>
+      </c>
+      <c r="I2">
+        <v>2004</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...40 lines deleted...]
-      <c r="E4" t="s">
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="F4" t="s">
-[...177 lines deleted...]
-        <v>2006</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2006</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>62</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...7 lines deleted...]
-        <v>49</v>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2006</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...8 lines deleted...]
-      <c r="I9" t="s">
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...3 lines deleted...]
-      <c r="L9" t="s">
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2016</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1986</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>55</v>
       </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="11" spans="1:14">
-[...12 lines deleted...]
-      <c r="E11" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>32</v>
       </c>
-      <c r="F11" t="s">
-[...131 lines deleted...]
-        <v>2011</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
-      <c r="I14" t="s">
-        <v>20</v>
+      <c r="I14">
+        <v>2011</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="N14" t="s">
-        <v>71</v>
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>