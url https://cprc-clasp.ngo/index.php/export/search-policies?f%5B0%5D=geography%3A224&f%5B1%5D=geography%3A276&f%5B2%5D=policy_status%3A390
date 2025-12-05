--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,296 +12,252 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
-    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
-[...44 lines deleted...]
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
+  </si>
+  <si>
+    <t>Emirates Authority For Standardization &amp; Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
+  </si>
+  <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
-[...46 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,703 +521,396 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="188.668" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...43 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I4" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...2 lines deleted...]
-      <c r="N4" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>33</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
         <v>35</v>
       </c>
-      <c r="D5" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>39</v>
-[...119 lines deleted...]
-      <c r="K9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
         <v>52</v>
       </c>
-      <c r="L9" t="s">
-[...5 lines deleted...]
-      <c r="N9" t="s">
+      <c r="P6" t="s">
         <v>53</v>
-      </c>
-[...206 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>