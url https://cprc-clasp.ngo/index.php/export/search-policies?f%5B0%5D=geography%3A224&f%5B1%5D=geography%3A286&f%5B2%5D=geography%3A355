--- v0 (2025-12-12)
+++ v1 (2026-02-18)
@@ -2826,51 +2826,51 @@
       </c>
       <c r="P22" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>157</v>
       </c>
       <c r="B23" t="s">
         <v>158</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>100</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>38</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>159</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>160</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>161</v>
       </c>