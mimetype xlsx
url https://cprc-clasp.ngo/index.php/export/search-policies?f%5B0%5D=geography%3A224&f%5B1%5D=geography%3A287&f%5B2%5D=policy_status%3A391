--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,269 +12,272 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...131 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
+  </si>
+  <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
+    <t>Law 2009-07</t>
+  </si>
+  <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
+    <t>10 CFR 431 and product-specific Subparts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
@@ -722,565 +725,561 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="P3" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="H5">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>44</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2004</v>
       </c>
       <c r="I6">
         <v>2010</v>
       </c>
       <c r="J6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I7">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>51</v>
+      </c>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I8">
         <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I9">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>52</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>68</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>70</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M11" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2016</v>
       </c>
       <c r="J12" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M12" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">