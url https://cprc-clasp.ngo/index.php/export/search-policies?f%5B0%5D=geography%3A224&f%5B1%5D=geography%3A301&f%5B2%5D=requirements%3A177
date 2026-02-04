--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,223 +12,271 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...4 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>Air Conditioning</t>
@@ -236,210 +284,250 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -703,1417 +791,1586 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="161.532" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2005</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>54</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>54</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>75</v>
+      </c>
+      <c r="P12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>79</v>
+      </c>
+      <c r="P13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>81</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>54</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>82</v>
+      </c>
+      <c r="P14" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>54</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>85</v>
+      </c>
+      <c r="P15" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>86</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>54</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>88</v>
+      </c>
+      <c r="P16" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>54</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>92</v>
+      </c>
+      <c r="P17" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>54</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>95</v>
+      </c>
+      <c r="P18" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>96</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>32</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>54</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>97</v>
+      </c>
+      <c r="P19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>54</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>99</v>
+      </c>
+      <c r="P20" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>32</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>54</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>103</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>104</v>
+      </c>
+      <c r="B22" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" t="s">
+        <v>33</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>54</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>107</v>
+      </c>
+      <c r="P22" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>108</v>
+      </c>
+      <c r="B23" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>110</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>32</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>54</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>111</v>
+      </c>
+      <c r="P23" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" t="s">
+        <v>113</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>32</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>54</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>114</v>
+      </c>
+      <c r="P24" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>115</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>32</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>54</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>117</v>
+      </c>
+      <c r="P25" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>32</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>54</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>119</v>
+      </c>
+      <c r="P26" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>122</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>32</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>54</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>123</v>
+      </c>
+      <c r="P27" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" t="s">
+        <v>125</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>32</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>54</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>126</v>
+      </c>
+      <c r="P28" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>129</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>54</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>131</v>
+      </c>
+      <c r="P29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>129</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>130</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>54</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>135</v>
+      </c>
+      <c r="P30" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>138</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>87</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G31" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...34 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>130</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>54</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>139</v>
+      </c>
+      <c r="P31" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
+        <v>129</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...277 lines deleted...]
-      <c r="G10">
+      <c r="H32">
         <v>2018</v>
       </c>
-      <c r="H10"/>
-[...892 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="N32" t="s">
-        <v>114</v>
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>142</v>
+      </c>
+      <c r="P32" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>