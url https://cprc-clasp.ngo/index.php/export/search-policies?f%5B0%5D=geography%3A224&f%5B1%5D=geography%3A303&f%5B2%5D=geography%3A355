--- v0 (2025-12-06)
+++ v1 (2026-02-23)
@@ -4347,51 +4347,51 @@
       </c>
       <c r="P27" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>194</v>
       </c>
       <c r="B28" t="s">
         <v>195</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>196</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
         <v>197</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>198</v>
       </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>199</v>
       </c>