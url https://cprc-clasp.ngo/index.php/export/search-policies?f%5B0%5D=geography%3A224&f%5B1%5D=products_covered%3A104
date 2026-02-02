--- v0 (2025-10-13)
+++ v1 (2026-02-02)
@@ -12,191 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -460,281 +482,308 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="67" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="114" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="675.835" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="161.532" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2004</v>
+      </c>
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...72 lines deleted...]
-        <v>33</v>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>