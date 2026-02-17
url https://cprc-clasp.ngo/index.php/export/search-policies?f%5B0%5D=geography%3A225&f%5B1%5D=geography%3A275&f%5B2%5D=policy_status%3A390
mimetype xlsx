--- v0 (2025-10-13)
+++ v1 (2026-02-17)
@@ -12,584 +12,591 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
-[...2 lines deleted...]
-    <t>Clothes Dryers</t>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Electricity, Gas</t>
-[...22 lines deleted...]
-  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -853,1631 +860,1244 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...76 lines deleted...]
-        <v>2013</v>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...29 lines deleted...]
-      <c r="J5" t="s">
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...8 lines deleted...]
-      <c r="I6" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...5 lines deleted...]
-      <c r="L6" t="s">
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...28 lines deleted...]
-      <c r="I7" t="s">
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...5 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...6 lines deleted...]
-      <c r="I8" t="s">
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...74 lines deleted...]
-        <v>2011</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...2 lines deleted...]
-      <c r="L10" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M10" t="s">
+      <c r="K13" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>94</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...25 lines deleted...]
-      <c r="H11">
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>106</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>107</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>115</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>116</v>
+      </c>
+      <c r="K17" t="s">
+        <v>117</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>119</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>113</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>113</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>131</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>125</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>131</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>118</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>131</v>
+      </c>
+      <c r="F21" t="s">
+        <v>141</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>118</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>113</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>116</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>118</v>
+      </c>
+      <c r="N22" t="s">
+        <v>147</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>131</v>
+      </c>
+      <c r="F23" t="s">
+        <v>115</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...11 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>153</v>
+      </c>
+      <c r="K23" t="s">
+        <v>154</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>118</v>
+      </c>
+      <c r="N23" t="s">
+        <v>156</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>113</v>
+      </c>
+      <c r="D24" t="s">
+        <v>161</v>
+      </c>
+      <c r="E24" t="s">
+        <v>131</v>
+      </c>
+      <c r="F24" t="s">
+        <v>141</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>116</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...546 lines deleted...]
-      </c>
       <c r="L24" t="s">
-        <v>23</v>
+        <v>162</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N24" t="s">
-        <v>109</v>
-[...345 lines deleted...]
-      <c r="E33" t="s">
         <v>147</v>
       </c>
-      <c r="F33" t="s">
-[...144 lines deleted...]
-        <v>162</v>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>