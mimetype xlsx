--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="838">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="840">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2272,50 +2272,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
@@ -2439,50 +2442,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -3034,51 +3040,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -9106,1328 +9112,1328 @@
       </c>
       <c r="P125" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
         <v>702</v>
       </c>
       <c r="B126" t="s">
         <v>703</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>403</v>
       </c>
       <c r="E126" t="s">
         <v>174</v>
       </c>
       <c r="F126" t="s">
         <v>175</v>
       </c>
       <c r="G126" t="s">
-        <v>652</v>
+        <v>704</v>
       </c>
       <c r="H126">
         <v>2004</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="M126" t="s">
         <v>690</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P126" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B127" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>403</v>
       </c>
       <c r="E127" t="s">
         <v>174</v>
       </c>
       <c r="F127" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2004</v>
       </c>
       <c r="I127">
         <v>2021</v>
       </c>
       <c r="J127" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
         <v>690</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P127" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B128" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>100</v>
       </c>
       <c r="E128" t="s">
         <v>174</v>
       </c>
       <c r="F128" t="s">
         <v>175</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>1978</v>
       </c>
       <c r="I128">
         <v>2017</v>
       </c>
       <c r="J128" t="s">
         <v>33</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
         <v>690</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P128" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B129" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>175</v>
       </c>
       <c r="G129" t="s">
         <v>69</v>
       </c>
       <c r="H129">
         <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>110</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
         <v>690</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P129" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B130" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>320</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>175</v>
       </c>
       <c r="G130" t="s">
         <v>69</v>
       </c>
       <c r="H130">
         <v>2014</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>110</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
         <v>690</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="P130" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B131" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>175</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2007</v>
       </c>
       <c r="I131">
         <v>2014</v>
       </c>
       <c r="J131" t="s">
         <v>110</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
         <v>690</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P131" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B132" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
         <v>320</v>
       </c>
       <c r="E132" t="s">
         <v>174</v>
       </c>
       <c r="F132" t="s">
         <v>175</v>
       </c>
       <c r="G132" t="s">
         <v>69</v>
       </c>
       <c r="H132">
         <v>2017</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>110</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
         <v>690</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="P132" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B133" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>175</v>
       </c>
       <c r="G133" t="s">
         <v>69</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>110</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
         <v>690</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P133" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B134" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>175</v>
       </c>
       <c r="G134" t="s">
         <v>69</v>
       </c>
       <c r="H134">
         <v>2013</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
         <v>33</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
         <v>690</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="P134" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B135" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>430</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>175</v>
       </c>
       <c r="G135" t="s">
         <v>69</v>
       </c>
       <c r="H135">
         <v>2013</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>110</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
         <v>690</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P135" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B136" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>334</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>175</v>
       </c>
       <c r="G136" t="s">
         <v>69</v>
       </c>
       <c r="H136">
         <v>2013</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>110</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
         <v>690</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P136" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B137" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>371</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>175</v>
       </c>
       <c r="G137" t="s">
         <v>69</v>
       </c>
       <c r="H137">
         <v>2013</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>110</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
         <v>690</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P137" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B138" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>175</v>
       </c>
       <c r="G138" t="s">
-        <v>69</v>
+        <v>761</v>
       </c>
       <c r="H138">
         <v>2014</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
         <v>690</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="P138" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B139" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>44</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>175</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2014</v>
       </c>
       <c r="I139">
         <v>2024</v>
       </c>
       <c r="J139" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
         <v>690</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="P139" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="B140" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>398</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>175</v>
       </c>
       <c r="G140" t="s">
         <v>69</v>
       </c>
       <c r="H140">
         <v>2014</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>110</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
         <v>690</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="P140" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B141" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>175</v>
       </c>
       <c r="G141" t="s">
         <v>69</v>
       </c>
       <c r="H141">
         <v>2016</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>110</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
         <v>690</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="P141" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B142" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
         <v>388</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>175</v>
       </c>
       <c r="G142" t="s">
         <v>69</v>
       </c>
       <c r="H142">
         <v>2016</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>110</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
         <v>690</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="P142" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B143" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>175</v>
       </c>
       <c r="G143" t="s">
         <v>69</v>
       </c>
       <c r="H143">
         <v>2016</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>110</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
         <v>690</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="P143" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B144" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E144" t="s">
         <v>377</v>
       </c>
       <c r="F144" t="s">
         <v>175</v>
       </c>
       <c r="G144" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="H144"/>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>33</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
         <v>699</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="P144" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="B145" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
         <v>117</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>175</v>
       </c>
       <c r="G145" t="s">
         <v>69</v>
       </c>
       <c r="H145">
         <v>2007</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>110</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
         <v>690</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="P145" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B146" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C146" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D146" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G146" t="s">
         <v>69</v>
       </c>
       <c r="H146">
         <v>2019</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>664</v>
       </c>
       <c r="K146" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N146" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="O146" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="P146" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B147" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C147" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D147" t="s">
         <v>256</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>175</v>
       </c>
       <c r="G147" t="s">
         <v>69</v>
       </c>
       <c r="H147">
         <v>2011</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="P147" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B148" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C148" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D148" t="s">
         <v>305</v>
       </c>
       <c r="E148" t="s">
         <v>174</v>
       </c>
       <c r="F148" t="s">
         <v>175</v>
       </c>
       <c r="G148" t="s">
         <v>69</v>
       </c>
       <c r="H148">
         <v>2011</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="P148" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B149" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C149" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D149" t="s">
         <v>305</v>
       </c>
       <c r="E149" t="s">
         <v>174</v>
       </c>
       <c r="F149" t="s">
         <v>175</v>
       </c>
       <c r="G149" t="s">
         <v>69</v>
       </c>
       <c r="H149">
         <v>2011</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="P149" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B150" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C150" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D150" t="s">
         <v>100</v>
       </c>
       <c r="E150" t="s">
         <v>174</v>
       </c>
       <c r="F150" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G150" t="s">
         <v>69</v>
       </c>
       <c r="H150">
         <v>2011</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="P150" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B151" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C151" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D151" t="s">
         <v>193</v>
       </c>
       <c r="E151" t="s">
         <v>174</v>
       </c>
       <c r="F151" t="s">
         <v>175</v>
       </c>
       <c r="G151" t="s">
         <v>69</v>
       </c>
       <c r="H151">
         <v>2011</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>664</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N151" t="s">
         <v>568</v>
       </c>
       <c r="O151" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="P151" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B152" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="C152" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D152" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="E152" t="s">
         <v>174</v>
       </c>
       <c r="F152" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G152" t="s">
         <v>69</v>
       </c>
       <c r="H152">
         <v>2021</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
         <v>176</v>
       </c>
       <c r="K152" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="L152" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="M152" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N152" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="O152" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="P152" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="B153" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C153" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D153" t="s">
         <v>230</v>
       </c>
       <c r="E153" t="s">
         <v>174</v>
       </c>
       <c r="F153" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G153" t="s">
         <v>69</v>
       </c>
       <c r="H153">
         <v>2011</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
         <v>664</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="M153" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="N153" t="s">
         <v>568</v>
       </c>
       <c r="O153" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="P153" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">