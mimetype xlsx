--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,203 +12,225 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,271 +494,296 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="91" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2021</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...69 lines deleted...]
-        <v>37</v>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>