--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,626 +12,504 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
+  </si>
+  <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Biomass Stoves</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Biomass</t>
+  </si>
+  <si>
+    <t>Uganda National Bureau of Standards (UNBS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid, Productive Use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
+    <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
+    <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
+    <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
+    <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
+    <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
+  </si>
+  <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
+    <t>US IEC 62257-9-8: 2020</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
+    <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
+  </si>
+  <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...478 lines deleted...]
-  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -895,1931 +773,1150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="213" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="470.599" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...5 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>87</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>96</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>98</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>86</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...22 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>86</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>103</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>97</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
-[...14 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>97</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...40 lines deleted...]
-      <c r="I5" t="s">
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>95</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>97</v>
+      </c>
+      <c r="N20" t="s">
+        <v>45</v>
+      </c>
+      <c r="O20" t="s">
+        <v>121</v>
+      </c>
+      <c r="P20" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="F21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>126</v>
+      </c>
+      <c r="K21" t="s">
+        <v>127</v>
+      </c>
+      <c r="L21" t="s">
+        <v>128</v>
+      </c>
+      <c r="M21" t="s">
+        <v>97</v>
+      </c>
+      <c r="N21" t="s">
+        <v>129</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>95</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...60 lines deleted...]
-      <c r="E7" t="s">
+      <c r="L22" t="s">
+        <v>135</v>
+      </c>
+      <c r="M22" t="s">
+        <v>97</v>
+      </c>
+      <c r="N22" t="s">
         <v>45</v>
       </c>
-      <c r="F7" t="s">
-[...1080 lines deleted...]
-      <c r="K32" t="s">
+      <c r="O22" t="s">
         <v>136</v>
       </c>
-      <c r="L32" t="s">
-[...5 lines deleted...]
-      <c r="N32" t="s">
+      <c r="P22" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="33" spans="1:14">
-[...448 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>