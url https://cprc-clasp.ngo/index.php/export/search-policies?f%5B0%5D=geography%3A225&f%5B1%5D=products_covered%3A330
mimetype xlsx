--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,193 +449,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="392.761" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>