--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,413 +12,381 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...5 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...14 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -682,983 +650,668 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1993</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F11" t="s">
+        <v>73</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>67</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...620 lines deleted...]
-      <c r="C18" t="s">
+      <c r="O12" t="s">
         <v>95</v>
       </c>
-      <c r="D18" t="s">
-[...21 lines deleted...]
-      <c r="L18" t="s">
+      <c r="P12" t="s">
         <v>96</v>
-      </c>
-[...130 lines deleted...]
-        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>