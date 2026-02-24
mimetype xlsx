--- v0 (2025-12-15)
+++ v1 (2026-02-24)
@@ -3140,51 +3140,51 @@
       </c>
       <c r="P34" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>232</v>
       </c>
       <c r="B35" t="s">
         <v>233</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>234</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>61</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
         <v>235</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>236</v>
       </c>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>237</v>
       </c>