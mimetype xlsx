--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,664 +12,620 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
-    <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
+    <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
+  </si>
+  <si>
+    <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
-  </si>
-[...43 lines deleted...]
-    <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Clothes Dryers</t>
-[...14 lines deleted...]
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
-    <t>MELS for Split Type Air-Conditioners</t>
-[...11 lines deleted...]
-  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for General Lighting</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
-[...26 lines deleted...]
-  <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
-    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: LEDs</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
-    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -933,1897 +889,1374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2024</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>92</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>73</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>78</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>73</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2024</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>79</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>73</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>92</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2024</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>79</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>71</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
+      <c r="M18" t="s">
+        <v>73</v>
+      </c>
+      <c r="N18" t="s">
+        <v>118</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19" t="s">
+        <v>73</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>73</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>131</v>
+      </c>
+      <c r="F21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>134</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>132</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>134</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>131</v>
+      </c>
+      <c r="F23" t="s">
+        <v>132</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>134</v>
+      </c>
+      <c r="N23" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...21 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>131</v>
+      </c>
+      <c r="F24" t="s">
+        <v>132</v>
+      </c>
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>150</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>134</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E25" t="s">
+        <v>131</v>
+      </c>
+      <c r="F25" t="s">
+        <v>132</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>134</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
+        <v>160</v>
+      </c>
+      <c r="E26" t="s">
+        <v>131</v>
+      </c>
+      <c r="F26" t="s">
+        <v>132</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2017</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>56</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>134</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>161</v>
+      </c>
+      <c r="P26" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" t="s">
+        <v>165</v>
+      </c>
+      <c r="E27" t="s">
+        <v>131</v>
+      </c>
+      <c r="F27" t="s">
+        <v>132</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...52 lines deleted...]
-      <c r="C6" t="s">
+      <c r="K27" t="s">
+        <v>56</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>134</v>
+      </c>
+      <c r="N27" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
-[...1408 lines deleted...]
-      <c r="A40" t="s">
+      <c r="O27" t="s">
         <v>166</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="P27" t="s">
         <v>167</v>
       </c>
-      <c r="D40" t="s">
-[...151 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>