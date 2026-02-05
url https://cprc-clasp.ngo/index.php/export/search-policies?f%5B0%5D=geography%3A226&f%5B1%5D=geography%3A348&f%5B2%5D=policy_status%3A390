--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,332 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
-    <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico De Luminarias LED 112</t>
+  </si>
+  <si>
+    <t>street lighting</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,647 +653,672 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-[...9 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...95 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
-[...318 lines deleted...]
-        <v>80</v>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>