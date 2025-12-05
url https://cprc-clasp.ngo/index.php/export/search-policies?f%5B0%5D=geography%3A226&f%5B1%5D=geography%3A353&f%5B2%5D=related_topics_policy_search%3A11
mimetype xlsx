--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,629 +12,762 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -898,1853 +1031,2094 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...21 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2017</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>1998</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>68</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2008</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2006</v>
+      </c>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>61</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...32 lines deleted...]
-      <c r="J5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>59</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>61</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>61</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>58</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>61</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" t="s">
+        <v>58</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>61</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...38 lines deleted...]
-      <c r="L6" t="s">
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>61</v>
+      </c>
+      <c r="N17" t="s">
+        <v>68</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>48</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...90 lines deleted...]
-      <c r="N8" t="s">
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G19" t="s">
         <v>58</v>
-      </c>
-[...447 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
-      <c r="I19" t="s">
-        <v>50</v>
+      <c r="I19">
+        <v>2002</v>
       </c>
       <c r="J19" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="K19" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="L19" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N19" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>58</v>
+      </c>
+      <c r="H20">
         <v>1998</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2009</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>96</v>
+        <v>59</v>
       </c>
       <c r="K20" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="L20" t="s">
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="M20" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="N20" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>68</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>129</v>
       </c>
       <c r="C21" t="s">
-        <v>106</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>58</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>50</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
+        <v>59</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>61</v>
+      </c>
+      <c r="N21" t="s">
+        <v>68</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>48</v>
+      </c>
+      <c r="G22" t="s">
+        <v>58</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>135</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>136</v>
+      </c>
+      <c r="M22" t="s">
+        <v>61</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...16 lines deleted...]
-      <c r="B22" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>59</v>
+      </c>
+      <c r="K23" t="s">
+        <v>117</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>61</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>143</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" t="s">
+        <v>121</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>58</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>59</v>
+      </c>
+      <c r="K24" t="s">
+        <v>117</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>61</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>145</v>
+      </c>
+      <c r="P24" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>146</v>
+      </c>
+      <c r="B25" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" t="s">
+        <v>57</v>
+      </c>
+      <c r="D25" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>48</v>
       </c>
-      <c r="C22" t="s">
-[...20 lines deleted...]
-      <c r="J22" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>59</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>148</v>
+      </c>
+      <c r="M25" t="s">
+        <v>61</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K22" t="s">
-[...16 lines deleted...]
-      <c r="B23" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>61</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>57</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>48</v>
       </c>
-      <c r="C23" t="s">
-[...35 lines deleted...]
-      <c r="A24" t="s">
+      <c r="G27" t="s">
+        <v>58</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
+        <v>59</v>
+      </c>
+      <c r="K27" t="s">
         <v>117</v>
       </c>
-      <c r="B24" t="s">
+      <c r="L27" t="s">
+        <v>157</v>
+      </c>
+      <c r="M27" t="s">
+        <v>61</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>48</v>
       </c>
-      <c r="C24" t="s">
-[...38 lines deleted...]
-      <c r="B25" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>59</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>61</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>48</v>
       </c>
-      <c r="C25" t="s">
-[...180 lines deleted...]
-        <v>2002</v>
+      <c r="G29" t="s">
+        <v>58</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
-      <c r="I29" t="s">
-        <v>50</v>
+      <c r="I29">
+        <v>2002</v>
       </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K29" t="s">
-        <v>135</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N29" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>169</v>
       </c>
       <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
+        <v>57</v>
+      </c>
+      <c r="D30" t="s">
+        <v>171</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>48</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30">
+      <c r="G30" t="s">
+        <v>58</v>
+      </c>
+      <c r="H30">
         <v>1999</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2009</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K30" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>52</v>
+        <v>172</v>
       </c>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N30" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>57</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>48</v>
       </c>
-      <c r="C31" t="s">
-[...11 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2004</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K31" t="s">
-        <v>143</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>52</v>
+        <v>177</v>
       </c>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N31" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>178</v>
+      </c>
+      <c r="P31" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>145</v>
+        <v>179</v>
       </c>
       <c r="B32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>57</v>
+      </c>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>48</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2002</v>
       </c>
-      <c r="H32"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K32" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>52</v>
+        <v>181</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N32" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>148</v>
+        <v>183</v>
       </c>
       <c r="B33" t="s">
+        <v>184</v>
+      </c>
+      <c r="C33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" t="s">
+        <v>121</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>87</v>
+      </c>
+      <c r="G33" t="s">
+        <v>58</v>
+      </c>
+      <c r="H33">
+        <v>2002</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>59</v>
+      </c>
+      <c r="K33" t="s">
+        <v>117</v>
+      </c>
+      <c r="L33" t="s">
+        <v>185</v>
+      </c>
+      <c r="M33" t="s">
+        <v>61</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>186</v>
+      </c>
+      <c r="P33" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
+        <v>57</v>
+      </c>
+      <c r="D34" t="s">
+        <v>121</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>87</v>
+      </c>
+      <c r="G34" t="s">
+        <v>58</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>59</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>61</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>190</v>
+      </c>
+      <c r="B35" t="s">
+        <v>191</v>
+      </c>
+      <c r="C35" t="s">
+        <v>57</v>
+      </c>
+      <c r="D35" t="s">
+        <v>192</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>48</v>
       </c>
-      <c r="C33" t="s">
-[...98 lines deleted...]
-        <v>2002</v>
+      <c r="G35" t="s">
+        <v>58</v>
       </c>
       <c r="H35">
         <v>2002</v>
       </c>
-      <c r="I35" t="s">
-        <v>50</v>
+      <c r="I35">
+        <v>2002</v>
       </c>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K35" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>52</v>
+        <v>193</v>
       </c>
       <c r="M35" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="N35" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>68</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="B36" t="s">
+        <v>196</v>
+      </c>
+      <c r="C36" t="s">
+        <v>57</v>
+      </c>
+      <c r="D36" t="s">
+        <v>197</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>48</v>
       </c>
-      <c r="C36" t="s">
-[...11 lines deleted...]
-      <c r="G36">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K36" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="M36" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N36" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>198</v>
+      </c>
+      <c r="P36" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" t="s">
+        <v>57</v>
+      </c>
+      <c r="D37" t="s">
+        <v>201</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>48</v>
       </c>
-      <c r="C37" t="s">
-[...12 lines deleted...]
-        <v>2012</v>
+      <c r="G37" t="s">
+        <v>58</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-        <v>50</v>
+      <c r="I37">
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K37" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>52</v>
+        <v>202</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N37" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>203</v>
+      </c>
+      <c r="P37" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>164</v>
+        <v>204</v>
       </c>
       <c r="B38" t="s">
+        <v>205</v>
+      </c>
+      <c r="C38" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38" t="s">
+        <v>206</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>48</v>
       </c>
-      <c r="C38" t="s">
-[...12 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>58</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>50</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N38" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>207</v>
+      </c>
+      <c r="P38" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
+        <v>57</v>
+      </c>
+      <c r="D39" t="s">
+        <v>210</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>48</v>
       </c>
-      <c r="C39" t="s">
-[...12 lines deleted...]
-        <v>2012</v>
+      <c r="G39" t="s">
+        <v>58</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>50</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N39" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>211</v>
+      </c>
+      <c r="P39" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" t="s">
+        <v>57</v>
+      </c>
+      <c r="D40" t="s">
+        <v>214</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>48</v>
       </c>
-      <c r="C40" t="s">
-[...11 lines deleted...]
-      <c r="G40">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2004</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K40" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>52</v>
+        <v>215</v>
       </c>
       <c r="M40" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N40" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>216</v>
+      </c>
+      <c r="P40" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>218</v>
       </c>
       <c r="C41" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="E41" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="F41" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="G41"/>
+        <v>220</v>
+      </c>
+      <c r="G41" t="s">
+        <v>221</v>
+      </c>
       <c r="H41"/>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>178</v>
+        <v>34</v>
       </c>
       <c r="K41" t="s">
-        <v>31</v>
+        <v>222</v>
       </c>
       <c r="L41" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="M41" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="N41" t="s">
-        <v>179</v>
-      </c>
+        <v>37</v>
+      </c>
+      <c r="O41" t="s">
+        <v>223</v>
+      </c>
+      <c r="P41"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>