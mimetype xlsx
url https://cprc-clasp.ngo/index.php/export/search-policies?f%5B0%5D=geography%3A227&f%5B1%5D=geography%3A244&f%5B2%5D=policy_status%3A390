--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -12,323 +12,222 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Power strips</t>
+    <t>Paper Shredders</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>November 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
-[...1 lines deleted...]
-  <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
-[...25 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
-[...62 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
   </si>
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,743 +491,298 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...168 lines deleted...]
-      <c r="C7" t="s">
+      <c r="O4" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
-[...20 lines deleted...]
-      <c r="K7" t="s">
+      <c r="P4" t="s">
         <v>43</v>
-      </c>
-[...345 lines deleted...]
-        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>