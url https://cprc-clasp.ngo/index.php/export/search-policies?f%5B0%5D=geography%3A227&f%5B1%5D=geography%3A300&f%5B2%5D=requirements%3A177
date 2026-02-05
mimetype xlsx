--- v0 (2025-10-15)
+++ v1 (2026-02-05)
@@ -12,248 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SLS 1690 Minimum Energy Performance for Household Refrigerators</t>
   </si>
   <si>
+    <t>The following computers can be licensed.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552, MS 2595:2014, IS 1476 (Part 1): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1690-minimum-energy-performance-household-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=search_standards&amp;Itemid=436&amp;lang=en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,441 +560,492 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>32</v>
       </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>35</v>
       </c>
-      <c r="G4">
-[...21 lines deleted...]
-        <v>37</v>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>35</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...153 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>