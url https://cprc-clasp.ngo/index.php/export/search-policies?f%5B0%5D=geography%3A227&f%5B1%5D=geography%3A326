--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,224 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,433 +530,484 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...188 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...3 lines deleted...]
-      <c r="L7" t="s">
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>44</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>56</v>
+      </c>
+      <c r="P8" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>