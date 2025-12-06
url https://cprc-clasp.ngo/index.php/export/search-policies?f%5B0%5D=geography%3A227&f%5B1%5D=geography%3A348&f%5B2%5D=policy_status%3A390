--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,251 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
-    <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
   </si>
   <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,439 +548,440 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="186" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="448.176" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>30</v>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...199 lines deleted...]
-        <v>53</v>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>