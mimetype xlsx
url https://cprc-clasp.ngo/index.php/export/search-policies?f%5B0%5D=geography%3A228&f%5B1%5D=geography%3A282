--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -2191,66 +2191,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
@@ -13923,136 +13923,136 @@
         <v>365</v>
       </c>
       <c r="K139" t="s">
         <v>354</v>
       </c>
       <c r="L139"/>
       <c r="M139"/>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>698</v>
       </c>
       <c r="P139" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>700</v>
       </c>
       <c r="B140" t="s">
         <v>701</v>
       </c>
       <c r="C140" t="s">
-        <v>18</v>
+        <v>486</v>
       </c>
       <c r="D140" t="s">
         <v>491</v>
       </c>
       <c r="E140" t="s">
         <v>39</v>
       </c>
       <c r="F140" t="s">
         <v>500</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>1992</v>
       </c>
       <c r="I140">
         <v>2013</v>
       </c>
       <c r="J140" t="s">
+        <v>624</v>
+      </c>
+      <c r="K140" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>370</v>
+        <v>703</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
         <v>704</v>
       </c>
       <c r="P140" t="s">
-        <v>705</v>
+        <v>522</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>700</v>
       </c>
       <c r="B141" t="s">
         <v>701</v>
       </c>
       <c r="C141" t="s">
-        <v>486</v>
+        <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>491</v>
       </c>
       <c r="E141" t="s">
         <v>39</v>
       </c>
       <c r="F141" t="s">
         <v>500</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>1992</v>
       </c>
       <c r="I141">
         <v>2013</v>
       </c>
       <c r="J141" t="s">
-        <v>624</v>
+        <v>705</v>
       </c>
       <c r="K141" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
+        <v>370</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
         <v>706</v>
       </c>
-      <c r="N141" t="s">
-[...2 lines deleted...]
-      <c r="O141" t="s">
+      <c r="P141" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>708</v>
       </c>
       <c r="B142" t="s">
         <v>709</v>
       </c>
       <c r="C142" t="s">
         <v>364</v>
       </c>
       <c r="D142" t="s">
         <v>124</v>
       </c>
       <c r="E142" t="s">
         <v>39</v>
       </c>
       <c r="F142" t="s">
         <v>500</v>
       </c>
       <c r="G142" t="s">
         <v>41</v>
       </c>
       <c r="H142">