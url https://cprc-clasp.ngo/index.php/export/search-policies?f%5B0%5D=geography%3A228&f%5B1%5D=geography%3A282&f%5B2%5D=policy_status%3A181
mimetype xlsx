--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,4123 +12,6553 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2102">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
-    <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
-[...5 lines deleted...]
-    <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
-[...5 lines deleted...]
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
-    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
-    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
-    <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
-    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4392,18517 +6822,20584 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N436"/>
+  <dimension ref="A1:P425"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>44</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>44</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>41</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>94</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>92</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>92</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>42</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" t="s">
+        <v>44</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>42</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>44</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>37</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" t="s">
+        <v>41</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>131</v>
+      </c>
+      <c r="M19" t="s">
+        <v>44</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>37</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F20" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>42</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>137</v>
+      </c>
+      <c r="M20" t="s">
+        <v>44</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>37</v>
+      </c>
+      <c r="D21" t="s">
+        <v>62</v>
+      </c>
+      <c r="E21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" t="s">
+        <v>40</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>142</v>
+      </c>
+      <c r="M21" t="s">
+        <v>44</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>37</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>68</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>44</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>39</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>42</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>153</v>
+      </c>
+      <c r="M23" t="s">
+        <v>44</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>37</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>159</v>
+      </c>
+      <c r="M24" t="s">
+        <v>44</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F25" t="s">
+        <v>40</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>163</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>44</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>37</v>
+      </c>
+      <c r="D26" t="s">
+        <v>74</v>
+      </c>
+      <c r="E26" t="s">
+        <v>39</v>
+      </c>
+      <c r="F26" t="s">
+        <v>40</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>169</v>
+      </c>
+      <c r="M26" t="s">
+        <v>44</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>174</v>
+      </c>
+      <c r="E27" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" t="s">
+        <v>175</v>
+      </c>
+      <c r="L27" t="s">
+        <v>176</v>
+      </c>
+      <c r="M27" t="s">
+        <v>44</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>37</v>
+      </c>
+      <c r="D28" t="s">
+        <v>56</v>
+      </c>
+      <c r="E28" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" t="s">
+        <v>41</v>
+      </c>
+      <c r="H28">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>182</v>
+      </c>
+      <c r="M28" t="s">
+        <v>44</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E29" t="s">
+        <v>39</v>
+      </c>
+      <c r="F29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" t="s">
+        <v>41</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>42</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>188</v>
+      </c>
+      <c r="M29" t="s">
+        <v>44</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>189</v>
+      </c>
+      <c r="P29" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>37</v>
+      </c>
+      <c r="D30" t="s">
+        <v>193</v>
+      </c>
+      <c r="E30" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G30" t="s">
+        <v>41</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>42</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>194</v>
+      </c>
+      <c r="M30" t="s">
+        <v>44</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>37</v>
+      </c>
+      <c r="D31" t="s">
+        <v>158</v>
+      </c>
+      <c r="E31" t="s">
+        <v>39</v>
+      </c>
+      <c r="F31" t="s">
+        <v>40</v>
+      </c>
+      <c r="G31" t="s">
         <v>22</v>
-      </c>
-[...1222 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H31">
         <v>2010</v>
       </c>
-      <c r="I31" t="s">
-        <v>53</v>
+      <c r="I31">
+        <v>2010</v>
       </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K31" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>199</v>
+      </c>
+      <c r="M31" t="s">
+        <v>44</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
         <v>37</v>
       </c>
-      <c r="M31" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="E32" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>40</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2009</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2010</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K32" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>205</v>
+      </c>
+      <c r="M32" t="s">
+        <v>44</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>206</v>
+      </c>
+      <c r="P32" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>208</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
         <v>37</v>
       </c>
-      <c r="M32" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>210</v>
       </c>
       <c r="E33" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>40</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2010</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2019</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="K33" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>212</v>
+      </c>
+      <c r="M33" t="s">
+        <v>44</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>216</v>
+      </c>
+      <c r="C34" t="s">
         <v>37</v>
       </c>
-      <c r="M33" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="E34" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>40</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2005</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2015</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>211</v>
       </c>
       <c r="K34" t="s">
-        <v>155</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>218</v>
+      </c>
+      <c r="M34" t="s">
+        <v>44</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>219</v>
+      </c>
+      <c r="P34" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
         <v>37</v>
       </c>
-      <c r="M34" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>32</v>
+        <v>223</v>
       </c>
       <c r="E35" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>40</v>
+      </c>
+      <c r="G35" t="s">
+        <v>41</v>
+      </c>
+      <c r="H35">
         <v>2010</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K35" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="M35" t="s">
+        <v>44</v>
+      </c>
+      <c r="N35" t="s">
+        <v>45</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
         <v>37</v>
       </c>
-      <c r="M35" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
       <c r="E36" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>40</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
-      <c r="I36" t="s">
-        <v>35</v>
+      <c r="I36">
+        <v>2010</v>
       </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K36" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
+        <v>230</v>
+      </c>
+      <c r="M36" t="s">
+        <v>44</v>
+      </c>
+      <c r="N36" t="s">
+        <v>45</v>
+      </c>
+      <c r="O36" t="s">
+        <v>231</v>
+      </c>
+      <c r="P36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>233</v>
+      </c>
+      <c r="B37" t="s">
+        <v>234</v>
+      </c>
+      <c r="C37" t="s">
         <v>37</v>
       </c>
-      <c r="M36" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>32</v>
+        <v>235</v>
       </c>
       <c r="E37" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F37" t="s">
+        <v>40</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2005</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>42</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>236</v>
+      </c>
+      <c r="M37" t="s">
+        <v>44</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>237</v>
+      </c>
+      <c r="P37" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C38" t="s">
+        <v>37</v>
+      </c>
+      <c r="D38" t="s">
         <v>19</v>
       </c>
-      <c r="G37">
-[...14 lines deleted...]
-      <c r="L37" t="s">
+      <c r="E38" t="s">
+        <v>39</v>
+      </c>
+      <c r="F38" t="s">
+        <v>40</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>211</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>99</v>
+      </c>
+      <c r="M38" t="s">
+        <v>44</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>241</v>
+      </c>
+      <c r="P38" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" t="s">
+        <v>244</v>
+      </c>
+      <c r="C39" t="s">
         <v>37</v>
       </c>
-      <c r="M37" t="s">
-[...25 lines deleted...]
-      <c r="G38">
+      <c r="D39" t="s">
+        <v>245</v>
+      </c>
+      <c r="E39" t="s">
+        <v>39</v>
+      </c>
+      <c r="F39" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2011</v>
       </c>
-      <c r="H38">
-[...11 lines deleted...]
-      <c r="L38" t="s">
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>211</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>246</v>
+      </c>
+      <c r="M39" t="s">
+        <v>44</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>247</v>
+      </c>
+      <c r="P39" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>249</v>
+      </c>
+      <c r="B40" t="s">
+        <v>250</v>
+      </c>
+      <c r="C40" t="s">
         <v>37</v>
       </c>
-      <c r="M38" t="s">
-[...59 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>32</v>
+        <v>187</v>
       </c>
       <c r="E40" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>130</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="K40" t="s">
-        <v>177</v>
+        <v>251</v>
       </c>
       <c r="L40" t="s">
+        <v>252</v>
+      </c>
+      <c r="M40" t="s">
+        <v>44</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>253</v>
+      </c>
+      <c r="P40" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>255</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
         <v>37</v>
-      </c>
-[...15 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>40</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2012</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2013</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K41" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
+        <v>257</v>
+      </c>
+      <c r="M41" t="s">
+        <v>44</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
         <v>37</v>
       </c>
-      <c r="M41" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="E42" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>40</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-        <v>35</v>
+      <c r="I42">
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
+        <v>42</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>262</v>
+      </c>
+      <c r="M42" t="s">
+        <v>44</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>263</v>
+      </c>
+      <c r="P42" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>265</v>
+      </c>
+      <c r="B43" t="s">
+        <v>266</v>
+      </c>
+      <c r="C43" t="s">
+        <v>37</v>
+      </c>
+      <c r="D43" t="s">
+        <v>267</v>
+      </c>
+      <c r="E43" t="s">
+        <v>39</v>
+      </c>
+      <c r="F43" t="s">
+        <v>40</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2007</v>
+      </c>
+      <c r="I43">
+        <v>2013</v>
+      </c>
+      <c r="J43" t="s">
+        <v>42</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>268</v>
+      </c>
+      <c r="M43" t="s">
+        <v>44</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>269</v>
+      </c>
+      <c r="P43" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>37</v>
+      </c>
+      <c r="D44" t="s">
+        <v>273</v>
+      </c>
+      <c r="E44" t="s">
+        <v>39</v>
+      </c>
+      <c r="F44" t="s">
+        <v>40</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>42</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>274</v>
+      </c>
+      <c r="M44" t="s">
+        <v>44</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>275</v>
+      </c>
+      <c r="P44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>277</v>
+      </c>
+      <c r="B45" t="s">
+        <v>278</v>
+      </c>
+      <c r="C45" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" t="s">
+        <v>279</v>
+      </c>
+      <c r="E45" t="s">
+        <v>39</v>
+      </c>
+      <c r="F45" t="s">
+        <v>40</v>
+      </c>
+      <c r="G45" t="s">
+        <v>41</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>42</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>280</v>
+      </c>
+      <c r="M45" t="s">
+        <v>44</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>281</v>
+      </c>
+      <c r="P45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>283</v>
+      </c>
+      <c r="B46" t="s">
+        <v>284</v>
+      </c>
+      <c r="C46" t="s">
+        <v>37</v>
+      </c>
+      <c r="D46" t="s">
+        <v>285</v>
+      </c>
+      <c r="E46" t="s">
+        <v>39</v>
+      </c>
+      <c r="F46" t="s">
+        <v>40</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>42</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>286</v>
+      </c>
+      <c r="M46" t="s">
+        <v>44</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>287</v>
+      </c>
+      <c r="P46" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>289</v>
+      </c>
+      <c r="B47" t="s">
+        <v>290</v>
+      </c>
+      <c r="C47" t="s">
+        <v>37</v>
+      </c>
+      <c r="D47" t="s">
+        <v>279</v>
+      </c>
+      <c r="E47" t="s">
+        <v>39</v>
+      </c>
+      <c r="F47" t="s">
+        <v>40</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2008</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>42</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>291</v>
+      </c>
+      <c r="M47" t="s">
+        <v>44</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>292</v>
+      </c>
+      <c r="P47" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>294</v>
+      </c>
+      <c r="B48" t="s">
+        <v>295</v>
+      </c>
+      <c r="C48" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" t="s">
+        <v>296</v>
+      </c>
+      <c r="E48" t="s">
+        <v>39</v>
+      </c>
+      <c r="F48" t="s">
+        <v>40</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>42</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>297</v>
+      </c>
+      <c r="M48" t="s">
+        <v>44</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>298</v>
+      </c>
+      <c r="P48" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>300</v>
+      </c>
+      <c r="B49" t="s">
+        <v>301</v>
+      </c>
+      <c r="C49" t="s">
+        <v>37</v>
+      </c>
+      <c r="D49" t="s">
+        <v>302</v>
+      </c>
+      <c r="E49" t="s">
+        <v>39</v>
+      </c>
+      <c r="F49" t="s">
+        <v>40</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>42</v>
+      </c>
+      <c r="K49" t="s">
+        <v>175</v>
+      </c>
+      <c r="L49" t="s">
+        <v>303</v>
+      </c>
+      <c r="M49" t="s">
+        <v>44</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>304</v>
+      </c>
+      <c r="P49" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>306</v>
+      </c>
+      <c r="B50" t="s">
+        <v>307</v>
+      </c>
+      <c r="C50" t="s">
+        <v>37</v>
+      </c>
+      <c r="D50" t="s">
+        <v>302</v>
+      </c>
+      <c r="E50" t="s">
+        <v>39</v>
+      </c>
+      <c r="F50" t="s">
+        <v>40</v>
+      </c>
+      <c r="G50" t="s">
+        <v>41</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>42</v>
+      </c>
+      <c r="K50" t="s">
+        <v>175</v>
+      </c>
+      <c r="L50" t="s">
+        <v>308</v>
+      </c>
+      <c r="M50" t="s">
+        <v>44</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>309</v>
+      </c>
+      <c r="P50" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>311</v>
+      </c>
+      <c r="B51" t="s">
+        <v>312</v>
+      </c>
+      <c r="C51" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" t="s">
+        <v>313</v>
+      </c>
+      <c r="E51" t="s">
+        <v>39</v>
+      </c>
+      <c r="F51" t="s">
+        <v>40</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>42</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>314</v>
+      </c>
+      <c r="M51" t="s">
+        <v>44</v>
+      </c>
+      <c r="N51" t="s">
+        <v>45</v>
+      </c>
+      <c r="O51" t="s">
+        <v>315</v>
+      </c>
+      <c r="P51" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>317</v>
+      </c>
+      <c r="B52" t="s">
+        <v>318</v>
+      </c>
+      <c r="C52" t="s">
+        <v>37</v>
+      </c>
+      <c r="D52" t="s">
+        <v>273</v>
+      </c>
+      <c r="E52" t="s">
+        <v>39</v>
+      </c>
+      <c r="F52" t="s">
+        <v>40</v>
+      </c>
+      <c r="G52" t="s">
+        <v>41</v>
+      </c>
+      <c r="H52">
+        <v>2020</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>42</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>319</v>
+      </c>
+      <c r="M52" t="s">
+        <v>44</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>320</v>
+      </c>
+      <c r="P52" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>322</v>
+      </c>
+      <c r="B53" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" t="s">
+        <v>37</v>
+      </c>
+      <c r="D53" t="s">
+        <v>324</v>
+      </c>
+      <c r="E53" t="s">
+        <v>39</v>
+      </c>
+      <c r="F53" t="s">
+        <v>40</v>
+      </c>
+      <c r="G53" t="s">
+        <v>41</v>
+      </c>
+      <c r="H53">
+        <v>2018</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>325</v>
+      </c>
+      <c r="K53" t="s">
+        <v>326</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>327</v>
+      </c>
+      <c r="N53" t="s">
+        <v>328</v>
+      </c>
+      <c r="O53" t="s">
+        <v>329</v>
+      </c>
+      <c r="P53" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>322</v>
+      </c>
+      <c r="B54" t="s">
+        <v>331</v>
+      </c>
+      <c r="C54" t="s">
+        <v>37</v>
+      </c>
+      <c r="D54" t="s">
+        <v>332</v>
+      </c>
+      <c r="E54" t="s">
+        <v>39</v>
+      </c>
+      <c r="F54" t="s">
+        <v>40</v>
+      </c>
+      <c r="G54" t="s">
+        <v>41</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>325</v>
+      </c>
+      <c r="K54" t="s">
+        <v>326</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>327</v>
+      </c>
+      <c r="N54" t="s">
+        <v>328</v>
+      </c>
+      <c r="O54" t="s">
+        <v>333</v>
+      </c>
+      <c r="P54" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>322</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>37</v>
+      </c>
+      <c r="D55" t="s">
+        <v>334</v>
+      </c>
+      <c r="E55" t="s">
+        <v>39</v>
+      </c>
+      <c r="F55" t="s">
+        <v>40</v>
+      </c>
+      <c r="G55" t="s">
+        <v>41</v>
+      </c>
+      <c r="H55">
+        <v>2021</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>325</v>
+      </c>
+      <c r="K55" t="s">
+        <v>326</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>327</v>
+      </c>
+      <c r="N55" t="s">
+        <v>328</v>
+      </c>
+      <c r="O55" t="s">
+        <v>335</v>
+      </c>
+      <c r="P55" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>322</v>
+      </c>
+      <c r="B56" t="s">
+        <v>331</v>
+      </c>
+      <c r="C56" t="s">
+        <v>37</v>
+      </c>
+      <c r="D56" t="s">
+        <v>336</v>
+      </c>
+      <c r="E56" t="s">
+        <v>39</v>
+      </c>
+      <c r="F56" t="s">
+        <v>40</v>
+      </c>
+      <c r="G56" t="s">
+        <v>41</v>
+      </c>
+      <c r="H56">
+        <v>2021</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>325</v>
+      </c>
+      <c r="K56" t="s">
+        <v>326</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>327</v>
+      </c>
+      <c r="N56" t="s">
+        <v>328</v>
+      </c>
+      <c r="O56" t="s">
+        <v>337</v>
+      </c>
+      <c r="P56" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>322</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>37</v>
+      </c>
+      <c r="D57" t="s">
+        <v>324</v>
+      </c>
+      <c r="E57" t="s">
+        <v>39</v>
+      </c>
+      <c r="F57" t="s">
+        <v>40</v>
+      </c>
+      <c r="G57" t="s">
+        <v>41</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>325</v>
+      </c>
+      <c r="K57" t="s">
+        <v>326</v>
+      </c>
+      <c r="L57" t="s">
+        <v>339</v>
+      </c>
+      <c r="M57" t="s">
+        <v>327</v>
+      </c>
+      <c r="N57" t="s">
+        <v>328</v>
+      </c>
+      <c r="O57" t="s">
+        <v>340</v>
+      </c>
+      <c r="P57" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" t="s">
+        <v>342</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>296</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...31 lines deleted...]
-      <c r="G43">
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
+      <c r="J58" t="s">
+        <v>343</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>344</v>
+      </c>
+      <c r="P58" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>346</v>
+      </c>
+      <c r="B59" t="s">
+        <v>347</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>348</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>41</v>
+      </c>
+      <c r="H59">
+        <v>2014</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>23</v>
+      </c>
+      <c r="K59" t="s">
+        <v>349</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>152</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>41</v>
+      </c>
+      <c r="H60">
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>354</v>
+      </c>
+      <c r="L60" t="s">
+        <v>355</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>356</v>
+      </c>
+      <c r="P60" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>358</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2007</v>
       </c>
-      <c r="H43">
-[...84 lines deleted...]
-      <c r="G45">
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>359</v>
+      </c>
+      <c r="K61" t="s">
+        <v>354</v>
+      </c>
+      <c r="L61" t="s">
+        <v>355</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>362</v>
+      </c>
+      <c r="B62" t="s">
+        <v>363</v>
+      </c>
+      <c r="C62" t="s">
+        <v>364</v>
+      </c>
+      <c r="D62" t="s">
+        <v>50</v>
+      </c>
+      <c r="E62" t="s">
+        <v>39</v>
+      </c>
+      <c r="F62" t="s">
+        <v>40</v>
+      </c>
+      <c r="G62" t="s">
+        <v>41</v>
+      </c>
+      <c r="H62">
         <v>2015</v>
       </c>
-      <c r="H45"/>
-[...41 lines deleted...]
-      <c r="H46">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>365</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62"/>
+      <c r="N62" t="s">
+        <v>45</v>
+      </c>
+      <c r="O62" t="s">
+        <v>366</v>
+      </c>
+      <c r="P62" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>368</v>
+      </c>
+      <c r="B63" t="s">
+        <v>369</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>50</v>
+      </c>
+      <c r="E63" t="s">
+        <v>39</v>
+      </c>
+      <c r="F63" t="s">
+        <v>40</v>
+      </c>
+      <c r="G63" t="s">
+        <v>41</v>
+      </c>
+      <c r="H63">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-[...713 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K63"/>
+        <v>343</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>38</v>
+        <v>370</v>
       </c>
       <c r="N63" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O63" t="s">
+        <v>371</v>
+      </c>
+      <c r="P63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>257</v>
+        <v>373</v>
       </c>
       <c r="B64" t="s">
-        <v>254</v>
+        <v>374</v>
       </c>
       <c r="C64" t="s">
-        <v>258</v>
+        <v>364</v>
       </c>
       <c r="D64" t="s">
-        <v>32</v>
+        <v>375</v>
       </c>
       <c r="E64" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F64" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>40</v>
+      </c>
+      <c r="G64" t="s">
+        <v>41</v>
+      </c>
+      <c r="H64">
         <v>2015</v>
       </c>
-      <c r="H64"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="K64"/>
+        <v>365</v>
+      </c>
+      <c r="K64" t="s">
+        <v>376</v>
+      </c>
       <c r="L64"/>
-      <c r="M64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M64"/>
       <c r="N64" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>377</v>
+      </c>
+      <c r="P64" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>379</v>
       </c>
       <c r="B65" t="s">
-        <v>15</v>
+        <v>380</v>
       </c>
       <c r="C65" t="s">
-        <v>258</v>
+        <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>375</v>
       </c>
       <c r="E65" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F65" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>40</v>
+      </c>
+      <c r="G65" t="s">
+        <v>41</v>
+      </c>
+      <c r="H65">
         <v>2015</v>
       </c>
-      <c r="H65"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>259</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K65" t="s">
+        <v>376</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="N65" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>381</v>
+      </c>
+      <c r="P65" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>383</v>
       </c>
       <c r="B66" t="s">
-        <v>15</v>
+        <v>384</v>
       </c>
       <c r="C66" t="s">
-        <v>241</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="E66" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F66" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>40</v>
+      </c>
+      <c r="G66" t="s">
+        <v>41</v>
+      </c>
+      <c r="H66">
         <v>2015</v>
       </c>
-      <c r="H66"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>259</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K66" t="s">
+        <v>376</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>370</v>
       </c>
       <c r="N66" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>385</v>
+      </c>
+      <c r="P66" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>265</v>
+        <v>387</v>
       </c>
       <c r="B67" t="s">
-        <v>254</v>
+        <v>384</v>
       </c>
       <c r="C67" t="s">
-        <v>241</v>
+        <v>364</v>
       </c>
       <c r="D67" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="E67" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F67" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>40</v>
+      </c>
+      <c r="G67" t="s">
+        <v>41</v>
+      </c>
+      <c r="H67">
         <v>2015</v>
       </c>
-      <c r="H67"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="K67"/>
+        <v>365</v>
+      </c>
+      <c r="K67" t="s">
+        <v>376</v>
+      </c>
       <c r="L67"/>
-      <c r="M67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M67"/>
       <c r="N67" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>388</v>
+      </c>
+      <c r="P67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B68" t="s">
+        <v>391</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>392</v>
+      </c>
+      <c r="E68" t="s">
+        <v>39</v>
+      </c>
+      <c r="F68" t="s">
+        <v>40</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2019</v>
+      </c>
+      <c r="J68" t="s">
+        <v>343</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>393</v>
+      </c>
+      <c r="M68" t="s">
+        <v>370</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>394</v>
+      </c>
+      <c r="P68" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>390</v>
+      </c>
+      <c r="B69" t="s">
+        <v>396</v>
+      </c>
+      <c r="C69" t="s">
+        <v>364</v>
+      </c>
+      <c r="D69" t="s">
+        <v>392</v>
+      </c>
+      <c r="E69" t="s">
+        <v>39</v>
+      </c>
+      <c r="F69" t="s">
+        <v>40</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2010</v>
+      </c>
+      <c r="I69">
+        <v>2019</v>
+      </c>
+      <c r="J69" t="s">
+        <v>365</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>393</v>
+      </c>
+      <c r="M69"/>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>397</v>
+      </c>
+      <c r="P69" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>399</v>
+      </c>
+      <c r="B70" t="s">
+        <v>400</v>
+      </c>
+      <c r="C70" t="s">
+        <v>364</v>
+      </c>
+      <c r="D70" t="s">
+        <v>401</v>
+      </c>
+      <c r="E70" t="s">
+        <v>39</v>
+      </c>
+      <c r="F70" t="s">
+        <v>40</v>
+      </c>
+      <c r="G70" t="s">
+        <v>41</v>
+      </c>
+      <c r="H70">
+        <v>2019</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>365</v>
+      </c>
+      <c r="K70" t="s">
+        <v>402</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70"/>
+      <c r="N70" t="s">
+        <v>403</v>
+      </c>
+      <c r="O70" t="s">
+        <v>404</v>
+      </c>
+      <c r="P70" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>406</v>
+      </c>
+      <c r="B71" t="s">
+        <v>407</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
         <v>267</v>
       </c>
-      <c r="B68" t="s">
-[...17 lines deleted...]
-      <c r="H68">
+      <c r="E71" t="s">
+        <v>39</v>
+      </c>
+      <c r="F71" t="s">
+        <v>40</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1995</v>
+      </c>
+      <c r="I71">
         <v>2019</v>
       </c>
-      <c r="I68" t="s">
-[...38 lines deleted...]
-      <c r="H69">
+      <c r="J71" t="s">
+        <v>343</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>408</v>
+      </c>
+      <c r="M71" t="s">
+        <v>370</v>
+      </c>
+      <c r="N71" t="s">
+        <v>403</v>
+      </c>
+      <c r="O71" t="s">
+        <v>409</v>
+      </c>
+      <c r="P71" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>411</v>
+      </c>
+      <c r="B72" t="s">
+        <v>412</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>413</v>
+      </c>
+      <c r="E72" t="s">
+        <v>39</v>
+      </c>
+      <c r="F72" t="s">
+        <v>40</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1998</v>
+      </c>
+      <c r="I72">
         <v>2019</v>
       </c>
-      <c r="I69" t="s">
-[...37 lines deleted...]
-      <c r="G70">
+      <c r="J72" t="s">
+        <v>414</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>370</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>415</v>
+      </c>
+      <c r="P72" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>417</v>
+      </c>
+      <c r="B73" t="s">
+        <v>418</v>
+      </c>
+      <c r="C73" t="s">
+        <v>364</v>
+      </c>
+      <c r="D73" t="s">
+        <v>419</v>
+      </c>
+      <c r="E73" t="s">
+        <v>39</v>
+      </c>
+      <c r="F73" t="s">
+        <v>40</v>
+      </c>
+      <c r="G73" t="s">
+        <v>41</v>
+      </c>
+      <c r="H73">
         <v>2019</v>
       </c>
-      <c r="H70"/>
-[...37 lines deleted...]
-      <c r="H71">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>365</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>420</v>
+      </c>
+      <c r="M73"/>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>421</v>
+      </c>
+      <c r="P73" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>417</v>
+      </c>
+      <c r="B74" t="s">
+        <v>423</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>419</v>
+      </c>
+      <c r="E74" t="s">
+        <v>39</v>
+      </c>
+      <c r="F74" t="s">
+        <v>40</v>
+      </c>
+      <c r="G74" t="s">
+        <v>41</v>
+      </c>
+      <c r="H74">
         <v>2019</v>
       </c>
-      <c r="I71" t="s">
-[...40 lines deleted...]
-      <c r="H72">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>343</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>420</v>
+      </c>
+      <c r="M74" t="s">
+        <v>370</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>424</v>
+      </c>
+      <c r="P74" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>426</v>
+      </c>
+      <c r="B75" t="s">
+        <v>427</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>428</v>
+      </c>
+      <c r="E75" t="s">
+        <v>39</v>
+      </c>
+      <c r="F75" t="s">
+        <v>40</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1997</v>
+      </c>
+      <c r="I75">
         <v>2019</v>
       </c>
-      <c r="I72" t="s">
-[...125 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K75"/>
+        <v>343</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>275</v>
+        <v>370</v>
       </c>
       <c r="N75" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>403</v>
+      </c>
+      <c r="O75" t="s">
+        <v>429</v>
+      </c>
+      <c r="P75" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>426</v>
       </c>
       <c r="B76" t="s">
-        <v>15</v>
+        <v>431</v>
       </c>
       <c r="C76" t="s">
-        <v>290</v>
+        <v>364</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>428</v>
       </c>
       <c r="E76" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>40</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>1997</v>
       </c>
-      <c r="H76">
+      <c r="I76">
         <v>2019</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76"/>
       <c r="N76" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>403</v>
+      </c>
+      <c r="O76" t="s">
+        <v>432</v>
+      </c>
+      <c r="P76" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>293</v>
+        <v>434</v>
       </c>
       <c r="B77" t="s">
-        <v>254</v>
+        <v>435</v>
       </c>
       <c r="C77" t="s">
-        <v>294</v>
+        <v>364</v>
       </c>
       <c r="D77" t="s">
-        <v>32</v>
+        <v>436</v>
       </c>
       <c r="E77" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F77" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>40</v>
+      </c>
+      <c r="G77" t="s">
+        <v>41</v>
+      </c>
+      <c r="H77">
         <v>2019</v>
       </c>
-      <c r="H77"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K77"/>
+        <v>365</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
       <c r="L77"/>
-      <c r="M77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M77"/>
       <c r="N77" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O77" t="s">
+        <v>437</v>
+      </c>
+      <c r="P77" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>293</v>
+        <v>434</v>
       </c>
       <c r="B78" t="s">
-        <v>15</v>
+        <v>439</v>
       </c>
       <c r="C78" t="s">
-        <v>294</v>
+        <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>32</v>
+        <v>436</v>
       </c>
       <c r="E78" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F78" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G78">
+        <v>40</v>
+      </c>
+      <c r="G78" t="s">
+        <v>41</v>
+      </c>
+      <c r="H78">
         <v>2019</v>
       </c>
-      <c r="H78"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>38</v>
+        <v>370</v>
       </c>
       <c r="N78" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O78" t="s">
+        <v>440</v>
+      </c>
+      <c r="P78" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>297</v>
+        <v>442</v>
       </c>
       <c r="B79" t="s">
-        <v>298</v>
+        <v>443</v>
       </c>
       <c r="C79" t="s">
-        <v>299</v>
+        <v>444</v>
       </c>
       <c r="D79" t="s">
-        <v>32</v>
+        <v>445</v>
       </c>
       <c r="E79" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F79" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>40</v>
+      </c>
+      <c r="G79" t="s">
+        <v>41</v>
+      </c>
+      <c r="H79">
         <v>2023</v>
       </c>
-      <c r="H79"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K79"/>
+        <v>343</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
       <c r="L79"/>
-      <c r="M79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M79"/>
       <c r="N79" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>446</v>
+      </c>
+      <c r="P79" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>301</v>
+        <v>448</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>450</v>
+      </c>
+      <c r="E80" t="s">
+        <v>39</v>
+      </c>
+      <c r="F80" t="s">
+        <v>40</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1995</v>
+      </c>
+      <c r="I80">
+        <v>2023</v>
+      </c>
+      <c r="J80" t="s">
+        <v>451</v>
+      </c>
+      <c r="K80" t="s">
+        <v>354</v>
+      </c>
+      <c r="L80" t="s">
+        <v>452</v>
+      </c>
+      <c r="M80" t="s">
+        <v>370</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>453</v>
+      </c>
+      <c r="P80" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>455</v>
+      </c>
+      <c r="B81" t="s">
+        <v>456</v>
+      </c>
+      <c r="C81" t="s">
+        <v>364</v>
+      </c>
+      <c r="D81" t="s">
+        <v>136</v>
+      </c>
+      <c r="E81" t="s">
+        <v>39</v>
+      </c>
+      <c r="F81" t="s">
+        <v>40</v>
+      </c>
+      <c r="G81" t="s">
+        <v>41</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>365</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>457</v>
+      </c>
+      <c r="M81"/>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>458</v>
+      </c>
+      <c r="P81" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>455</v>
+      </c>
+      <c r="B82" t="s">
+        <v>460</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>136</v>
+      </c>
+      <c r="E82" t="s">
+        <v>39</v>
+      </c>
+      <c r="F82" t="s">
+        <v>40</v>
+      </c>
+      <c r="G82" t="s">
+        <v>41</v>
+      </c>
+      <c r="H82">
+        <v>2014</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>343</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>457</v>
+      </c>
+      <c r="M82" t="s">
+        <v>370</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>461</v>
+      </c>
+      <c r="P82" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>463</v>
+      </c>
+      <c r="B83" t="s">
+        <v>464</v>
+      </c>
+      <c r="C83" t="s">
+        <v>364</v>
+      </c>
+      <c r="D83" t="s">
+        <v>450</v>
+      </c>
+      <c r="E83" t="s">
+        <v>39</v>
+      </c>
+      <c r="F83" t="s">
+        <v>40</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1995</v>
+      </c>
+      <c r="I83">
+        <v>2012</v>
+      </c>
+      <c r="J83" t="s">
+        <v>365</v>
+      </c>
+      <c r="K83" t="s">
+        <v>354</v>
+      </c>
+      <c r="L83" t="s">
+        <v>452</v>
+      </c>
+      <c r="M83"/>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>465</v>
+      </c>
+      <c r="P83" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>467</v>
+      </c>
+      <c r="B84" t="s">
+        <v>468</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>313</v>
+      </c>
+      <c r="E84" t="s">
+        <v>39</v>
+      </c>
+      <c r="F84" t="s">
+        <v>40</v>
+      </c>
+      <c r="G84" t="s">
+        <v>41</v>
+      </c>
+      <c r="H84">
+        <v>2013</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>343</v>
+      </c>
+      <c r="K84" t="s">
+        <v>469</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>370</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>470</v>
+      </c>
+      <c r="P84" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>467</v>
+      </c>
+      <c r="B85" t="s">
+        <v>472</v>
+      </c>
+      <c r="C85" t="s">
+        <v>364</v>
+      </c>
+      <c r="D85" t="s">
+        <v>313</v>
+      </c>
+      <c r="E85" t="s">
+        <v>39</v>
+      </c>
+      <c r="F85" t="s">
+        <v>40</v>
+      </c>
+      <c r="G85" t="s">
+        <v>41</v>
+      </c>
+      <c r="H85">
+        <v>2013</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>365</v>
+      </c>
+      <c r="K85" t="s">
+        <v>469</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85"/>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>473</v>
+      </c>
+      <c r="P85"/>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>474</v>
+      </c>
+      <c r="B86" t="s">
+        <v>475</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>476</v>
+      </c>
+      <c r="E86" t="s">
+        <v>39</v>
+      </c>
+      <c r="F86" t="s">
+        <v>40</v>
+      </c>
+      <c r="G86" t="s">
+        <v>41</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>343</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>370</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>477</v>
+      </c>
+      <c r="P86" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>474</v>
+      </c>
+      <c r="B87" t="s">
+        <v>475</v>
+      </c>
+      <c r="C87" t="s">
+        <v>364</v>
+      </c>
+      <c r="D87" t="s">
+        <v>476</v>
+      </c>
+      <c r="E87" t="s">
+        <v>39</v>
+      </c>
+      <c r="F87" t="s">
+        <v>40</v>
+      </c>
+      <c r="G87" t="s">
+        <v>41</v>
+      </c>
+      <c r="H87">
+        <v>2011</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>365</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87"/>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>479</v>
+      </c>
+      <c r="P87" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>481</v>
+      </c>
+      <c r="B88" t="s">
+        <v>482</v>
+      </c>
+      <c r="C88" t="s">
+        <v>444</v>
+      </c>
+      <c r="D88" t="s">
         <v>302</v>
       </c>
-      <c r="D80" t="s">
-[...11 lines deleted...]
-      <c r="H80">
+      <c r="E88" t="s">
+        <v>39</v>
+      </c>
+      <c r="F88" t="s">
+        <v>40</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1979</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>343</v>
+      </c>
+      <c r="K88" t="s">
+        <v>354</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>370</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>483</v>
+      </c>
+      <c r="P88" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>481</v>
+      </c>
+      <c r="B89" t="s">
+        <v>485</v>
+      </c>
+      <c r="C89" t="s">
+        <v>486</v>
+      </c>
+      <c r="D89" t="s">
+        <v>302</v>
+      </c>
+      <c r="E89" t="s">
+        <v>39</v>
+      </c>
+      <c r="F89" t="s">
+        <v>40</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1979</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>365</v>
+      </c>
+      <c r="K89" t="s">
+        <v>354</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89"/>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>487</v>
+      </c>
+      <c r="P89" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>489</v>
+      </c>
+      <c r="B90" t="s">
+        <v>490</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>491</v>
+      </c>
+      <c r="E90" t="s">
+        <v>39</v>
+      </c>
+      <c r="F90" t="s">
+        <v>40</v>
+      </c>
+      <c r="G90" t="s">
+        <v>41</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>343</v>
+      </c>
+      <c r="K90" t="s">
+        <v>469</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>370</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>492</v>
+      </c>
+      <c r="P90" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>489</v>
+      </c>
+      <c r="B91" t="s">
+        <v>494</v>
+      </c>
+      <c r="C91" t="s">
+        <v>364</v>
+      </c>
+      <c r="D91" t="s">
+        <v>491</v>
+      </c>
+      <c r="E91" t="s">
+        <v>39</v>
+      </c>
+      <c r="F91" t="s">
+        <v>40</v>
+      </c>
+      <c r="G91" t="s">
+        <v>41</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>365</v>
+      </c>
+      <c r="K91" t="s">
+        <v>469</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91"/>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>495</v>
+      </c>
+      <c r="P91" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>497</v>
+      </c>
+      <c r="B92" t="s">
+        <v>498</v>
+      </c>
+      <c r="C92" t="s">
+        <v>364</v>
+      </c>
+      <c r="D92" t="s">
+        <v>499</v>
+      </c>
+      <c r="E92" t="s">
+        <v>39</v>
+      </c>
+      <c r="F92" t="s">
+        <v>500</v>
+      </c>
+      <c r="G92" t="s">
+        <v>41</v>
+      </c>
+      <c r="H92">
+        <v>2009</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>365</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92"/>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>501</v>
+      </c>
+      <c r="P92" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>503</v>
+      </c>
+      <c r="B93" t="s">
+        <v>504</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>499</v>
+      </c>
+      <c r="E93" t="s">
+        <v>39</v>
+      </c>
+      <c r="F93" t="s">
+        <v>500</v>
+      </c>
+      <c r="G93" t="s">
+        <v>41</v>
+      </c>
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>343</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>370</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>505</v>
+      </c>
+      <c r="P93" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>507</v>
+      </c>
+      <c r="B94" t="s">
+        <v>508</v>
+      </c>
+      <c r="C94" t="s">
+        <v>364</v>
+      </c>
+      <c r="D94" t="s">
+        <v>509</v>
+      </c>
+      <c r="E94" t="s">
+        <v>39</v>
+      </c>
+      <c r="F94" t="s">
+        <v>500</v>
+      </c>
+      <c r="G94" t="s">
+        <v>510</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>365</v>
+      </c>
+      <c r="K94" t="s">
+        <v>376</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94"/>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>511</v>
+      </c>
+      <c r="P94" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>507</v>
+      </c>
+      <c r="B95" t="s">
+        <v>508</v>
+      </c>
+      <c r="C95" t="s">
+        <v>364</v>
+      </c>
+      <c r="D95" t="s">
+        <v>509</v>
+      </c>
+      <c r="E95" t="s">
+        <v>39</v>
+      </c>
+      <c r="F95" t="s">
+        <v>500</v>
+      </c>
+      <c r="G95" t="s">
+        <v>510</v>
+      </c>
+      <c r="H95">
+        <v>2015</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>365</v>
+      </c>
+      <c r="K95" t="s">
+        <v>376</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95"/>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>513</v>
+      </c>
+      <c r="P95" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>507</v>
+      </c>
+      <c r="B96" t="s">
+        <v>515</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>509</v>
+      </c>
+      <c r="E96" t="s">
+        <v>39</v>
+      </c>
+      <c r="F96" t="s">
+        <v>500</v>
+      </c>
+      <c r="G96" t="s">
+        <v>510</v>
+      </c>
+      <c r="H96">
+        <v>2015</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>343</v>
+      </c>
+      <c r="K96" t="s">
+        <v>376</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96"/>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>516</v>
+      </c>
+      <c r="P96" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>518</v>
+      </c>
+      <c r="B97" t="s">
+        <v>519</v>
+      </c>
+      <c r="C97" t="s">
+        <v>364</v>
+      </c>
+      <c r="D97" t="s">
+        <v>375</v>
+      </c>
+      <c r="E97" t="s">
+        <v>39</v>
+      </c>
+      <c r="F97" t="s">
+        <v>500</v>
+      </c>
+      <c r="G97" t="s">
+        <v>41</v>
+      </c>
+      <c r="H97">
+        <v>2015</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>365</v>
+      </c>
+      <c r="K97" t="s">
+        <v>520</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97"/>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>521</v>
+      </c>
+      <c r="P97" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>523</v>
+      </c>
+      <c r="B98" t="s">
+        <v>524</v>
+      </c>
+      <c r="C98" t="s">
+        <v>364</v>
+      </c>
+      <c r="D98" t="s">
+        <v>348</v>
+      </c>
+      <c r="E98" t="s">
+        <v>39</v>
+      </c>
+      <c r="F98" t="s">
+        <v>500</v>
+      </c>
+      <c r="G98" t="s">
+        <v>41</v>
+      </c>
+      <c r="H98">
+        <v>2015</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>365</v>
+      </c>
+      <c r="K98" t="s">
+        <v>376</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>525</v>
+      </c>
+      <c r="P98" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>523</v>
+      </c>
+      <c r="B99" t="s">
+        <v>527</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>348</v>
+      </c>
+      <c r="E99" t="s">
+        <v>39</v>
+      </c>
+      <c r="F99" t="s">
+        <v>500</v>
+      </c>
+      <c r="G99" t="s">
+        <v>41</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>343</v>
+      </c>
+      <c r="K99" t="s">
+        <v>376</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>370</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>528</v>
+      </c>
+      <c r="P99" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>530</v>
+      </c>
+      <c r="B100" t="s">
+        <v>531</v>
+      </c>
+      <c r="C100" t="s">
+        <v>364</v>
+      </c>
+      <c r="D100" t="s">
+        <v>532</v>
+      </c>
+      <c r="E100" t="s">
+        <v>39</v>
+      </c>
+      <c r="F100" t="s">
+        <v>500</v>
+      </c>
+      <c r="G100" t="s">
+        <v>41</v>
+      </c>
+      <c r="H100">
+        <v>2016</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>365</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100"/>
+      <c r="N100" t="s">
+        <v>45</v>
+      </c>
+      <c r="O100" t="s">
+        <v>533</v>
+      </c>
+      <c r="P100" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>535</v>
+      </c>
+      <c r="B101" t="s">
+        <v>536</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>532</v>
+      </c>
+      <c r="E101" t="s">
+        <v>39</v>
+      </c>
+      <c r="F101" t="s">
+        <v>500</v>
+      </c>
+      <c r="G101" t="s">
+        <v>41</v>
+      </c>
+      <c r="H101">
+        <v>2016</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>343</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>370</v>
+      </c>
+      <c r="N101" t="s">
+        <v>45</v>
+      </c>
+      <c r="O101" t="s">
+        <v>537</v>
+      </c>
+      <c r="P101" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>539</v>
+      </c>
+      <c r="B102" t="s">
+        <v>540</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>541</v>
+      </c>
+      <c r="E102" t="s">
+        <v>39</v>
+      </c>
+      <c r="F102" t="s">
+        <v>500</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2009</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>343</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>370</v>
+      </c>
+      <c r="N102" t="s">
+        <v>45</v>
+      </c>
+      <c r="O102" t="s">
+        <v>542</v>
+      </c>
+      <c r="P102" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>544</v>
+      </c>
+      <c r="B103" t="s">
+        <v>545</v>
+      </c>
+      <c r="C103" t="s">
+        <v>364</v>
+      </c>
+      <c r="D103" t="s">
+        <v>546</v>
+      </c>
+      <c r="E103" t="s">
+        <v>39</v>
+      </c>
+      <c r="F103" t="s">
+        <v>500</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2009</v>
+      </c>
+      <c r="I103">
+        <v>2019</v>
+      </c>
+      <c r="J103" t="s">
+        <v>365</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103"/>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>547</v>
+      </c>
+      <c r="P103" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>544</v>
+      </c>
+      <c r="B104" t="s">
+        <v>545</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>546</v>
+      </c>
+      <c r="E104" t="s">
+        <v>39</v>
+      </c>
+      <c r="F104" t="s">
+        <v>500</v>
+      </c>
+      <c r="G104" t="s">
+        <v>549</v>
+      </c>
+      <c r="H104">
+        <v>2009</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>343</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>370</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>550</v>
+      </c>
+      <c r="P104" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>552</v>
+      </c>
+      <c r="B105" t="s">
+        <v>553</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>223</v>
+      </c>
+      <c r="E105" t="s">
+        <v>39</v>
+      </c>
+      <c r="F105" t="s">
+        <v>500</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>343</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>554</v>
+      </c>
+      <c r="M105" t="s">
+        <v>555</v>
+      </c>
+      <c r="N105" t="s">
+        <v>45</v>
+      </c>
+      <c r="O105" t="s">
+        <v>556</v>
+      </c>
+      <c r="P105" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>552</v>
+      </c>
+      <c r="B106" t="s">
+        <v>553</v>
+      </c>
+      <c r="C106" t="s">
+        <v>364</v>
+      </c>
+      <c r="D106" t="s">
+        <v>223</v>
+      </c>
+      <c r="E106" t="s">
+        <v>39</v>
+      </c>
+      <c r="F106" t="s">
+        <v>500</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2019</v>
+      </c>
+      <c r="J106" t="s">
+        <v>365</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106"/>
+      <c r="N106" t="s">
+        <v>45</v>
+      </c>
+      <c r="O106" t="s">
+        <v>558</v>
+      </c>
+      <c r="P106" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>552</v>
+      </c>
+      <c r="B107" t="s">
+        <v>553</v>
+      </c>
+      <c r="C107" t="s">
+        <v>364</v>
+      </c>
+      <c r="D107" t="s">
+        <v>223</v>
+      </c>
+      <c r="E107" t="s">
+        <v>39</v>
+      </c>
+      <c r="F107" t="s">
+        <v>500</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>365</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>554</v>
+      </c>
+      <c r="M107"/>
+      <c r="N107" t="s">
+        <v>45</v>
+      </c>
+      <c r="O107" t="s">
+        <v>560</v>
+      </c>
+      <c r="P107" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>562</v>
+      </c>
+      <c r="B108" t="s">
+        <v>563</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>564</v>
+      </c>
+      <c r="E108" t="s">
+        <v>39</v>
+      </c>
+      <c r="F108" t="s">
+        <v>500</v>
+      </c>
+      <c r="G108" t="s">
+        <v>41</v>
+      </c>
+      <c r="H108">
+        <v>2019</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>365</v>
+      </c>
+      <c r="K108" t="s">
+        <v>354</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108"/>
+      <c r="N108" t="s">
+        <v>45</v>
+      </c>
+      <c r="O108" t="s">
+        <v>565</v>
+      </c>
+      <c r="P108" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>567</v>
+      </c>
+      <c r="B109" t="s">
+        <v>568</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>419</v>
+      </c>
+      <c r="E109" t="s">
+        <v>39</v>
+      </c>
+      <c r="F109" t="s">
+        <v>500</v>
+      </c>
+      <c r="G109" t="s">
+        <v>41</v>
+      </c>
+      <c r="H109">
+        <v>2019</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>343</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>370</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>569</v>
+      </c>
+      <c r="P109" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>571</v>
+      </c>
+      <c r="B110" t="s">
+        <v>572</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>413</v>
+      </c>
+      <c r="E110" t="s">
+        <v>39</v>
+      </c>
+      <c r="F110" t="s">
+        <v>500</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2000</v>
+      </c>
+      <c r="I110">
+        <v>2019</v>
+      </c>
+      <c r="J110" t="s">
+        <v>573</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>370</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>574</v>
+      </c>
+      <c r="P110" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>576</v>
+      </c>
+      <c r="B111" t="s">
+        <v>577</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>392</v>
+      </c>
+      <c r="E111" t="s">
+        <v>39</v>
+      </c>
+      <c r="F111" t="s">
+        <v>500</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2009</v>
+      </c>
+      <c r="I111">
+        <v>2019</v>
+      </c>
+      <c r="J111" t="s">
+        <v>343</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>370</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>578</v>
+      </c>
+      <c r="P111" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>580</v>
+      </c>
+      <c r="B112" t="s">
+        <v>581</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>428</v>
+      </c>
+      <c r="E112" t="s">
+        <v>39</v>
+      </c>
+      <c r="F112" t="s">
+        <v>500</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2010</v>
+      </c>
+      <c r="I112">
+        <v>2019</v>
+      </c>
+      <c r="J112" t="s">
+        <v>343</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>582</v>
+      </c>
+      <c r="M112" t="s">
+        <v>370</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>583</v>
+      </c>
+      <c r="P112" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>585</v>
+      </c>
+      <c r="B113" t="s">
+        <v>586</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>401</v>
+      </c>
+      <c r="E113" t="s">
+        <v>39</v>
+      </c>
+      <c r="F113" t="s">
+        <v>500</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2010</v>
+      </c>
+      <c r="I113">
+        <v>2019</v>
+      </c>
+      <c r="J113" t="s">
+        <v>343</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>408</v>
+      </c>
+      <c r="M113" t="s">
+        <v>587</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>588</v>
+      </c>
+      <c r="P113" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>590</v>
+      </c>
+      <c r="B114" t="s">
+        <v>591</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>436</v>
+      </c>
+      <c r="E114" t="s">
+        <v>39</v>
+      </c>
+      <c r="F114" t="s">
+        <v>500</v>
+      </c>
+      <c r="G114" t="s">
+        <v>41</v>
+      </c>
+      <c r="H114">
+        <v>2019</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>343</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>370</v>
+      </c>
+      <c r="N114" t="s">
+        <v>45</v>
+      </c>
+      <c r="O114" t="s">
+        <v>592</v>
+      </c>
+      <c r="P114" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>594</v>
+      </c>
+      <c r="B115" t="s">
+        <v>595</v>
+      </c>
+      <c r="C115" t="s">
+        <v>364</v>
+      </c>
+      <c r="D115" t="s">
+        <v>596</v>
+      </c>
+      <c r="E115" t="s">
+        <v>39</v>
+      </c>
+      <c r="F115" t="s">
+        <v>500</v>
+      </c>
+      <c r="G115" t="s">
+        <v>41</v>
+      </c>
+      <c r="H115">
+        <v>2014</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>365</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115"/>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>597</v>
+      </c>
+      <c r="P115" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>594</v>
+      </c>
+      <c r="B116" t="s">
+        <v>599</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>596</v>
+      </c>
+      <c r="E116" t="s">
+        <v>39</v>
+      </c>
+      <c r="F116" t="s">
+        <v>500</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2014</v>
+      </c>
+      <c r="I116">
+        <v>2019</v>
+      </c>
+      <c r="J116" t="s">
+        <v>343</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>370</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>600</v>
+      </c>
+      <c r="P116" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>594</v>
+      </c>
+      <c r="B117" t="s">
+        <v>602</v>
+      </c>
+      <c r="C117" t="s">
+        <v>364</v>
+      </c>
+      <c r="D117" t="s">
+        <v>596</v>
+      </c>
+      <c r="E117" t="s">
+        <v>39</v>
+      </c>
+      <c r="F117" t="s">
+        <v>500</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2014</v>
+      </c>
+      <c r="I117">
+        <v>2019</v>
+      </c>
+      <c r="J117" t="s">
+        <v>365</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117"/>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>603</v>
+      </c>
+      <c r="P117" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>605</v>
+      </c>
+      <c r="B118" t="s">
+        <v>606</v>
+      </c>
+      <c r="C118" t="s">
+        <v>444</v>
+      </c>
+      <c r="D118" t="s">
+        <v>445</v>
+      </c>
+      <c r="E118" t="s">
+        <v>39</v>
+      </c>
+      <c r="F118" t="s">
+        <v>500</v>
+      </c>
+      <c r="G118" t="s">
+        <v>41</v>
+      </c>
+      <c r="H118">
         <v>2023</v>
       </c>
-      <c r="I80" t="s">
-[...122 lines deleted...]
-      <c r="H83">
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>343</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118"/>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>607</v>
+      </c>
+      <c r="P118" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>609</v>
+      </c>
+      <c r="B119" t="s">
+        <v>610</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>450</v>
+      </c>
+      <c r="E119" t="s">
+        <v>39</v>
+      </c>
+      <c r="F119" t="s">
+        <v>500</v>
+      </c>
+      <c r="G119" t="s">
+        <v>41</v>
+      </c>
+      <c r="H119">
         <v>2012</v>
       </c>
-      <c r="I83" t="s">
-[...35 lines deleted...]
-      <c r="G84">
+      <c r="I119">
+        <v>2023</v>
+      </c>
+      <c r="J119" t="s">
+        <v>451</v>
+      </c>
+      <c r="K119" t="s">
+        <v>354</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>611</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>612</v>
+      </c>
+      <c r="P119" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>614</v>
+      </c>
+      <c r="B120" t="s">
+        <v>615</v>
+      </c>
+      <c r="C120" t="s">
+        <v>364</v>
+      </c>
+      <c r="D120" t="s">
+        <v>616</v>
+      </c>
+      <c r="E120" t="s">
+        <v>39</v>
+      </c>
+      <c r="F120" t="s">
+        <v>500</v>
+      </c>
+      <c r="G120" t="s">
+        <v>41</v>
+      </c>
+      <c r="H120">
         <v>2013</v>
       </c>
-      <c r="H84"/>
-[...36 lines deleted...]
-      <c r="G85">
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>365</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120"/>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>617</v>
+      </c>
+      <c r="P120" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>614</v>
+      </c>
+      <c r="B121" t="s">
+        <v>619</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>616</v>
+      </c>
+      <c r="E121" t="s">
+        <v>39</v>
+      </c>
+      <c r="F121" t="s">
+        <v>500</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2013</v>
       </c>
-      <c r="H85"/>
-[...350 lines deleted...]
-      <c r="G94">
+      <c r="I121">
+        <v>2023</v>
+      </c>
+      <c r="J121" t="s">
+        <v>343</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>370</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>620</v>
+      </c>
+      <c r="P121" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>622</v>
+      </c>
+      <c r="B122" t="s">
+        <v>623</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>375</v>
+      </c>
+      <c r="E122" t="s">
+        <v>39</v>
+      </c>
+      <c r="F122" t="s">
+        <v>500</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>2015</v>
       </c>
-      <c r="H94"/>
-[...638 lines deleted...]
-      <c r="I110" t="s">
+      <c r="I122">
+        <v>2024</v>
+      </c>
+      <c r="J122" t="s">
+        <v>624</v>
+      </c>
+      <c r="K122" t="s">
+        <v>520</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
         <v>370</v>
       </c>
-      <c r="J110" t="s">
-[...502 lines deleted...]
-      </c>
       <c r="N122" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>625</v>
+      </c>
+      <c r="P122" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>399</v>
+        <v>627</v>
       </c>
       <c r="B123" t="s">
-        <v>298</v>
+        <v>628</v>
       </c>
       <c r="C123" t="s">
-        <v>400</v>
+        <v>444</v>
       </c>
       <c r="D123" t="s">
-        <v>32</v>
+        <v>629</v>
       </c>
       <c r="E123" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F123" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>500</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
       </c>
       <c r="H123">
         <v>2024</v>
       </c>
-      <c r="I123" t="s">
-        <v>402</v>
+      <c r="I123">
+        <v>2024</v>
       </c>
       <c r="J123" t="s">
+        <v>630</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>370</v>
+      </c>
+      <c r="N123" t="s">
+        <v>45</v>
+      </c>
+      <c r="O123" t="s">
+        <v>631</v>
+      </c>
+      <c r="P123" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>633</v>
+      </c>
+      <c r="B124" t="s">
+        <v>634</v>
+      </c>
+      <c r="C124" t="s">
+        <v>364</v>
+      </c>
+      <c r="D124" t="s">
+        <v>136</v>
+      </c>
+      <c r="E124" t="s">
+        <v>39</v>
+      </c>
+      <c r="F124" t="s">
+        <v>500</v>
+      </c>
+      <c r="G124" t="s">
+        <v>41</v>
+      </c>
+      <c r="H124">
+        <v>2014</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>365</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>457</v>
+      </c>
+      <c r="M124"/>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>635</v>
+      </c>
+      <c r="P124" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>633</v>
+      </c>
+      <c r="B125" t="s">
+        <v>637</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>136</v>
+      </c>
+      <c r="E125" t="s">
+        <v>39</v>
+      </c>
+      <c r="F125" t="s">
+        <v>500</v>
+      </c>
+      <c r="G125" t="s">
+        <v>41</v>
+      </c>
+      <c r="H125">
+        <v>2014</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>343</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>457</v>
+      </c>
+      <c r="M125" t="s">
+        <v>370</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>638</v>
+      </c>
+      <c r="P125" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>640</v>
+      </c>
+      <c r="B126" t="s">
+        <v>641</v>
+      </c>
+      <c r="C126" t="s">
+        <v>364</v>
+      </c>
+      <c r="D126" t="s">
+        <v>642</v>
+      </c>
+      <c r="E126" t="s">
+        <v>39</v>
+      </c>
+      <c r="F126" t="s">
+        <v>500</v>
+      </c>
+      <c r="G126" t="s">
+        <v>41</v>
+      </c>
+      <c r="H126">
+        <v>2012</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>365</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126"/>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>643</v>
+      </c>
+      <c r="P126" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>645</v>
+      </c>
+      <c r="B127" t="s">
+        <v>646</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>642</v>
+      </c>
+      <c r="E127" t="s">
+        <v>39</v>
+      </c>
+      <c r="F127" t="s">
+        <v>500</v>
+      </c>
+      <c r="G127" t="s">
+        <v>41</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>343</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>370</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>647</v>
+      </c>
+      <c r="P127" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>649</v>
+      </c>
+      <c r="B128" t="s">
+        <v>650</v>
+      </c>
+      <c r="C128" t="s">
+        <v>364</v>
+      </c>
+      <c r="D128" t="s">
+        <v>629</v>
+      </c>
+      <c r="E128" t="s">
+        <v>39</v>
+      </c>
+      <c r="F128" t="s">
+        <v>500</v>
+      </c>
+      <c r="G128" t="s">
+        <v>41</v>
+      </c>
+      <c r="H128">
+        <v>2011</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>365</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128"/>
+      <c r="N128" t="s">
+        <v>45</v>
+      </c>
+      <c r="O128" t="s">
+        <v>651</v>
+      </c>
+      <c r="P128" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>649</v>
+      </c>
+      <c r="B129" t="s">
+        <v>650</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>629</v>
+      </c>
+      <c r="E129" t="s">
+        <v>39</v>
+      </c>
+      <c r="F129" t="s">
+        <v>500</v>
+      </c>
+      <c r="G129" t="s">
+        <v>41</v>
+      </c>
+      <c r="H129">
+        <v>2011</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>343</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>370</v>
+      </c>
+      <c r="N129" t="s">
+        <v>45</v>
+      </c>
+      <c r="O129" t="s">
+        <v>653</v>
+      </c>
+      <c r="P129" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>655</v>
+      </c>
+      <c r="B130" t="s">
+        <v>656</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>657</v>
+      </c>
+      <c r="E130" t="s">
+        <v>39</v>
+      </c>
+      <c r="F130" t="s">
+        <v>500</v>
+      </c>
+      <c r="G130" t="s">
+        <v>41</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>343</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>370</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>658</v>
+      </c>
+      <c r="P130" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>655</v>
+      </c>
+      <c r="B131" t="s">
+        <v>660</v>
+      </c>
+      <c r="C131" t="s">
+        <v>364</v>
+      </c>
+      <c r="D131" t="s">
+        <v>657</v>
+      </c>
+      <c r="E131" t="s">
+        <v>39</v>
+      </c>
+      <c r="F131" t="s">
+        <v>500</v>
+      </c>
+      <c r="G131" t="s">
+        <v>41</v>
+      </c>
+      <c r="H131">
+        <v>2012</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>365</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131"/>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>661</v>
+      </c>
+      <c r="P131" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>663</v>
+      </c>
+      <c r="B132" t="s">
+        <v>664</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>665</v>
+      </c>
+      <c r="E132" t="s">
+        <v>39</v>
+      </c>
+      <c r="F132" t="s">
+        <v>500</v>
+      </c>
+      <c r="G132" t="s">
+        <v>41</v>
+      </c>
+      <c r="H132">
+        <v>2014</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>343</v>
+      </c>
+      <c r="K132" t="s">
+        <v>354</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>370</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>666</v>
+      </c>
+      <c r="P132" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>663</v>
+      </c>
+      <c r="B133" t="s">
+        <v>668</v>
+      </c>
+      <c r="C133" t="s">
+        <v>364</v>
+      </c>
+      <c r="D133" t="s">
+        <v>665</v>
+      </c>
+      <c r="E133" t="s">
+        <v>39</v>
+      </c>
+      <c r="F133" t="s">
+        <v>500</v>
+      </c>
+      <c r="G133" t="s">
+        <v>41</v>
+      </c>
+      <c r="H133">
+        <v>2012</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>365</v>
+      </c>
+      <c r="K133" t="s">
+        <v>354</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133"/>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>669</v>
+      </c>
+      <c r="P133" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>671</v>
+      </c>
+      <c r="B134" t="s">
+        <v>672</v>
+      </c>
+      <c r="C134" t="s">
+        <v>364</v>
+      </c>
+      <c r="D134" t="s">
+        <v>673</v>
+      </c>
+      <c r="E134" t="s">
+        <v>39</v>
+      </c>
+      <c r="F134" t="s">
+        <v>500</v>
+      </c>
+      <c r="G134" t="s">
+        <v>41</v>
+      </c>
+      <c r="H134">
+        <v>2013</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>365</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134"/>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>674</v>
+      </c>
+      <c r="P134" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>671</v>
+      </c>
+      <c r="B135" t="s">
+        <v>676</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>673</v>
+      </c>
+      <c r="E135" t="s">
+        <v>39</v>
+      </c>
+      <c r="F135" t="s">
+        <v>500</v>
+      </c>
+      <c r="G135" t="s">
+        <v>41</v>
+      </c>
+      <c r="H135">
+        <v>2013</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>414</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>370</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>677</v>
+      </c>
+      <c r="P135" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>679</v>
+      </c>
+      <c r="B136" t="s">
+        <v>680</v>
+      </c>
+      <c r="C136" t="s">
+        <v>364</v>
+      </c>
+      <c r="D136" t="s">
+        <v>313</v>
+      </c>
+      <c r="E136" t="s">
+        <v>39</v>
+      </c>
+      <c r="F136" t="s">
+        <v>500</v>
+      </c>
+      <c r="G136" t="s">
+        <v>41</v>
+      </c>
+      <c r="H136">
+        <v>2013</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>365</v>
+      </c>
+      <c r="K136" t="s">
+        <v>469</v>
+      </c>
+      <c r="L136" t="s">
+        <v>681</v>
+      </c>
+      <c r="M136"/>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>682</v>
+      </c>
+      <c r="P136" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>679</v>
+      </c>
+      <c r="B137" t="s">
+        <v>684</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>313</v>
+      </c>
+      <c r="E137" t="s">
+        <v>39</v>
+      </c>
+      <c r="F137" t="s">
+        <v>500</v>
+      </c>
+      <c r="G137" t="s">
+        <v>41</v>
+      </c>
+      <c r="H137">
+        <v>2013</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>414</v>
+      </c>
+      <c r="K137" t="s">
+        <v>469</v>
+      </c>
+      <c r="L137" t="s">
+        <v>681</v>
+      </c>
+      <c r="M137" t="s">
+        <v>370</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>685</v>
+      </c>
+      <c r="P137" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>687</v>
+      </c>
+      <c r="B138" t="s">
+        <v>688</v>
+      </c>
+      <c r="C138" t="s">
+        <v>486</v>
+      </c>
+      <c r="D138" t="s">
+        <v>450</v>
+      </c>
+      <c r="E138" t="s">
+        <v>39</v>
+      </c>
+      <c r="F138" t="s">
+        <v>500</v>
+      </c>
+      <c r="G138" t="s">
+        <v>41</v>
+      </c>
+      <c r="H138">
+        <v>2012</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>365</v>
+      </c>
+      <c r="K138" t="s">
+        <v>354</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138"/>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>689</v>
+      </c>
+      <c r="P138" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>691</v>
+      </c>
+      <c r="B139" t="s">
+        <v>692</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>491</v>
+      </c>
+      <c r="E139" t="s">
+        <v>39</v>
+      </c>
+      <c r="F139" t="s">
+        <v>500</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>1992</v>
+      </c>
+      <c r="I139">
+        <v>2013</v>
+      </c>
+      <c r="J139" t="s">
+        <v>693</v>
+      </c>
+      <c r="K139" t="s">
+        <v>694</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>370</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>695</v>
+      </c>
+      <c r="P139" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>691</v>
+      </c>
+      <c r="B140" t="s">
+        <v>692</v>
+      </c>
+      <c r="C140" t="s">
+        <v>486</v>
+      </c>
+      <c r="D140" t="s">
+        <v>491</v>
+      </c>
+      <c r="E140" t="s">
+        <v>39</v>
+      </c>
+      <c r="F140" t="s">
+        <v>500</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>1992</v>
+      </c>
+      <c r="I140">
+        <v>2013</v>
+      </c>
+      <c r="J140" t="s">
+        <v>624</v>
+      </c>
+      <c r="K140" t="s">
+        <v>694</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>697</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>698</v>
+      </c>
+      <c r="P140" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>699</v>
+      </c>
+      <c r="B141" t="s">
+        <v>700</v>
+      </c>
+      <c r="C141" t="s">
+        <v>364</v>
+      </c>
+      <c r="D141" t="s">
+        <v>124</v>
+      </c>
+      <c r="E141" t="s">
+        <v>39</v>
+      </c>
+      <c r="F141" t="s">
+        <v>500</v>
+      </c>
+      <c r="G141" t="s">
+        <v>41</v>
+      </c>
+      <c r="H141">
+        <v>2009</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>365</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141"/>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>701</v>
+      </c>
+      <c r="P141" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>703</v>
+      </c>
+      <c r="B142" t="s">
+        <v>704</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>705</v>
+      </c>
+      <c r="E142" t="s">
+        <v>39</v>
+      </c>
+      <c r="F142" t="s">
+        <v>500</v>
+      </c>
+      <c r="G142" t="s">
+        <v>41</v>
+      </c>
+      <c r="H142">
+        <v>2013</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>23</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>370</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>706</v>
+      </c>
+      <c r="P142" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>708</v>
+      </c>
+      <c r="B143" t="s">
+        <v>709</v>
+      </c>
+      <c r="C143" t="s">
+        <v>364</v>
+      </c>
+      <c r="D143" t="s">
+        <v>710</v>
+      </c>
+      <c r="E143" t="s">
+        <v>39</v>
+      </c>
+      <c r="F143" t="s">
+        <v>500</v>
+      </c>
+      <c r="G143" t="s">
+        <v>41</v>
+      </c>
+      <c r="H143">
+        <v>2015</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>365</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143"/>
+      <c r="N143" t="s">
+        <v>45</v>
+      </c>
+      <c r="O143" t="s">
+        <v>711</v>
+      </c>
+      <c r="P143" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>713</v>
+      </c>
+      <c r="B144" t="s">
+        <v>714</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>710</v>
+      </c>
+      <c r="E144" t="s">
+        <v>39</v>
+      </c>
+      <c r="F144" t="s">
+        <v>500</v>
+      </c>
+      <c r="G144" t="s">
+        <v>41</v>
+      </c>
+      <c r="H144">
+        <v>2015</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>343</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>370</v>
+      </c>
+      <c r="N144" t="s">
+        <v>45</v>
+      </c>
+      <c r="O144" t="s">
+        <v>715</v>
+      </c>
+      <c r="P144" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>717</v>
+      </c>
+      <c r="B145" t="s">
+        <v>718</v>
+      </c>
+      <c r="C145" t="s">
+        <v>37</v>
+      </c>
+      <c r="D145" t="s">
+        <v>719</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
         <v>21</v>
       </c>
-      <c r="K123"/>
-[...20 lines deleted...]
-      <c r="D124" t="s">
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2011</v>
+      </c>
+      <c r="I145">
+        <v>2013</v>
+      </c>
+      <c r="J145" t="s">
+        <v>68</v>
+      </c>
+      <c r="K145" t="s">
+        <v>564</v>
+      </c>
+      <c r="L145" t="s">
+        <v>720</v>
+      </c>
+      <c r="M145" t="s">
+        <v>721</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>722</v>
+      </c>
+      <c r="P145" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>724</v>
+      </c>
+      <c r="B146" t="s">
+        <v>725</v>
+      </c>
+      <c r="C146" t="s">
+        <v>37</v>
+      </c>
+      <c r="D146" t="s">
+        <v>726</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2011</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>92</v>
+      </c>
+      <c r="K146" t="s">
+        <v>564</v>
+      </c>
+      <c r="L146" t="s">
+        <v>720</v>
+      </c>
+      <c r="M146" t="s">
+        <v>721</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>727</v>
+      </c>
+      <c r="P146" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>728</v>
+      </c>
+      <c r="B147" t="s">
+        <v>729</v>
+      </c>
+      <c r="C147" t="s">
+        <v>37</v>
+      </c>
+      <c r="D147" t="s">
         <v>32</v>
       </c>
-      <c r="E124" t="s">
-[...5 lines deleted...]
-      <c r="G124">
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2003</v>
+      </c>
+      <c r="I147">
+        <v>2012</v>
+      </c>
+      <c r="J147" t="s">
+        <v>68</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>730</v>
+      </c>
+      <c r="M147" t="s">
+        <v>721</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>731</v>
+      </c>
+      <c r="P147" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>733</v>
+      </c>
+      <c r="B148" t="s">
+        <v>734</v>
+      </c>
+      <c r="C148" t="s">
+        <v>37</v>
+      </c>
+      <c r="D148" t="s">
+        <v>735</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>41</v>
+      </c>
+      <c r="H148">
+        <v>2020</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>42</v>
+      </c>
+      <c r="K148" t="s">
+        <v>564</v>
+      </c>
+      <c r="L148" t="s">
+        <v>736</v>
+      </c>
+      <c r="M148" t="s">
+        <v>721</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>737</v>
+      </c>
+      <c r="P148" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>739</v>
+      </c>
+      <c r="B149" t="s">
+        <v>740</v>
+      </c>
+      <c r="C149" t="s">
+        <v>37</v>
+      </c>
+      <c r="D149" t="s">
+        <v>741</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>41</v>
+      </c>
+      <c r="H149">
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>42</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>742</v>
+      </c>
+      <c r="M149" t="s">
+        <v>721</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>743</v>
+      </c>
+      <c r="P149" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>745</v>
+      </c>
+      <c r="B150" t="s">
+        <v>746</v>
+      </c>
+      <c r="C150" t="s">
+        <v>37</v>
+      </c>
+      <c r="D150" t="s">
+        <v>747</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2009</v>
+      </c>
+      <c r="I150">
+        <v>2017</v>
+      </c>
+      <c r="J150" t="s">
+        <v>68</v>
+      </c>
+      <c r="K150" t="s">
+        <v>564</v>
+      </c>
+      <c r="L150" t="s">
+        <v>748</v>
+      </c>
+      <c r="M150" t="s">
+        <v>721</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>749</v>
+      </c>
+      <c r="P150" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>751</v>
+      </c>
+      <c r="B151" t="s">
+        <v>752</v>
+      </c>
+      <c r="C151" t="s">
+        <v>37</v>
+      </c>
+      <c r="D151" t="s">
+        <v>348</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151">
+        <v>2017</v>
+      </c>
+      <c r="J151" t="s">
+        <v>68</v>
+      </c>
+      <c r="K151" t="s">
+        <v>753</v>
+      </c>
+      <c r="L151" t="s">
+        <v>754</v>
+      </c>
+      <c r="M151" t="s">
+        <v>721</v>
+      </c>
+      <c r="N151" t="s">
+        <v>45</v>
+      </c>
+      <c r="O151" t="s">
+        <v>755</v>
+      </c>
+      <c r="P151" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>757</v>
+      </c>
+      <c r="B152" t="s">
+        <v>758</v>
+      </c>
+      <c r="C152" t="s">
+        <v>37</v>
+      </c>
+      <c r="D152" t="s">
+        <v>657</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2004</v>
+      </c>
+      <c r="I152">
+        <v>2011</v>
+      </c>
+      <c r="J152" t="s">
+        <v>68</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>759</v>
+      </c>
+      <c r="M152" t="s">
+        <v>721</v>
+      </c>
+      <c r="N152" t="s">
+        <v>45</v>
+      </c>
+      <c r="O152" t="s">
+        <v>760</v>
+      </c>
+      <c r="P152" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>762</v>
+      </c>
+      <c r="B153" t="s">
+        <v>763</v>
+      </c>
+      <c r="C153" t="s">
+        <v>37</v>
+      </c>
+      <c r="D153" t="s">
+        <v>657</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>41</v>
+      </c>
+      <c r="H153">
+        <v>2011</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>42</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>764</v>
+      </c>
+      <c r="M153" t="s">
+        <v>721</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>765</v>
+      </c>
+      <c r="P153" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>767</v>
+      </c>
+      <c r="B154" t="s">
+        <v>768</v>
+      </c>
+      <c r="C154" t="s">
+        <v>37</v>
+      </c>
+      <c r="D154" t="s">
+        <v>657</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2004</v>
+      </c>
+      <c r="I154">
+        <v>2017</v>
+      </c>
+      <c r="J154" t="s">
+        <v>68</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>769</v>
+      </c>
+      <c r="M154" t="s">
+        <v>721</v>
+      </c>
+      <c r="N154" t="s">
+        <v>45</v>
+      </c>
+      <c r="O154" t="s">
+        <v>770</v>
+      </c>
+      <c r="P154" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>772</v>
+      </c>
+      <c r="B155" t="s">
+        <v>773</v>
+      </c>
+      <c r="C155" t="s">
+        <v>37</v>
+      </c>
+      <c r="D155" t="s">
+        <v>657</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2004</v>
+      </c>
+      <c r="I155">
+        <v>2017</v>
+      </c>
+      <c r="J155" t="s">
+        <v>68</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>774</v>
+      </c>
+      <c r="M155" t="s">
+        <v>721</v>
+      </c>
+      <c r="N155" t="s">
+        <v>775</v>
+      </c>
+      <c r="O155" t="s">
+        <v>776</v>
+      </c>
+      <c r="P155" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>778</v>
+      </c>
+      <c r="B156" t="s">
+        <v>779</v>
+      </c>
+      <c r="C156" t="s">
+        <v>37</v>
+      </c>
+      <c r="D156" t="s">
+        <v>780</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>510</v>
+      </c>
+      <c r="H156">
+        <v>2017</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>92</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>781</v>
+      </c>
+      <c r="M156" t="s">
+        <v>782</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>783</v>
+      </c>
+      <c r="P156" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>785</v>
+      </c>
+      <c r="B157" t="s">
+        <v>786</v>
+      </c>
+      <c r="C157" t="s">
+        <v>37</v>
+      </c>
+      <c r="D157" t="s">
+        <v>235</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2003</v>
+      </c>
+      <c r="I157">
+        <v>2013</v>
+      </c>
+      <c r="J157" t="s">
+        <v>68</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>787</v>
+      </c>
+      <c r="M157" t="s">
+        <v>721</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>788</v>
+      </c>
+      <c r="P157" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>790</v>
+      </c>
+      <c r="B158" t="s">
+        <v>791</v>
+      </c>
+      <c r="C158" t="s">
+        <v>37</v>
+      </c>
+      <c r="D158" t="s">
+        <v>235</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2003</v>
+      </c>
+      <c r="I158">
+        <v>2010</v>
+      </c>
+      <c r="J158" t="s">
+        <v>68</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>236</v>
+      </c>
+      <c r="M158" t="s">
+        <v>721</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>792</v>
+      </c>
+      <c r="P158" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>794</v>
+      </c>
+      <c r="B159" t="s">
+        <v>795</v>
+      </c>
+      <c r="C159" t="s">
+        <v>37</v>
+      </c>
+      <c r="D159" t="s">
+        <v>56</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2008</v>
+      </c>
+      <c r="I159">
+        <v>2019</v>
+      </c>
+      <c r="J159" t="s">
+        <v>42</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>796</v>
+      </c>
+      <c r="M159" t="s">
+        <v>721</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>797</v>
+      </c>
+      <c r="P159" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>799</v>
+      </c>
+      <c r="B160" t="s">
+        <v>800</v>
+      </c>
+      <c r="C160" t="s">
+        <v>37</v>
+      </c>
+      <c r="D160" t="s">
+        <v>235</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>41</v>
+      </c>
+      <c r="H160">
+        <v>2010</v>
+      </c>
+      <c r="I160">
+        <v>2019</v>
+      </c>
+      <c r="J160" t="s">
+        <v>42</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>796</v>
+      </c>
+      <c r="M160" t="s">
+        <v>721</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>801</v>
+      </c>
+      <c r="P160" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>803</v>
+      </c>
+      <c r="B161" t="s">
+        <v>804</v>
+      </c>
+      <c r="C161" t="s">
+        <v>37</v>
+      </c>
+      <c r="D161" t="s">
+        <v>805</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>41</v>
+      </c>
+      <c r="H161">
         <v>2014</v>
       </c>
-      <c r="H124"/>
-[...3 lines deleted...]
-      <c r="J124" t="s">
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>68</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>806</v>
+      </c>
+      <c r="M161" t="s">
+        <v>721</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>807</v>
+      </c>
+      <c r="P161" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>809</v>
+      </c>
+      <c r="B162" t="s">
+        <v>810</v>
+      </c>
+      <c r="C162" t="s">
+        <v>37</v>
+      </c>
+      <c r="D162" t="s">
+        <v>56</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
         <v>21</v>
       </c>
-      <c r="K124" t="s">
-[...29 lines deleted...]
-      <c r="G125">
+      <c r="G162" t="s">
+        <v>41</v>
+      </c>
+      <c r="H162">
+        <v>2019</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>42</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>811</v>
+      </c>
+      <c r="M162" t="s">
+        <v>721</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>812</v>
+      </c>
+      <c r="P162" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>814</v>
+      </c>
+      <c r="B163" t="s">
+        <v>815</v>
+      </c>
+      <c r="C163" t="s">
+        <v>37</v>
+      </c>
+      <c r="D163" t="s">
+        <v>85</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2010</v>
+      </c>
+      <c r="I163">
+        <v>2013</v>
+      </c>
+      <c r="J163" t="s">
+        <v>68</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>816</v>
+      </c>
+      <c r="M163" t="s">
+        <v>721</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>817</v>
+      </c>
+      <c r="P163" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>819</v>
+      </c>
+      <c r="B164" t="s">
+        <v>820</v>
+      </c>
+      <c r="C164" t="s">
+        <v>37</v>
+      </c>
+      <c r="D164" t="s">
+        <v>821</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>41</v>
+      </c>
+      <c r="H164">
+        <v>2009</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>68</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>822</v>
+      </c>
+      <c r="M164" t="s">
+        <v>721</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>823</v>
+      </c>
+      <c r="P164" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>825</v>
+      </c>
+      <c r="B165" t="s">
+        <v>826</v>
+      </c>
+      <c r="C165" t="s">
+        <v>37</v>
+      </c>
+      <c r="D165" t="s">
+        <v>187</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2002</v>
+      </c>
+      <c r="I165">
         <v>2014</v>
       </c>
-      <c r="H125"/>
-[...3 lines deleted...]
-      <c r="J125" t="s">
+      <c r="J165" t="s">
+        <v>68</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>286</v>
+      </c>
+      <c r="M165" t="s">
+        <v>721</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>827</v>
+      </c>
+      <c r="P165" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>829</v>
+      </c>
+      <c r="B166" t="s">
+        <v>830</v>
+      </c>
+      <c r="C166" t="s">
+        <v>37</v>
+      </c>
+      <c r="D166" t="s">
+        <v>56</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
         <v>21</v>
       </c>
-      <c r="K125" t="s">
-[...38 lines deleted...]
-      <c r="J126" t="s">
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2008</v>
+      </c>
+      <c r="I166">
+        <v>2010</v>
+      </c>
+      <c r="J166" t="s">
+        <v>68</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>831</v>
+      </c>
+      <c r="M166" t="s">
+        <v>721</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>832</v>
+      </c>
+      <c r="P166" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>834</v>
+      </c>
+      <c r="B167" t="s">
+        <v>835</v>
+      </c>
+      <c r="C167" t="s">
+        <v>37</v>
+      </c>
+      <c r="D167" t="s">
+        <v>85</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
         <v>21</v>
       </c>
-      <c r="K126"/>
-[...34 lines deleted...]
-      <c r="J127" t="s">
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2010</v>
+      </c>
+      <c r="I167">
+        <v>2016</v>
+      </c>
+      <c r="J167" t="s">
+        <v>42</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>836</v>
+      </c>
+      <c r="M167" t="s">
+        <v>721</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>837</v>
+      </c>
+      <c r="P167" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>839</v>
+      </c>
+      <c r="B168" t="s">
+        <v>840</v>
+      </c>
+      <c r="C168" t="s">
+        <v>37</v>
+      </c>
+      <c r="D168" t="s">
+        <v>741</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
         <v>21</v>
       </c>
-      <c r="K127"/>
-[...36 lines deleted...]
-      <c r="J128" t="s">
+      <c r="G168" t="s">
+        <v>41</v>
+      </c>
+      <c r="H168">
+        <v>2014</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>68</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>314</v>
+      </c>
+      <c r="M168" t="s">
+        <v>721</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>841</v>
+      </c>
+      <c r="P168" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>843</v>
+      </c>
+      <c r="B169" t="s">
+        <v>830</v>
+      </c>
+      <c r="C169" t="s">
+        <v>37</v>
+      </c>
+      <c r="D169" t="s">
+        <v>56</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
         <v>21</v>
       </c>
-      <c r="K128"/>
-[...34 lines deleted...]
-      <c r="J129" t="s">
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2008</v>
+      </c>
+      <c r="I169">
+        <v>2013</v>
+      </c>
+      <c r="J169" t="s">
+        <v>68</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>844</v>
+      </c>
+      <c r="M169" t="s">
+        <v>721</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>845</v>
+      </c>
+      <c r="P169" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>847</v>
+      </c>
+      <c r="B170" t="s">
+        <v>848</v>
+      </c>
+      <c r="C170" t="s">
+        <v>37</v>
+      </c>
+      <c r="D170" t="s">
+        <v>235</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
         <v>21</v>
       </c>
-      <c r="K129"/>
-[...36 lines deleted...]
-      <c r="J130" t="s">
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2003</v>
+      </c>
+      <c r="I170">
+        <v>2016</v>
+      </c>
+      <c r="J170" t="s">
+        <v>68</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>849</v>
+      </c>
+      <c r="M170" t="s">
+        <v>721</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>850</v>
+      </c>
+      <c r="P170" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>852</v>
+      </c>
+      <c r="B171" t="s">
+        <v>853</v>
+      </c>
+      <c r="C171" t="s">
+        <v>37</v>
+      </c>
+      <c r="D171" t="s">
+        <v>229</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
         <v>21</v>
       </c>
-      <c r="K130"/>
-[...36 lines deleted...]
-      <c r="J131" t="s">
+      <c r="G171" t="s">
+        <v>41</v>
+      </c>
+      <c r="H171">
+        <v>2009</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>68</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>230</v>
+      </c>
+      <c r="M171" t="s">
+        <v>721</v>
+      </c>
+      <c r="N171" t="s">
+        <v>45</v>
+      </c>
+      <c r="O171" t="s">
+        <v>854</v>
+      </c>
+      <c r="P171" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>856</v>
+      </c>
+      <c r="B172" t="s">
+        <v>857</v>
+      </c>
+      <c r="C172" t="s">
+        <v>37</v>
+      </c>
+      <c r="D172" t="s">
+        <v>436</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
         <v>21</v>
       </c>
-      <c r="K131"/>
-[...112 lines deleted...]
-      <c r="J134" t="s">
+      <c r="G172" t="s">
+        <v>41</v>
+      </c>
+      <c r="H172">
+        <v>2020</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>42</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>858</v>
+      </c>
+      <c r="M172" t="s">
+        <v>721</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>859</v>
+      </c>
+      <c r="P172" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>861</v>
+      </c>
+      <c r="B173" t="s">
+        <v>862</v>
+      </c>
+      <c r="C173" t="s">
+        <v>37</v>
+      </c>
+      <c r="D173" t="s">
+        <v>863</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
         <v>21</v>
       </c>
-      <c r="K134"/>
-[...34 lines deleted...]
-      <c r="J135" t="s">
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2004</v>
+      </c>
+      <c r="I173">
+        <v>2019</v>
+      </c>
+      <c r="J173" t="s">
+        <v>68</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>864</v>
+      </c>
+      <c r="M173" t="s">
+        <v>721</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>865</v>
+      </c>
+      <c r="P173" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>867</v>
+      </c>
+      <c r="B174" t="s">
+        <v>868</v>
+      </c>
+      <c r="C174" t="s">
+        <v>37</v>
+      </c>
+      <c r="D174" t="s">
+        <v>152</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
         <v>21</v>
       </c>
-      <c r="K135"/>
-[...240 lines deleted...]
-      <c r="J141" t="s">
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2002</v>
+      </c>
+      <c r="I174">
+        <v>2018</v>
+      </c>
+      <c r="J174" t="s">
+        <v>68</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>869</v>
+      </c>
+      <c r="M174" t="s">
+        <v>721</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>870</v>
+      </c>
+      <c r="P174" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>872</v>
+      </c>
+      <c r="B175" t="s">
+        <v>873</v>
+      </c>
+      <c r="C175" t="s">
+        <v>37</v>
+      </c>
+      <c r="D175" t="s">
+        <v>152</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
         <v>21</v>
       </c>
-      <c r="K141"/>
-[...31 lines deleted...]
-      <c r="I142" t="s">
+      <c r="G175" t="s">
+        <v>41</v>
+      </c>
+      <c r="H175">
+        <v>2018</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>42</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>874</v>
+      </c>
+      <c r="M175" t="s">
+        <v>721</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>875</v>
+      </c>
+      <c r="P175" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>877</v>
+      </c>
+      <c r="B176" t="s">
+        <v>878</v>
+      </c>
+      <c r="C176" t="s">
+        <v>37</v>
+      </c>
+      <c r="D176" t="s">
+        <v>152</v>
+      </c>
+      <c r="E176" t="s">
         <v>20</v>
       </c>
-      <c r="J142" t="s">
+      <c r="F176" t="s">
         <v>21</v>
       </c>
-      <c r="K142"/>
-[...36 lines deleted...]
-      <c r="J143" t="s">
+      <c r="G176" t="s">
+        <v>41</v>
+      </c>
+      <c r="H176">
+        <v>2020</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>42</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>879</v>
+      </c>
+      <c r="M176" t="s">
+        <v>721</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>880</v>
+      </c>
+      <c r="P176" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>882</v>
+      </c>
+      <c r="B177" t="s">
+        <v>883</v>
+      </c>
+      <c r="C177" t="s">
+        <v>37</v>
+      </c>
+      <c r="D177" t="s">
+        <v>884</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
         <v>21</v>
       </c>
-      <c r="K143"/>
-[...34 lines deleted...]
-      <c r="J144" t="s">
+      <c r="G177" t="s">
+        <v>41</v>
+      </c>
+      <c r="H177">
+        <v>2020</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>42</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>885</v>
+      </c>
+      <c r="M177" t="s">
+        <v>721</v>
+      </c>
+      <c r="N177" t="s">
+        <v>45</v>
+      </c>
+      <c r="O177" t="s">
+        <v>886</v>
+      </c>
+      <c r="P177" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>888</v>
+      </c>
+      <c r="B178" t="s">
+        <v>889</v>
+      </c>
+      <c r="C178" t="s">
+        <v>37</v>
+      </c>
+      <c r="D178" t="s">
+        <v>50</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
         <v>21</v>
       </c>
-      <c r="K144"/>
-[...1456 lines deleted...]
-        <v>2012</v>
+      <c r="G178" t="s">
+        <v>22</v>
       </c>
       <c r="H178">
         <v>2012</v>
       </c>
-      <c r="I178" t="s">
-        <v>53</v>
+      <c r="I178">
+        <v>2012</v>
       </c>
       <c r="J178" t="s">
+        <v>68</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>890</v>
+      </c>
+      <c r="M178" t="s">
+        <v>721</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>891</v>
+      </c>
+      <c r="P178" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>893</v>
+      </c>
+      <c r="B179" t="s">
+        <v>894</v>
+      </c>
+      <c r="C179" t="s">
+        <v>37</v>
+      </c>
+      <c r="D179" t="s">
+        <v>50</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
         <v>21</v>
       </c>
-      <c r="K178" t="s">
-[...19 lines deleted...]
-      <c r="C179" t="s">
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2012</v>
+      </c>
+      <c r="I179">
+        <v>2016</v>
+      </c>
+      <c r="J179" t="s">
+        <v>68</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>895</v>
+      </c>
+      <c r="M179" t="s">
+        <v>721</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>896</v>
+      </c>
+      <c r="P179" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>898</v>
+      </c>
+      <c r="B180" t="s">
+        <v>899</v>
+      </c>
+      <c r="C180" t="s">
+        <v>37</v>
+      </c>
+      <c r="D180" t="s">
+        <v>348</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180" t="s">
         <v>41</v>
       </c>
-      <c r="D179" t="s">
-[...17 lines deleted...]
-      <c r="J179" t="s">
+      <c r="H180">
+        <v>2011</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>68</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>900</v>
+      </c>
+      <c r="M180" t="s">
+        <v>721</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>901</v>
+      </c>
+      <c r="P180" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>903</v>
+      </c>
+      <c r="B181" t="s">
+        <v>904</v>
+      </c>
+      <c r="C181" t="s">
+        <v>37</v>
+      </c>
+      <c r="D181" t="s">
+        <v>187</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
         <v>21</v>
       </c>
-      <c r="K179" t="s">
-[...38 lines deleted...]
-      <c r="J180" t="s">
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2002</v>
+      </c>
+      <c r="I181">
+        <v>2018</v>
+      </c>
+      <c r="J181" t="s">
+        <v>42</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>905</v>
+      </c>
+      <c r="M181" t="s">
+        <v>721</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>906</v>
+      </c>
+      <c r="P181" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>908</v>
+      </c>
+      <c r="B182" t="s">
+        <v>909</v>
+      </c>
+      <c r="C182" t="s">
+        <v>37</v>
+      </c>
+      <c r="D182" t="s">
+        <v>910</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
         <v>21</v>
       </c>
-      <c r="K180" t="s">
-[...31 lines deleted...]
-      <c r="G181">
+      <c r="G182" t="s">
+        <v>41</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>68</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>911</v>
+      </c>
+      <c r="M182" t="s">
+        <v>721</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>912</v>
+      </c>
+      <c r="P182" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>914</v>
+      </c>
+      <c r="B183" t="s">
+        <v>915</v>
+      </c>
+      <c r="C183" t="s">
+        <v>37</v>
+      </c>
+      <c r="D183" t="s">
+        <v>279</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2015</v>
+      </c>
+      <c r="I183">
+        <v>2014</v>
+      </c>
+      <c r="J183" t="s">
+        <v>68</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>916</v>
+      </c>
+      <c r="M183" t="s">
+        <v>721</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>917</v>
+      </c>
+      <c r="P183" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>919</v>
+      </c>
+      <c r="B184" t="s">
+        <v>920</v>
+      </c>
+      <c r="C184" t="s">
+        <v>37</v>
+      </c>
+      <c r="D184" t="s">
+        <v>348</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
         <v>2002</v>
       </c>
-      <c r="H181">
-[...5 lines deleted...]
-      <c r="J181" t="s">
+      <c r="I184">
+        <v>2017</v>
+      </c>
+      <c r="J184" t="s">
+        <v>68</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>921</v>
+      </c>
+      <c r="M184" t="s">
+        <v>721</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>922</v>
+      </c>
+      <c r="P184" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>924</v>
+      </c>
+      <c r="B185" t="s">
+        <v>925</v>
+      </c>
+      <c r="C185" t="s">
+        <v>37</v>
+      </c>
+      <c r="D185" t="s">
+        <v>926</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
         <v>21</v>
       </c>
-      <c r="K181" t="s">
-[...38 lines deleted...]
-      <c r="J182" t="s">
+      <c r="G185" t="s">
+        <v>41</v>
+      </c>
+      <c r="H185">
+        <v>2013</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>42</v>
+      </c>
+      <c r="K185" t="s">
+        <v>251</v>
+      </c>
+      <c r="L185" t="s">
+        <v>927</v>
+      </c>
+      <c r="M185" t="s">
+        <v>721</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>928</v>
+      </c>
+      <c r="P185" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>930</v>
+      </c>
+      <c r="B186" t="s">
+        <v>931</v>
+      </c>
+      <c r="C186" t="s">
+        <v>37</v>
+      </c>
+      <c r="D186" t="s">
+        <v>932</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
         <v>21</v>
       </c>
-      <c r="K182" t="s">
-[...162 lines deleted...]
-        <v>2011</v>
+      <c r="G186" t="s">
+        <v>22</v>
       </c>
       <c r="H186">
         <v>2011</v>
       </c>
-      <c r="I186" t="s">
-        <v>53</v>
+      <c r="I186">
+        <v>2011</v>
       </c>
       <c r="J186" t="s">
+        <v>68</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>933</v>
+      </c>
+      <c r="M186" t="s">
+        <v>721</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>934</v>
+      </c>
+      <c r="P186" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>936</v>
+      </c>
+      <c r="B187" t="s">
+        <v>937</v>
+      </c>
+      <c r="C187" t="s">
+        <v>37</v>
+      </c>
+      <c r="D187" t="s">
+        <v>938</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
         <v>21</v>
       </c>
-      <c r="K186" t="s">
-[...31 lines deleted...]
-      <c r="G187">
+      <c r="G187" t="s">
+        <v>41</v>
+      </c>
+      <c r="H187">
         <v>2013</v>
       </c>
-      <c r="H187">
+      <c r="I187">
         <v>2019</v>
       </c>
-      <c r="I187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J187" t="s">
+        <v>42</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>939</v>
+      </c>
+      <c r="M187" t="s">
+        <v>721</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>940</v>
+      </c>
+      <c r="P187" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>942</v>
+      </c>
+      <c r="B188" t="s">
+        <v>943</v>
+      </c>
+      <c r="C188" t="s">
+        <v>37</v>
+      </c>
+      <c r="D188" t="s">
+        <v>296</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
         <v>21</v>
       </c>
-      <c r="K187" t="s">
-[...28 lines deleted...]
-      <c r="F188" t="s">
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2003</v>
+      </c>
+      <c r="I188">
+        <v>2011</v>
+      </c>
+      <c r="J188" t="s">
+        <v>68</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>944</v>
+      </c>
+      <c r="M188" t="s">
+        <v>721</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>945</v>
+      </c>
+      <c r="P188" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>947</v>
+      </c>
+      <c r="B189" t="s">
+        <v>948</v>
+      </c>
+      <c r="C189" t="s">
+        <v>37</v>
+      </c>
+      <c r="D189" t="s">
+        <v>296</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2003</v>
+      </c>
+      <c r="I189">
+        <v>2015</v>
+      </c>
+      <c r="J189" t="s">
+        <v>68</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>949</v>
+      </c>
+      <c r="M189" t="s">
+        <v>721</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>950</v>
+      </c>
+      <c r="P189" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>952</v>
+      </c>
+      <c r="B190" t="s">
+        <v>192</v>
+      </c>
+      <c r="C190" t="s">
+        <v>37</v>
+      </c>
+      <c r="D190" t="s">
+        <v>193</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2003</v>
+      </c>
+      <c r="I190">
+        <v>2016</v>
+      </c>
+      <c r="J190" t="s">
+        <v>42</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>953</v>
+      </c>
+      <c r="M190" t="s">
+        <v>721</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>954</v>
+      </c>
+      <c r="P190" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>956</v>
+      </c>
+      <c r="B191" t="s">
+        <v>957</v>
+      </c>
+      <c r="C191" t="s">
+        <v>37</v>
+      </c>
+      <c r="D191" t="s">
         <v>19</v>
       </c>
-      <c r="G188">
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2002</v>
+      </c>
+      <c r="I191">
+        <v>2013</v>
+      </c>
+      <c r="J191" t="s">
+        <v>68</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>99</v>
+      </c>
+      <c r="M191" t="s">
+        <v>721</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>958</v>
+      </c>
+      <c r="P191" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>960</v>
+      </c>
+      <c r="B192" t="s">
+        <v>961</v>
+      </c>
+      <c r="C192" t="s">
+        <v>37</v>
+      </c>
+      <c r="D192" t="s">
+        <v>962</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2002</v>
+      </c>
+      <c r="I192">
+        <v>2021</v>
+      </c>
+      <c r="J192" t="s">
+        <v>92</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>963</v>
+      </c>
+      <c r="M192" t="s">
+        <v>782</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>964</v>
+      </c>
+      <c r="P192" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>966</v>
+      </c>
+      <c r="B193" t="s">
+        <v>967</v>
+      </c>
+      <c r="C193" t="s">
+        <v>37</v>
+      </c>
+      <c r="D193" t="s">
+        <v>193</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
         <v>2003</v>
       </c>
-      <c r="H188">
-[...5 lines deleted...]
-      <c r="J188" t="s">
+      <c r="I193">
+        <v>2016</v>
+      </c>
+      <c r="J193" t="s">
+        <v>68</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>968</v>
+      </c>
+      <c r="M193" t="s">
+        <v>721</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>969</v>
+      </c>
+      <c r="P193" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>971</v>
+      </c>
+      <c r="B194" t="s">
+        <v>972</v>
+      </c>
+      <c r="C194" t="s">
+        <v>37</v>
+      </c>
+      <c r="D194" t="s">
+        <v>193</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
         <v>21</v>
       </c>
-      <c r="K188" t="s">
-[...31 lines deleted...]
-      <c r="G189">
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
         <v>2003</v>
       </c>
-      <c r="H189">
-[...5 lines deleted...]
-      <c r="J189" t="s">
+      <c r="I194">
+        <v>2017</v>
+      </c>
+      <c r="J194" t="s">
+        <v>68</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>973</v>
+      </c>
+      <c r="M194" t="s">
+        <v>721</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>974</v>
+      </c>
+      <c r="P194" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>976</v>
+      </c>
+      <c r="B195" t="s">
+        <v>977</v>
+      </c>
+      <c r="C195" t="s">
+        <v>37</v>
+      </c>
+      <c r="D195" t="s">
+        <v>74</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
         <v>21</v>
       </c>
-      <c r="K189" t="s">
-[...31 lines deleted...]
-      <c r="G190">
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2001</v>
+      </c>
+      <c r="I195">
+        <v>2021</v>
+      </c>
+      <c r="J195" t="s">
+        <v>42</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>978</v>
+      </c>
+      <c r="M195" t="s">
+        <v>721</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>979</v>
+      </c>
+      <c r="P195" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>981</v>
+      </c>
+      <c r="B196" t="s">
+        <v>982</v>
+      </c>
+      <c r="C196" t="s">
+        <v>37</v>
+      </c>
+      <c r="D196" t="s">
+        <v>74</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2001</v>
+      </c>
+      <c r="I196">
+        <v>2014</v>
+      </c>
+      <c r="J196" t="s">
+        <v>68</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>983</v>
+      </c>
+      <c r="M196" t="s">
+        <v>721</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>984</v>
+      </c>
+      <c r="P196" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>986</v>
+      </c>
+      <c r="B197" t="s">
+        <v>987</v>
+      </c>
+      <c r="C197" t="s">
+        <v>37</v>
+      </c>
+      <c r="D197" t="s">
+        <v>74</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2001</v>
+      </c>
+      <c r="I197">
+        <v>2018</v>
+      </c>
+      <c r="J197" t="s">
+        <v>68</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>988</v>
+      </c>
+      <c r="M197" t="s">
+        <v>721</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>989</v>
+      </c>
+      <c r="P197" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>991</v>
+      </c>
+      <c r="B198" t="s">
+        <v>992</v>
+      </c>
+      <c r="C198" t="s">
+        <v>37</v>
+      </c>
+      <c r="D198" t="s">
+        <v>223</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
         <v>2003</v>
       </c>
-      <c r="H190">
-[...5 lines deleted...]
-      <c r="J190" t="s">
+      <c r="I198">
+        <v>2020</v>
+      </c>
+      <c r="J198" t="s">
+        <v>42</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>993</v>
+      </c>
+      <c r="M198" t="s">
+        <v>721</v>
+      </c>
+      <c r="N198" t="s">
+        <v>45</v>
+      </c>
+      <c r="O198" t="s">
+        <v>994</v>
+      </c>
+      <c r="P198" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>996</v>
+      </c>
+      <c r="B199" t="s">
+        <v>997</v>
+      </c>
+      <c r="C199" t="s">
+        <v>37</v>
+      </c>
+      <c r="D199" t="s">
+        <v>223</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
         <v>21</v>
       </c>
-      <c r="K190" t="s">
-[...40 lines deleted...]
-      <c r="J191" t="s">
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2003</v>
+      </c>
+      <c r="I199">
+        <v>2010</v>
+      </c>
+      <c r="J199" t="s">
+        <v>181</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>224</v>
+      </c>
+      <c r="M199" t="s">
+        <v>721</v>
+      </c>
+      <c r="N199" t="s">
+        <v>45</v>
+      </c>
+      <c r="O199" t="s">
+        <v>998</v>
+      </c>
+      <c r="P199"/>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>999</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C200" t="s">
+        <v>37</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
         <v>21</v>
       </c>
-      <c r="K191" t="s">
-[...40 lines deleted...]
-      <c r="J192" t="s">
+      <c r="G200" t="s">
+        <v>41</v>
+      </c>
+      <c r="H200">
+        <v>2012</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>42</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M200" t="s">
+        <v>721</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C201" t="s">
+        <v>37</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
         <v>21</v>
       </c>
-      <c r="K192" t="s">
-[...382 lines deleted...]
-        <v>2010</v>
+      <c r="G201" t="s">
+        <v>22</v>
       </c>
       <c r="H201">
         <v>2010</v>
       </c>
-      <c r="I201" t="s">
-        <v>53</v>
+      <c r="I201">
+        <v>2010</v>
       </c>
       <c r="J201" t="s">
+        <v>68</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M201" t="s">
+        <v>721</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C202" t="s">
+        <v>37</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
         <v>21</v>
       </c>
-      <c r="K201" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G202" t="s">
+        <v>22</v>
       </c>
       <c r="H202">
         <v>2010</v>
       </c>
-      <c r="I202" t="s">
-        <v>53</v>
+      <c r="I202">
+        <v>2010</v>
       </c>
       <c r="J202" t="s">
+        <v>68</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M202" t="s">
+        <v>721</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C203" t="s">
+        <v>37</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
         <v>21</v>
       </c>
-      <c r="K202" t="s">
-[...31 lines deleted...]
-      <c r="G203">
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
         <v>2000</v>
       </c>
-      <c r="H203">
+      <c r="I203">
         <v>2014</v>
       </c>
-      <c r="I203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J203" t="s">
+        <v>68</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M203" t="s">
+        <v>721</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C204" t="s">
+        <v>37</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
         <v>21</v>
       </c>
-      <c r="K203" t="s">
-[...31 lines deleted...]
-      <c r="G204">
+      <c r="G204" t="s">
+        <v>41</v>
+      </c>
+      <c r="H204">
         <v>2009</v>
       </c>
-      <c r="H204"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I204"/>
       <c r="J204" t="s">
+        <v>68</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M204" t="s">
+        <v>721</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C205" t="s">
+        <v>37</v>
+      </c>
+      <c r="D205" t="s">
+        <v>884</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
         <v>21</v>
       </c>
-      <c r="K204" t="s">
-[...31 lines deleted...]
-      <c r="G205">
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
         <v>2005</v>
       </c>
-      <c r="H205">
+      <c r="I205">
         <v>2014</v>
       </c>
-      <c r="I205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J205" t="s">
+        <v>68</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M205" t="s">
+        <v>721</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C206" t="s">
+        <v>37</v>
+      </c>
+      <c r="D206" t="s">
+        <v>546</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
         <v>21</v>
       </c>
-      <c r="K205" t="s">
-[...31 lines deleted...]
-      <c r="G206">
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
         <v>2005</v>
       </c>
-      <c r="H206">
+      <c r="I206">
         <v>2014</v>
       </c>
-      <c r="I206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J206" t="s">
+        <v>68</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M206" t="s">
+        <v>721</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C207" t="s">
+        <v>37</v>
+      </c>
+      <c r="D207" t="s">
+        <v>80</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
         <v>21</v>
       </c>
-      <c r="K206" t="s">
-[...31 lines deleted...]
-      <c r="G207">
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
         <v>2002</v>
       </c>
-      <c r="H207">
+      <c r="I207">
         <v>2009</v>
       </c>
-      <c r="I207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J207" t="s">
+        <v>68</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M207" t="s">
+        <v>721</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C208" t="s">
+        <v>37</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
         <v>21</v>
       </c>
-      <c r="K207" t="s">
-[...31 lines deleted...]
-      <c r="G208">
+      <c r="G208" t="s">
+        <v>41</v>
+      </c>
+      <c r="H208">
         <v>2017</v>
       </c>
-      <c r="H208"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I208"/>
       <c r="J208" t="s">
+        <v>68</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M208" t="s">
+        <v>721</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C209" t="s">
+        <v>37</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
         <v>21</v>
       </c>
-      <c r="K208" t="s">
-[...31 lines deleted...]
-      <c r="G209">
+      <c r="G209" t="s">
+        <v>41</v>
+      </c>
+      <c r="H209">
         <v>2021</v>
       </c>
-      <c r="H209"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I209"/>
       <c r="J209" t="s">
+        <v>92</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1050</v>
+      </c>
+      <c r="M209" t="s">
+        <v>782</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1051</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C210" t="s">
+        <v>37</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
         <v>21</v>
       </c>
-      <c r="K209" t="s">
-[...31 lines deleted...]
-      <c r="G210">
+      <c r="G210" t="s">
+        <v>41</v>
+      </c>
+      <c r="H210">
         <v>2009</v>
       </c>
-      <c r="H210"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I210"/>
       <c r="J210" t="s">
+        <v>68</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M210" t="s">
+        <v>721</v>
+      </c>
+      <c r="N210" t="s">
+        <v>45</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C211" t="s">
+        <v>37</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
         <v>21</v>
       </c>
-      <c r="K210" t="s">
-[...31 lines deleted...]
-      <c r="G211">
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
         <v>2009</v>
       </c>
-      <c r="H211">
+      <c r="I211">
         <v>2021</v>
       </c>
-      <c r="I211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J211" t="s">
+        <v>92</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M211" t="s">
+        <v>782</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C212" t="s">
+        <v>37</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
         <v>21</v>
       </c>
-      <c r="K211" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G212" t="s">
+        <v>22</v>
       </c>
       <c r="H212">
         <v>2010</v>
       </c>
-      <c r="I212" t="s">
-        <v>53</v>
+      <c r="I212">
+        <v>2010</v>
       </c>
       <c r="J212" t="s">
+        <v>68</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M212" t="s">
+        <v>721</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C213" t="s">
+        <v>37</v>
+      </c>
+      <c r="D213" t="s">
+        <v>884</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
         <v>21</v>
       </c>
-      <c r="K212" t="s">
-[...31 lines deleted...]
-      <c r="G213">
+      <c r="G213" t="s">
+        <v>41</v>
+      </c>
+      <c r="H213">
         <v>2015</v>
       </c>
-      <c r="H213"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I213"/>
       <c r="J213" t="s">
+        <v>42</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M213" t="s">
+        <v>721</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C214" t="s">
+        <v>37</v>
+      </c>
+      <c r="D214" t="s">
+        <v>884</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
         <v>21</v>
       </c>
-      <c r="K213" t="s">
-[...31 lines deleted...]
-      <c r="G214">
+      <c r="G214" t="s">
+        <v>41</v>
+      </c>
+      <c r="H214">
         <v>2021</v>
       </c>
-      <c r="H214"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I214"/>
       <c r="J214" t="s">
+        <v>42</v>
+      </c>
+      <c r="K214" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1076</v>
+      </c>
+      <c r="M214" t="s">
+        <v>721</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C215" t="s">
+        <v>37</v>
+      </c>
+      <c r="D215" t="s">
+        <v>223</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
         <v>21</v>
       </c>
-      <c r="K214" t="s">
-[...31 lines deleted...]
-      <c r="G215">
+      <c r="G215" t="s">
+        <v>41</v>
+      </c>
+      <c r="H215">
         <v>2022</v>
       </c>
-      <c r="H215"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I215"/>
       <c r="J215" t="s">
+        <v>92</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M215" t="s">
+        <v>782</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C216" t="s">
+        <v>37</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
         <v>21</v>
       </c>
-      <c r="K215" t="s">
-[...31 lines deleted...]
-      <c r="G216">
+      <c r="G216" t="s">
+        <v>41</v>
+      </c>
+      <c r="H216">
         <v>2018</v>
       </c>
-      <c r="H216"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I216"/>
       <c r="J216" t="s">
+        <v>42</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M216" t="s">
+        <v>721</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C217" t="s">
+        <v>37</v>
+      </c>
+      <c r="D217" t="s">
+        <v>546</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
         <v>21</v>
       </c>
-      <c r="K216" t="s">
-[...8 lines deleted...]
-      <c r="N216" t="s">
+      <c r="G217" t="s">
+        <v>41</v>
+      </c>
+      <c r="H217">
+        <v>2018</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>42</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M217" t="s">
+        <v>721</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C218" t="s">
+        <v>37</v>
+      </c>
+      <c r="D218" t="s">
+        <v>273</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>41</v>
+      </c>
+      <c r="H218">
+        <v>2013</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>68</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>274</v>
+      </c>
+      <c r="M218" t="s">
+        <v>721</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C219" t="s">
+        <v>37</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>41</v>
+      </c>
+      <c r="H219">
+        <v>2013</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>68</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M219" t="s">
+        <v>721</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C220" t="s">
+        <v>37</v>
+      </c>
+      <c r="D220" t="s">
+        <v>62</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>41</v>
+      </c>
+      <c r="H220">
+        <v>2009</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>68</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" t="s">
+        <v>63</v>
+      </c>
+      <c r="M220" t="s">
+        <v>721</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C221" t="s">
+        <v>37</v>
+      </c>
+      <c r="D221" t="s">
+        <v>273</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2009</v>
+      </c>
+      <c r="I221">
+        <v>2018</v>
+      </c>
+      <c r="J221" t="s">
+        <v>68</v>
+      </c>
+      <c r="K221" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M221" t="s">
+        <v>721</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C222" t="s">
+        <v>37</v>
+      </c>
+      <c r="D222" t="s">
+        <v>130</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>41</v>
+      </c>
+      <c r="H222">
+        <v>2014</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>68</v>
+      </c>
+      <c r="K222" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1115</v>
+      </c>
+      <c r="M222" t="s">
+        <v>721</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1116</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C223" t="s">
+        <v>37</v>
+      </c>
+      <c r="D223" t="s">
+        <v>273</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>41</v>
+      </c>
+      <c r="H223">
+        <v>2014</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s">
+        <v>68</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M223" t="s">
+        <v>721</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C224" t="s">
+        <v>37</v>
+      </c>
+      <c r="D224" t="s">
+        <v>273</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2003</v>
+      </c>
+      <c r="I224">
+        <v>2014</v>
+      </c>
+      <c r="J224" t="s">
+        <v>68</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M224" t="s">
+        <v>721</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1126</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C225" t="s">
+        <v>37</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>21</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2013</v>
+      </c>
+      <c r="I225">
+        <v>2014</v>
+      </c>
+      <c r="J225" t="s">
+        <v>68</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1130</v>
+      </c>
+      <c r="M225" t="s">
+        <v>721</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C226" t="s">
+        <v>37</v>
+      </c>
+      <c r="D226" t="s">
+        <v>147</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>21</v>
+      </c>
+      <c r="G226" t="s">
+        <v>41</v>
+      </c>
+      <c r="H226">
+        <v>2014</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>68</v>
+      </c>
+      <c r="K226" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M226" t="s">
+        <v>721</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1136</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C227" t="s">
+        <v>37</v>
+      </c>
+      <c r="D227" t="s">
+        <v>273</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" t="s">
+        <v>41</v>
+      </c>
+      <c r="H227">
+        <v>2014</v>
+      </c>
+      <c r="I227">
+        <v>2020</v>
+      </c>
+      <c r="J227" t="s">
+        <v>42</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1140</v>
+      </c>
+      <c r="M227" t="s">
+        <v>721</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C228" t="s">
+        <v>37</v>
+      </c>
+      <c r="D228" t="s">
+        <v>147</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>41</v>
+      </c>
+      <c r="H228">
+        <v>2016</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>42</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M228" t="s">
+        <v>721</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C229" t="s">
+        <v>37</v>
+      </c>
+      <c r="D229" t="s">
+        <v>147</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>41</v>
+      </c>
+      <c r="H229">
+        <v>2019</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>68</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1150</v>
+      </c>
+      <c r="M229" t="s">
+        <v>721</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1151</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C230" t="s">
+        <v>37</v>
+      </c>
+      <c r="D230" t="s">
+        <v>62</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2014</v>
+      </c>
+      <c r="I230">
+        <v>2018</v>
+      </c>
+      <c r="J230" t="s">
+        <v>68</v>
+      </c>
+      <c r="K230" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1155</v>
+      </c>
+      <c r="M230" t="s">
+        <v>721</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C231" t="s">
+        <v>37</v>
+      </c>
+      <c r="D231" t="s">
+        <v>62</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+      <c r="G231" t="s">
+        <v>41</v>
+      </c>
+      <c r="H231">
+        <v>2014</v>
+      </c>
+      <c r="I231">
+        <v>2017</v>
+      </c>
+      <c r="J231" t="s">
+        <v>42</v>
+      </c>
+      <c r="K231" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M231" t="s">
+        <v>721</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C232" t="s">
+        <v>37</v>
+      </c>
+      <c r="D232" t="s">
+        <v>62</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>41</v>
+      </c>
+      <c r="H232">
+        <v>2019</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>42</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1165</v>
+      </c>
+      <c r="M232" t="s">
+        <v>721</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1166</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C233" t="s">
+        <v>37</v>
+      </c>
+      <c r="D233" t="s">
+        <v>938</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>41</v>
+      </c>
+      <c r="H233">
+        <v>2014</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>42</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1170</v>
+      </c>
+      <c r="M233" t="s">
+        <v>721</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C234" t="s">
+        <v>37</v>
+      </c>
+      <c r="D234" t="s">
+        <v>938</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>21</v>
+      </c>
+      <c r="G234" t="s">
+        <v>41</v>
+      </c>
+      <c r="H234">
+        <v>2017</v>
+      </c>
+      <c r="I234"/>
+      <c r="J234" t="s">
+        <v>42</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1175</v>
+      </c>
+      <c r="M234" t="s">
+        <v>721</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C235" t="s">
+        <v>37</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>21</v>
+      </c>
+      <c r="G235" t="s">
+        <v>41</v>
+      </c>
+      <c r="H235">
+        <v>2017</v>
+      </c>
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>42</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M235" t="s">
+        <v>721</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C236" t="s">
+        <v>37</v>
+      </c>
+      <c r="D236" t="s">
+        <v>564</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>41</v>
+      </c>
+      <c r="H236">
+        <v>2018</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>92</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M236" t="s">
+        <v>782</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C237" t="s">
+        <v>37</v>
+      </c>
+      <c r="D237" t="s">
+        <v>564</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" t="s">
+        <v>41</v>
+      </c>
+      <c r="H237">
+        <v>2018</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>92</v>
+      </c>
+      <c r="K237" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M237" t="s">
+        <v>782</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C238" t="s">
+        <v>37</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2015</v>
+      </c>
+      <c r="I238">
+        <v>2020</v>
+      </c>
+      <c r="J238" t="s">
+        <v>92</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M238" t="s">
+        <v>782</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C239" t="s">
+        <v>37</v>
+      </c>
+      <c r="D239" t="s">
+        <v>932</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>41</v>
+      </c>
+      <c r="H239">
+        <v>2018</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>42</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M239" t="s">
+        <v>721</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C240" t="s">
+        <v>37</v>
+      </c>
+      <c r="D240" t="s">
+        <v>326</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2009</v>
+      </c>
+      <c r="I240">
+        <v>2013</v>
+      </c>
+      <c r="J240" t="s">
+        <v>92</v>
+      </c>
+      <c r="K240" t="s">
+        <v>326</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M240" t="s">
+        <v>782</v>
+      </c>
+      <c r="N240" t="s">
+        <v>328</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C241" t="s">
+        <v>37</v>
+      </c>
+      <c r="D241" t="s">
+        <v>334</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>41</v>
+      </c>
+      <c r="H241">
+        <v>2021</v>
+      </c>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>42</v>
+      </c>
+      <c r="K241" t="s">
+        <v>564</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M241" t="s">
+        <v>721</v>
+      </c>
+      <c r="N241" t="s">
+        <v>328</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C242" t="s">
+        <v>37</v>
+      </c>
+      <c r="D242" t="s">
+        <v>324</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>41</v>
+      </c>
+      <c r="H242">
+        <v>2021</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>42</v>
+      </c>
+      <c r="K242" t="s">
+        <v>564</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1217</v>
+      </c>
+      <c r="M242" t="s">
+        <v>721</v>
+      </c>
+      <c r="N242" t="s">
+        <v>328</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C243" t="s">
+        <v>37</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2011</v>
+      </c>
+      <c r="I243">
+        <v>2017</v>
+      </c>
+      <c r="J243" t="s">
+        <v>68</v>
+      </c>
+      <c r="K243" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1223</v>
+      </c>
+      <c r="M243" t="s">
+        <v>721</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1224</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C244" t="s">
+        <v>37</v>
+      </c>
+      <c r="D244" t="s">
+        <v>334</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" t="s">
+        <v>41</v>
+      </c>
+      <c r="H244">
+        <v>2021</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>42</v>
+      </c>
+      <c r="K244" t="s">
+        <v>564</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M244" t="s">
+        <v>721</v>
+      </c>
+      <c r="N244" t="s">
+        <v>328</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C245" t="s">
+        <v>37</v>
+      </c>
+      <c r="D245" t="s">
+        <v>336</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>41</v>
+      </c>
+      <c r="H245">
+        <v>2016</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>42</v>
+      </c>
+      <c r="K245" t="s">
+        <v>564</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1233</v>
+      </c>
+      <c r="M245" t="s">
+        <v>721</v>
+      </c>
+      <c r="N245" t="s">
+        <v>328</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C246" t="s">
+        <v>37</v>
+      </c>
+      <c r="D246" t="s">
+        <v>336</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>41</v>
+      </c>
+      <c r="H246">
+        <v>2009</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>42</v>
+      </c>
+      <c r="K246" t="s">
+        <v>564</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1238</v>
+      </c>
+      <c r="M246" t="s">
+        <v>721</v>
+      </c>
+      <c r="N246" t="s">
+        <v>328</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C247" t="s">
+        <v>37</v>
+      </c>
+      <c r="D247" t="s">
+        <v>336</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>41</v>
+      </c>
+      <c r="H247">
+        <v>2021</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>42</v>
+      </c>
+      <c r="K247" t="s">
+        <v>564</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M247" t="s">
+        <v>721</v>
+      </c>
+      <c r="N247" t="s">
+        <v>328</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C248" t="s">
+        <v>37</v>
+      </c>
+      <c r="D248" t="s">
+        <v>910</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>21</v>
+      </c>
+      <c r="G248" t="s">
+        <v>41</v>
+      </c>
+      <c r="H248">
+        <v>2016</v>
+      </c>
+      <c r="I248"/>
+      <c r="J248" t="s">
+        <v>68</v>
+      </c>
+      <c r="K248" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M248" t="s">
+        <v>721</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C249" t="s">
+        <v>37</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2016</v>
+      </c>
+      <c r="I249">
+        <v>2022</v>
+      </c>
+      <c r="J249" t="s">
+        <v>92</v>
+      </c>
+      <c r="K249" t="s">
+        <v>326</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1254</v>
+      </c>
+      <c r="M249" t="s">
+        <v>782</v>
+      </c>
+      <c r="N249" t="s">
+        <v>328</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1255</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C250" t="s">
+        <v>37</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" t="s">
+        <v>41</v>
+      </c>
+      <c r="H250">
+        <v>2013</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>42</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M250" t="s">
+        <v>721</v>
+      </c>
+      <c r="N250" t="s">
+        <v>328</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C251" t="s">
+        <v>37</v>
+      </c>
+      <c r="D251" t="s">
+        <v>279</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>41</v>
+      </c>
+      <c r="H251">
+        <v>2015</v>
+      </c>
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>68</v>
+      </c>
+      <c r="K251" t="s">
+        <v>175</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M251" t="s">
+        <v>721</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C252" t="s">
+        <v>37</v>
+      </c>
+      <c r="D252" t="s">
+        <v>217</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>1999</v>
+      </c>
+      <c r="I252">
+        <v>2016</v>
+      </c>
+      <c r="J252" t="s">
+        <v>42</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M252" t="s">
+        <v>721</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C253" t="s">
+        <v>37</v>
+      </c>
+      <c r="D253" t="s">
+        <v>217</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>1999</v>
+      </c>
+      <c r="I253">
+        <v>2016</v>
+      </c>
+      <c r="J253" t="s">
+        <v>181</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M253" t="s">
+        <v>721</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C254" t="s">
+        <v>37</v>
+      </c>
+      <c r="D254" t="s">
+        <v>279</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2013</v>
+      </c>
+      <c r="I254">
+        <v>2018</v>
+      </c>
+      <c r="J254" t="s">
+        <v>68</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M254" t="s">
+        <v>721</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C255" t="s">
+        <v>37</v>
+      </c>
+      <c r="D255" t="s">
+        <v>279</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2003</v>
+      </c>
+      <c r="I255">
+        <v>2015</v>
+      </c>
+      <c r="J255" t="s">
+        <v>68</v>
+      </c>
+      <c r="K255" t="s">
+        <v>175</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1284</v>
+      </c>
+      <c r="M255" t="s">
+        <v>721</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C256" t="s">
+        <v>37</v>
+      </c>
+      <c r="D256" t="s">
+        <v>187</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
+        <v>2002</v>
+      </c>
+      <c r="I256">
+        <v>2012</v>
+      </c>
+      <c r="J256" t="s">
+        <v>68</v>
+      </c>
+      <c r="K256" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M256" t="s">
+        <v>721</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C257" t="s">
+        <v>37</v>
+      </c>
+      <c r="D257" t="s">
+        <v>348</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>41</v>
+      </c>
+      <c r="H257">
+        <v>2015</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>68</v>
+      </c>
+      <c r="K257" t="s">
+        <v>175</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M257" t="s">
+        <v>721</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C258" t="s">
+        <v>37</v>
+      </c>
+      <c r="D258" t="s">
+        <v>112</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>41</v>
+      </c>
+      <c r="H258">
+        <v>2009</v>
+      </c>
+      <c r="I258">
+        <v>2016</v>
+      </c>
+      <c r="J258" t="s">
+        <v>42</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M258" t="s">
+        <v>721</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C259" t="s">
+        <v>37</v>
+      </c>
+      <c r="D259" t="s">
+        <v>85</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>41</v>
+      </c>
+      <c r="H259">
+        <v>2019</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>42</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M259" t="s">
+        <v>721</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C260" t="s">
+        <v>37</v>
+      </c>
+      <c r="D260" t="s">
+        <v>428</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>41</v>
+      </c>
+      <c r="H260">
+        <v>2020</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>42</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1309</v>
+      </c>
+      <c r="M260" t="s">
+        <v>721</v>
+      </c>
+      <c r="N260" t="s">
+        <v>403</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C261" t="s">
+        <v>37</v>
+      </c>
+      <c r="D261" t="s">
+        <v>267</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2003</v>
+      </c>
+      <c r="I261">
+        <v>2013</v>
+      </c>
+      <c r="J261" t="s">
+        <v>68</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" t="s">
+        <v>268</v>
+      </c>
+      <c r="M261" t="s">
+        <v>721</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1314</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C262" t="s">
+        <v>37</v>
+      </c>
+      <c r="D262" t="s">
+        <v>118</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
+        <v>2014</v>
+      </c>
+      <c r="I262">
+        <v>2017</v>
+      </c>
+      <c r="J262" t="s">
+        <v>181</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1318</v>
+      </c>
+      <c r="M262" t="s">
+        <v>721</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1319</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C263" t="s">
+        <v>37</v>
+      </c>
+      <c r="D263" t="s">
+        <v>805</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2014</v>
+      </c>
+      <c r="I263">
+        <v>2018</v>
+      </c>
+      <c r="J263" t="s">
+        <v>68</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1323</v>
+      </c>
+      <c r="M263" t="s">
+        <v>721</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1324</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C264" t="s">
+        <v>37</v>
+      </c>
+      <c r="D264" t="s">
+        <v>118</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2014</v>
+      </c>
+      <c r="I264">
+        <v>2015</v>
+      </c>
+      <c r="J264" t="s">
+        <v>68</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1328</v>
+      </c>
+      <c r="M264" t="s">
+        <v>721</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1329</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C265" t="s">
+        <v>37</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>2008</v>
+      </c>
+      <c r="I265">
+        <v>2018</v>
+      </c>
+      <c r="J265" t="s">
+        <v>68</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1333</v>
+      </c>
+      <c r="M265" t="s">
+        <v>721</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C266" t="s">
+        <v>37</v>
+      </c>
+      <c r="D266" t="s">
+        <v>324</v>
+      </c>
+      <c r="E266" t="s">
+        <v>39</v>
+      </c>
+      <c r="F266" t="s">
+        <v>40</v>
+      </c>
+      <c r="G266" t="s">
+        <v>41</v>
+      </c>
+      <c r="H266">
+        <v>2020</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>92</v>
+      </c>
+      <c r="K266" t="s">
+        <v>326</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N266" t="s">
+        <v>328</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B267"/>
+      <c r="C267" t="s">
+        <v>37</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E267" t="s">
+        <v>39</v>
+      </c>
+      <c r="F267" t="s">
+        <v>40</v>
+      </c>
+      <c r="G267" t="s">
+        <v>41</v>
+      </c>
+      <c r="H267">
+        <v>2021</v>
+      </c>
+      <c r="I267"/>
+      <c r="J267" t="s">
+        <v>92</v>
+      </c>
+      <c r="K267" t="s">
+        <v>326</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N267" t="s">
+        <v>328</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>21</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+      <c r="H268">
+        <v>2012</v>
+      </c>
+      <c r="I268">
+        <v>2020</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D269" t="s">
+        <v>32</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2017</v>
+      </c>
+      <c r="I269">
+        <v>2021</v>
+      </c>
+      <c r="J269" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1357</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>41</v>
+      </c>
+      <c r="H270">
+        <v>2018</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K270" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
+        <v>2010</v>
+      </c>
+      <c r="I271">
+        <v>2014</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K271" t="s">
+        <v>24</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1368</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D272" t="s">
+        <v>112</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2014</v>
+      </c>
+      <c r="I272">
+        <v>2020</v>
+      </c>
+      <c r="J272" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272"/>
+      <c r="M272" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>2013</v>
+      </c>
+      <c r="I273">
+        <v>2020</v>
+      </c>
+      <c r="J273" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K273" t="s">
+        <v>24</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1377</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1378</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D274" t="s">
+        <v>932</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>21</v>
+      </c>
+      <c r="G274" t="s">
+        <v>41</v>
+      </c>
+      <c r="H274">
+        <v>2019</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274"/>
+      <c r="M274" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>2014</v>
+      </c>
+      <c r="I275">
+        <v>2020</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K275" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275"/>
+      <c r="M275" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D276" t="s">
+        <v>279</v>
+      </c>
+      <c r="E276" t="s">
+        <v>20</v>
+      </c>
+      <c r="F276" t="s">
+        <v>21</v>
+      </c>
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2010</v>
+      </c>
+      <c r="I276">
+        <v>2018</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1390</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1391</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D277" t="s">
+        <v>273</v>
+      </c>
+      <c r="E277" t="s">
+        <v>20</v>
+      </c>
+      <c r="F277" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
+        <v>2014</v>
+      </c>
+      <c r="I277">
+        <v>2019</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277"/>
+      <c r="M277" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D278" t="s">
+        <v>296</v>
+      </c>
+      <c r="E278" t="s">
+        <v>20</v>
+      </c>
+      <c r="F278" t="s">
+        <v>21</v>
+      </c>
+      <c r="G278" t="s">
+        <v>22</v>
+      </c>
+      <c r="H278">
+        <v>2017</v>
+      </c>
+      <c r="I278">
+        <v>2020</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1362</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278"/>
+      <c r="M278" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1399</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D279" t="s">
+        <v>187</v>
+      </c>
+      <c r="E279" t="s">
+        <v>20</v>
+      </c>
+      <c r="F279" t="s">
+        <v>21</v>
+      </c>
+      <c r="G279" t="s">
+        <v>22</v>
+      </c>
+      <c r="H279">
+        <v>2009</v>
+      </c>
+      <c r="I279">
+        <v>2019</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K279" t="s">
+        <v>251</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1403</v>
+      </c>
+      <c r="M279" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1404</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D280" t="s">
+        <v>235</v>
+      </c>
+      <c r="E280" t="s">
+        <v>20</v>
+      </c>
+      <c r="F280" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" t="s">
+        <v>22</v>
+      </c>
+      <c r="H280">
+        <v>2016</v>
+      </c>
+      <c r="I280">
+        <v>2020</v>
+      </c>
+      <c r="J280" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1408</v>
+      </c>
+      <c r="M280" t="s">
+        <v>1351</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1409</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C281" t="s">
+        <v>37</v>
+      </c>
+      <c r="D281" t="s">
+        <v>74</v>
+      </c>
+      <c r="E281" t="s">
+        <v>39</v>
+      </c>
+      <c r="F281" t="s">
+        <v>500</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2018</v>
+      </c>
+      <c r="I281">
+        <v>2024</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>721</v>
+      </c>
+      <c r="N281" t="s">
+        <v>45</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>40</v>
+      </c>
+      <c r="G282" t="s">
+        <v>22</v>
+      </c>
+      <c r="H282">
+        <v>2010</v>
+      </c>
+      <c r="I282">
+        <v>2017</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K282" t="s">
+        <v>326</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N282" t="s">
+        <v>328</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C283" t="s">
+        <v>364</v>
+      </c>
+      <c r="D283" t="s">
+        <v>747</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>21</v>
+      </c>
+      <c r="G283" t="s">
+        <v>41</v>
+      </c>
+      <c r="H283">
+        <v>2015</v>
+      </c>
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K283" t="s">
+        <v>564</v>
+      </c>
+      <c r="L283" t="s">
         <v>681</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J217" t="s">
+      <c r="M283" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1427</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B284" t="s">
+        <v>719</v>
+      </c>
+      <c r="C284" t="s">
+        <v>364</v>
+      </c>
+      <c r="D284" t="s">
+        <v>719</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
         <v>21</v>
       </c>
-      <c r="K217" t="s">
-[...38 lines deleted...]
-      <c r="J218" t="s">
+      <c r="G284" t="s">
+        <v>41</v>
+      </c>
+      <c r="H284">
+        <v>2015</v>
+      </c>
+      <c r="I284"/>
+      <c r="J284" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K284" t="s">
+        <v>564</v>
+      </c>
+      <c r="L284" t="s">
+        <v>681</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1429</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C285" t="s">
+        <v>364</v>
+      </c>
+      <c r="D285" t="s">
+        <v>348</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
         <v>21</v>
       </c>
-      <c r="K218" t="s">
-[...38 lines deleted...]
-      <c r="J219" t="s">
+      <c r="G285" t="s">
+        <v>41</v>
+      </c>
+      <c r="H285">
+        <v>2015</v>
+      </c>
+      <c r="I285"/>
+      <c r="J285" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K285" t="s">
+        <v>1431</v>
+      </c>
+      <c r="L285" t="s">
+        <v>681</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C286" t="s">
+        <v>364</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
         <v>21</v>
       </c>
-      <c r="K219" t="s">
-[...38 lines deleted...]
-      <c r="J220" t="s">
+      <c r="G286" t="s">
+        <v>41</v>
+      </c>
+      <c r="H286">
+        <v>2015</v>
+      </c>
+      <c r="I286"/>
+      <c r="J286" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K286" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286"/>
+      <c r="M286" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C287" t="s">
+        <v>364</v>
+      </c>
+      <c r="D287" t="s">
+        <v>267</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
         <v>21</v>
       </c>
-      <c r="K220" t="s">
-[...2850 lines deleted...]
-        <v>2015</v>
+      <c r="G287" t="s">
+        <v>22</v>
       </c>
       <c r="H287">
         <v>2015</v>
       </c>
-      <c r="I287" t="s">
-        <v>886</v>
+      <c r="I287">
+        <v>2015</v>
       </c>
       <c r="J287" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K287" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287" t="s">
+        <v>681</v>
+      </c>
+      <c r="M287" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1437</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C288" t="s">
+        <v>364</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
         <v>21</v>
       </c>
-      <c r="K287" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G288" t="s">
+        <v>22</v>
       </c>
       <c r="H288">
         <v>2015</v>
       </c>
-      <c r="I288" t="s">
-        <v>886</v>
+      <c r="I288">
+        <v>2015</v>
       </c>
       <c r="J288" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K288" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288" t="s">
+        <v>681</v>
+      </c>
+      <c r="M288" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1440</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C289" t="s">
+        <v>364</v>
+      </c>
+      <c r="D289" t="s">
+        <v>187</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
         <v>21</v>
       </c>
-      <c r="K288" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G289" t="s">
+        <v>22</v>
       </c>
       <c r="H289">
         <v>2015</v>
       </c>
-      <c r="I289" t="s">
-        <v>886</v>
+      <c r="I289">
+        <v>2015</v>
       </c>
       <c r="J289" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" t="s">
+        <v>681</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1442</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D290" t="s">
+        <v>32</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
         <v>21</v>
       </c>
-      <c r="K289" t="s">
-[...31 lines deleted...]
-      <c r="G290">
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
         <v>1994</v>
       </c>
-      <c r="H290">
+      <c r="I290">
         <v>2020</v>
       </c>
-      <c r="I290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J290" t="s">
+        <v>68</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1447</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1448</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D291" t="s">
+        <v>296</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
         <v>21</v>
       </c>
-      <c r="K290" t="s">
-[...31 lines deleted...]
-      <c r="G291">
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291">
         <v>2001</v>
       </c>
-      <c r="H291">
+      <c r="I291">
         <v>2019</v>
       </c>
-      <c r="I291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J291" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K291" t="s">
-        <v>904</v>
+        <v>24</v>
       </c>
       <c r="L291" t="s">
-        <v>901</v>
+        <v>1452</v>
       </c>
       <c r="M291" t="s">
-        <v>24</v>
+        <v>1447</v>
       </c>
       <c r="N291" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1453</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>906</v>
+        <v>1455</v>
       </c>
       <c r="B292" t="s">
-        <v>907</v>
+        <v>1456</v>
       </c>
       <c r="C292" t="s">
-        <v>223</v>
+        <v>1457</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>324</v>
       </c>
       <c r="E292" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F292" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G292">
+        <v>40</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292">
         <v>2008</v>
       </c>
-      <c r="H292">
+      <c r="I292">
         <v>2015</v>
       </c>
-      <c r="I292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J292" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="K292" t="s">
+        <v>326</v>
+      </c>
+      <c r="L292"/>
       <c r="M292" t="s">
-        <v>227</v>
+        <v>1458</v>
       </c>
       <c r="N292" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:14">
+        <v>328</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1459</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>910</v>
+        <v>1461</v>
       </c>
       <c r="B293" t="s">
-        <v>907</v>
+        <v>1462</v>
       </c>
       <c r="C293" t="s">
-        <v>231</v>
+        <v>1457</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>334</v>
       </c>
       <c r="E293" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F293" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G293">
+        <v>40</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293">
         <v>2008</v>
       </c>
-      <c r="H293">
+      <c r="I293">
         <v>2015</v>
       </c>
-      <c r="I293" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J293" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="K293" t="s">
+        <v>326</v>
+      </c>
+      <c r="L293"/>
       <c r="M293" t="s">
-        <v>227</v>
+        <v>1458</v>
       </c>
       <c r="N293" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:14">
+        <v>328</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1463</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>912</v>
+        <v>1465</v>
       </c>
       <c r="B294" t="s">
-        <v>907</v>
+        <v>1466</v>
       </c>
       <c r="C294" t="s">
-        <v>913</v>
+        <v>1457</v>
       </c>
       <c r="D294" t="s">
-        <v>17</v>
+        <v>1467</v>
       </c>
       <c r="E294" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F294" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G294">
+        <v>40</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
         <v>2008</v>
       </c>
-      <c r="H294">
+      <c r="I294">
         <v>2015</v>
       </c>
-      <c r="I294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J294" t="s">
-        <v>225</v>
-[...4 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="K294" t="s">
+        <v>326</v>
+      </c>
+      <c r="L294"/>
       <c r="M294" t="s">
-        <v>227</v>
+        <v>1458</v>
       </c>
       <c r="N294" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:14">
+        <v>328</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1468</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>915</v>
+        <v>1470</v>
       </c>
       <c r="B295" t="s">
-        <v>916</v>
+        <v>1471</v>
       </c>
       <c r="C295" t="s">
-        <v>190</v>
+        <v>1472</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>273</v>
       </c>
       <c r="E295" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F295" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G295">
+        <v>500</v>
+      </c>
+      <c r="G295" t="s">
+        <v>41</v>
+      </c>
+      <c r="H295">
         <v>2011</v>
       </c>
-      <c r="H295"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I295"/>
       <c r="J295" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="K295" t="s">
+        <v>24</v>
+      </c>
+      <c r="L295"/>
       <c r="M295" t="s">
-        <v>24</v>
+        <v>1473</v>
       </c>
       <c r="N295" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1474</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>919</v>
+        <v>1476</v>
       </c>
       <c r="B296" t="s">
-        <v>30</v>
+        <v>1477</v>
       </c>
       <c r="C296" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="D296" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="E296" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F296" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G296">
+        <v>500</v>
+      </c>
+      <c r="G296" t="s">
+        <v>549</v>
+      </c>
+      <c r="H296">
         <v>1989</v>
       </c>
-      <c r="H296">
+      <c r="I296">
         <v>2016</v>
       </c>
-      <c r="I296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J296" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K296" t="s">
-        <v>920</v>
+        <v>24</v>
       </c>
       <c r="L296" t="s">
-        <v>921</v>
+        <v>1478</v>
       </c>
       <c r="M296" t="s">
-        <v>24</v>
+        <v>1479</v>
       </c>
       <c r="N296" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1480</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>923</v>
+        <v>1482</v>
       </c>
       <c r="B297" t="s">
-        <v>30</v>
+        <v>1483</v>
       </c>
       <c r="C297" t="s">
-        <v>186</v>
+        <v>37</v>
       </c>
       <c r="D297" t="s">
-        <v>32</v>
+        <v>267</v>
       </c>
       <c r="E297" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F297" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G297">
+        <v>500</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297">
         <v>1989</v>
       </c>
-      <c r="H297">
+      <c r="I297">
         <v>2013</v>
       </c>
-      <c r="I297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J297" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K297" t="s">
-        <v>187</v>
+        <v>24</v>
       </c>
       <c r="L297" t="s">
+        <v>268</v>
+      </c>
+      <c r="M297" t="s">
+        <v>44</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1484</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C298" t="s">
         <v>37</v>
       </c>
-      <c r="M297" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D298" t="s">
-        <v>32</v>
+        <v>1488</v>
       </c>
       <c r="E298" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F298" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G298">
+        <v>500</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298">
+        <v>1989</v>
+      </c>
+      <c r="I298">
+        <v>2021</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K298" t="s">
+        <v>24</v>
+      </c>
+      <c r="L298" t="s">
+        <v>1490</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1491</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1492</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C299" t="s">
+        <v>37</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E299" t="s">
+        <v>39</v>
+      </c>
+      <c r="F299" t="s">
+        <v>500</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
+      </c>
+      <c r="H299">
+        <v>1999</v>
+      </c>
+      <c r="I299">
+        <v>2022</v>
+      </c>
+      <c r="J299" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K299" t="s">
+        <v>24</v>
+      </c>
+      <c r="L299"/>
+      <c r="M299" t="s">
+        <v>1491</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P299" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
+      <c r="A300" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C300" t="s">
+        <v>37</v>
+      </c>
+      <c r="D300" t="s">
+        <v>74</v>
+      </c>
+      <c r="E300" t="s">
+        <v>39</v>
+      </c>
+      <c r="F300" t="s">
+        <v>500</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300">
+        <v>2002</v>
+      </c>
+      <c r="I300">
+        <v>2021</v>
+      </c>
+      <c r="J300" t="s">
+        <v>42</v>
+      </c>
+      <c r="K300" t="s">
+        <v>24</v>
+      </c>
+      <c r="L300" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M300" t="s">
+        <v>44</v>
+      </c>
+      <c r="N300" t="s">
+        <v>45</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1502</v>
+      </c>
+      <c r="P300" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C301" t="s">
+        <v>37</v>
+      </c>
+      <c r="D301" t="s">
+        <v>273</v>
+      </c>
+      <c r="E301" t="s">
+        <v>39</v>
+      </c>
+      <c r="F301" t="s">
+        <v>500</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>2003</v>
+      </c>
+      <c r="I301">
+        <v>2013</v>
+      </c>
+      <c r="J301" t="s">
+        <v>68</v>
+      </c>
+      <c r="K301" t="s">
+        <v>24</v>
+      </c>
+      <c r="L301" t="s">
+        <v>1506</v>
+      </c>
+      <c r="M301" t="s">
+        <v>44</v>
+      </c>
+      <c r="N301" t="s">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1507</v>
+      </c>
+      <c r="P301" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C302" t="s">
+        <v>37</v>
+      </c>
+      <c r="D302" t="s">
+        <v>210</v>
+      </c>
+      <c r="E302" t="s">
+        <v>39</v>
+      </c>
+      <c r="F302" t="s">
+        <v>500</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
+      </c>
+      <c r="H302">
+        <v>2009</v>
+      </c>
+      <c r="I302">
+        <v>2020</v>
+      </c>
+      <c r="J302" t="s">
+        <v>68</v>
+      </c>
+      <c r="K302" t="s">
+        <v>24</v>
+      </c>
+      <c r="L302" t="s">
+        <v>1511</v>
+      </c>
+      <c r="M302" t="s">
+        <v>44</v>
+      </c>
+      <c r="N302" t="s">
+        <v>45</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1512</v>
+      </c>
+      <c r="P302" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C303" t="s">
+        <v>37</v>
+      </c>
+      <c r="D303" t="s">
+        <v>273</v>
+      </c>
+      <c r="E303" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" t="s">
+        <v>500</v>
+      </c>
+      <c r="G303" t="s">
+        <v>22</v>
+      </c>
+      <c r="H303">
+        <v>2003</v>
+      </c>
+      <c r="I303">
+        <v>2014</v>
+      </c>
+      <c r="J303" t="s">
+        <v>68</v>
+      </c>
+      <c r="K303" t="s">
+        <v>24</v>
+      </c>
+      <c r="L303" t="s">
+        <v>1516</v>
+      </c>
+      <c r="M303" t="s">
+        <v>44</v>
+      </c>
+      <c r="N303" t="s">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1517</v>
+      </c>
+      <c r="P303" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C304" t="s">
+        <v>37</v>
+      </c>
+      <c r="D304" t="s">
+        <v>62</v>
+      </c>
+      <c r="E304" t="s">
+        <v>39</v>
+      </c>
+      <c r="F304" t="s">
+        <v>500</v>
+      </c>
+      <c r="G304" t="s">
+        <v>22</v>
+      </c>
+      <c r="H304">
+        <v>2005</v>
+      </c>
+      <c r="I304">
+        <v>2005</v>
+      </c>
+      <c r="J304" t="s">
+        <v>68</v>
+      </c>
+      <c r="K304" t="s">
+        <v>24</v>
+      </c>
+      <c r="L304" t="s">
+        <v>63</v>
+      </c>
+      <c r="M304" t="s">
+        <v>44</v>
+      </c>
+      <c r="N304" t="s">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1520</v>
+      </c>
+      <c r="P304" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
+      <c r="A305" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C305" t="s">
+        <v>37</v>
+      </c>
+      <c r="D305" t="s">
+        <v>235</v>
+      </c>
+      <c r="E305" t="s">
+        <v>39</v>
+      </c>
+      <c r="F305" t="s">
+        <v>500</v>
+      </c>
+      <c r="G305" t="s">
+        <v>22</v>
+      </c>
+      <c r="H305">
+        <v>1989</v>
+      </c>
+      <c r="I305">
         <v>2018</v>
       </c>
-      <c r="H298"/>
-[...53 lines deleted...]
-      <c r="L299" t="s">
+      <c r="J305" t="s">
+        <v>68</v>
+      </c>
+      <c r="K305" t="s">
+        <v>24</v>
+      </c>
+      <c r="L305" t="s">
+        <v>164</v>
+      </c>
+      <c r="M305" t="s">
+        <v>44</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1524</v>
+      </c>
+      <c r="P305" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1526</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C306" t="s">
         <v>37</v>
       </c>
-      <c r="M299" t="s">
-[...28 lines deleted...]
-      <c r="H300">
+      <c r="D306" t="s">
+        <v>85</v>
+      </c>
+      <c r="E306" t="s">
+        <v>39</v>
+      </c>
+      <c r="F306" t="s">
+        <v>500</v>
+      </c>
+      <c r="G306" t="s">
+        <v>22</v>
+      </c>
+      <c r="H306">
+        <v>2004</v>
+      </c>
+      <c r="I306">
+        <v>2017</v>
+      </c>
+      <c r="J306" t="s">
+        <v>68</v>
+      </c>
+      <c r="K306" t="s">
+        <v>24</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1528</v>
+      </c>
+      <c r="M306" t="s">
+        <v>44</v>
+      </c>
+      <c r="N306" t="s">
+        <v>27</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1529</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B307" t="s">
+        <v>853</v>
+      </c>
+      <c r="C307" t="s">
+        <v>37</v>
+      </c>
+      <c r="D307" t="s">
+        <v>229</v>
+      </c>
+      <c r="E307" t="s">
+        <v>39</v>
+      </c>
+      <c r="F307" t="s">
+        <v>500</v>
+      </c>
+      <c r="G307" t="s">
+        <v>22</v>
+      </c>
+      <c r="H307">
+        <v>2010</v>
+      </c>
+      <c r="I307">
         <v>2021</v>
       </c>
-      <c r="I300" t="s">
-[...52 lines deleted...]
-      <c r="L301" t="s">
+      <c r="J307" t="s">
+        <v>42</v>
+      </c>
+      <c r="K307" t="s">
+        <v>24</v>
+      </c>
+      <c r="L307" t="s">
+        <v>1532</v>
+      </c>
+      <c r="M307" t="s">
+        <v>44</v>
+      </c>
+      <c r="N307" t="s">
+        <v>45</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1533</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C308" t="s">
         <v>37</v>
       </c>
-      <c r="M301" t="s">
-[...277 lines deleted...]
-      </c>
       <c r="D308" t="s">
-        <v>32</v>
+        <v>657</v>
       </c>
       <c r="E308" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F308" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>500</v>
+      </c>
+      <c r="G308" t="s">
+        <v>22</v>
       </c>
       <c r="H308">
         <v>2005</v>
       </c>
-      <c r="I308" t="s">
-        <v>53</v>
+      <c r="I308">
+        <v>2011</v>
       </c>
       <c r="J308" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K308" t="s">
-        <v>631</v>
+        <v>24</v>
       </c>
       <c r="L308" t="s">
+        <v>759</v>
+      </c>
+      <c r="M308" t="s">
+        <v>44</v>
+      </c>
+      <c r="N308" t="s">
+        <v>45</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1537</v>
+      </c>
+      <c r="P308" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C309" t="s">
         <v>37</v>
       </c>
-      <c r="M308" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D309" t="s">
-        <v>32</v>
+        <v>223</v>
       </c>
       <c r="E309" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F309" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G309">
+        <v>500</v>
+      </c>
+      <c r="G309" t="s">
+        <v>22</v>
+      </c>
+      <c r="H309">
+        <v>2006</v>
+      </c>
+      <c r="I309">
+        <v>2024</v>
+      </c>
+      <c r="J309" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K309" t="s">
+        <v>24</v>
+      </c>
+      <c r="L309" t="s">
+        <v>1541</v>
+      </c>
+      <c r="M309" t="s">
+        <v>44</v>
+      </c>
+      <c r="N309" t="s">
+        <v>45</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1542</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C310" t="s">
+        <v>37</v>
+      </c>
+      <c r="D310" t="s">
+        <v>273</v>
+      </c>
+      <c r="E310" t="s">
+        <v>20</v>
+      </c>
+      <c r="F310" t="s">
+        <v>500</v>
+      </c>
+      <c r="G310" t="s">
+        <v>22</v>
+      </c>
+      <c r="H310">
+        <v>2003</v>
+      </c>
+      <c r="I310">
+        <v>2017</v>
+      </c>
+      <c r="J310" t="s">
+        <v>68</v>
+      </c>
+      <c r="K310" t="s">
+        <v>24</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1546</v>
+      </c>
+      <c r="M310" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N310" t="s">
+        <v>27</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1548</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C311" t="s">
+        <v>37</v>
+      </c>
+      <c r="D311" t="s">
+        <v>174</v>
+      </c>
+      <c r="E311" t="s">
+        <v>39</v>
+      </c>
+      <c r="F311" t="s">
+        <v>500</v>
+      </c>
+      <c r="G311" t="s">
+        <v>22</v>
+      </c>
+      <c r="H311">
+        <v>2006</v>
+      </c>
+      <c r="I311">
+        <v>2016</v>
+      </c>
+      <c r="J311" t="s">
+        <v>68</v>
+      </c>
+      <c r="K311" t="s">
+        <v>175</v>
+      </c>
+      <c r="L311" t="s">
+        <v>1552</v>
+      </c>
+      <c r="M311" t="s">
+        <v>44</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1553</v>
+      </c>
+      <c r="P311" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C312" t="s">
+        <v>37</v>
+      </c>
+      <c r="D312" t="s">
+        <v>546</v>
+      </c>
+      <c r="E312" t="s">
+        <v>39</v>
+      </c>
+      <c r="F312" t="s">
+        <v>500</v>
+      </c>
+      <c r="G312" t="s">
+        <v>22</v>
+      </c>
+      <c r="H312">
+        <v>2007</v>
+      </c>
+      <c r="I312">
+        <v>2014</v>
+      </c>
+      <c r="J312" t="s">
+        <v>68</v>
+      </c>
+      <c r="K312" t="s">
+        <v>24</v>
+      </c>
+      <c r="L312" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M312" t="s">
+        <v>44</v>
+      </c>
+      <c r="N312" t="s">
+        <v>45</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1557</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B313" t="s">
+        <v>830</v>
+      </c>
+      <c r="C313" t="s">
+        <v>37</v>
+      </c>
+      <c r="D313" t="s">
+        <v>56</v>
+      </c>
+      <c r="E313" t="s">
+        <v>39</v>
+      </c>
+      <c r="F313" t="s">
+        <v>500</v>
+      </c>
+      <c r="G313" t="s">
+        <v>22</v>
+      </c>
+      <c r="H313">
+        <v>2008</v>
+      </c>
+      <c r="I313">
+        <v>2008</v>
+      </c>
+      <c r="J313" t="s">
+        <v>68</v>
+      </c>
+      <c r="K313" t="s">
+        <v>24</v>
+      </c>
+      <c r="L313" t="s">
+        <v>182</v>
+      </c>
+      <c r="M313" t="s">
+        <v>44</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1560</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B314" t="s">
+        <v>786</v>
+      </c>
+      <c r="C314" t="s">
+        <v>37</v>
+      </c>
+      <c r="D314" t="s">
+        <v>235</v>
+      </c>
+      <c r="E314" t="s">
+        <v>39</v>
+      </c>
+      <c r="F314" t="s">
+        <v>500</v>
+      </c>
+      <c r="G314" t="s">
+        <v>22</v>
+      </c>
+      <c r="H314">
         <v>1989</v>
       </c>
-      <c r="H309">
-[...11 lines deleted...]
-      <c r="L309" t="s">
+      <c r="I314">
+        <v>2020</v>
+      </c>
+      <c r="J314" t="s">
+        <v>42</v>
+      </c>
+      <c r="K314" t="s">
+        <v>24</v>
+      </c>
+      <c r="L314" t="s">
+        <v>1563</v>
+      </c>
+      <c r="M314" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N314" t="s">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E315" t="s">
+        <v>39</v>
+      </c>
+      <c r="F315" t="s">
+        <v>500</v>
+      </c>
+      <c r="G315" t="s">
+        <v>22</v>
+      </c>
+      <c r="H315">
+        <v>2008</v>
+      </c>
+      <c r="I315">
+        <v>2024</v>
+      </c>
+      <c r="J315" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K315" t="s">
+        <v>24</v>
+      </c>
+      <c r="L315" t="s">
+        <v>1570</v>
+      </c>
+      <c r="M315" t="s">
+        <v>1491</v>
+      </c>
+      <c r="N315" t="s">
+        <v>1571</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P315" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
+      <c r="A316" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C316" t="s">
         <v>37</v>
       </c>
-      <c r="M309" t="s">
-[...40 lines deleted...]
-      <c r="L310" t="s">
+      <c r="D316" t="s">
+        <v>38</v>
+      </c>
+      <c r="E316" t="s">
+        <v>39</v>
+      </c>
+      <c r="F316" t="s">
+        <v>500</v>
+      </c>
+      <c r="G316" t="s">
+        <v>22</v>
+      </c>
+      <c r="H316">
+        <v>2008</v>
+      </c>
+      <c r="I316">
+        <v>2008</v>
+      </c>
+      <c r="J316" t="s">
+        <v>68</v>
+      </c>
+      <c r="K316" t="s">
+        <v>24</v>
+      </c>
+      <c r="L316" t="s">
+        <v>43</v>
+      </c>
+      <c r="M316" t="s">
+        <v>44</v>
+      </c>
+      <c r="N316" t="s">
+        <v>45</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1576</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C317" t="s">
         <v>37</v>
       </c>
-      <c r="M310" t="s">
-[...40 lines deleted...]
-      <c r="L311" t="s">
+      <c r="D317" t="s">
+        <v>187</v>
+      </c>
+      <c r="E317" t="s">
+        <v>39</v>
+      </c>
+      <c r="F317" t="s">
+        <v>500</v>
+      </c>
+      <c r="G317" t="s">
+        <v>22</v>
+      </c>
+      <c r="H317">
+        <v>2008</v>
+      </c>
+      <c r="I317">
+        <v>2011</v>
+      </c>
+      <c r="J317" t="s">
+        <v>68</v>
+      </c>
+      <c r="K317" t="s">
+        <v>24</v>
+      </c>
+      <c r="L317" t="s">
+        <v>188</v>
+      </c>
+      <c r="M317" t="s">
+        <v>44</v>
+      </c>
+      <c r="N317" t="s">
+        <v>27</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1580</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C318" t="s">
         <v>37</v>
       </c>
-      <c r="M311" t="s">
-[...279 lines deleted...]
-      </c>
       <c r="D318" t="s">
-        <v>32</v>
+        <v>193</v>
       </c>
       <c r="E318" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F318" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>500</v>
+      </c>
+      <c r="G318" t="s">
+        <v>22</v>
       </c>
       <c r="H318">
         <v>2008</v>
       </c>
-      <c r="I318" t="s">
-        <v>53</v>
+      <c r="I318">
+        <v>2016</v>
       </c>
       <c r="J318" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K318" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="L318" t="s">
+        <v>1584</v>
+      </c>
+      <c r="M318" t="s">
+        <v>44</v>
+      </c>
+      <c r="N318" t="s">
+        <v>27</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C319" t="s">
         <v>37</v>
       </c>
-      <c r="M318" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D319" t="s">
-        <v>32</v>
+        <v>296</v>
       </c>
       <c r="E319" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F319" t="s">
+        <v>500</v>
+      </c>
+      <c r="G319" t="s">
+        <v>22</v>
+      </c>
+      <c r="H319">
+        <v>2010</v>
+      </c>
+      <c r="I319">
+        <v>2015</v>
+      </c>
+      <c r="J319" t="s">
+        <v>68</v>
+      </c>
+      <c r="K319" t="s">
+        <v>24</v>
+      </c>
+      <c r="L319" t="s">
+        <v>297</v>
+      </c>
+      <c r="M319" t="s">
+        <v>44</v>
+      </c>
+      <c r="N319" t="s">
+        <v>27</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1588</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C320" t="s">
+        <v>37</v>
+      </c>
+      <c r="D320" t="s">
+        <v>348</v>
+      </c>
+      <c r="E320" t="s">
+        <v>39</v>
+      </c>
+      <c r="F320" t="s">
+        <v>500</v>
+      </c>
+      <c r="G320" t="s">
+        <v>41</v>
+      </c>
+      <c r="H320">
+        <v>2010</v>
+      </c>
+      <c r="I320">
+        <v>2021</v>
+      </c>
+      <c r="J320" t="s">
+        <v>42</v>
+      </c>
+      <c r="K320" t="s">
+        <v>175</v>
+      </c>
+      <c r="L320" t="s">
+        <v>1592</v>
+      </c>
+      <c r="M320" t="s">
+        <v>44</v>
+      </c>
+      <c r="N320" t="s">
+        <v>45</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1593</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C321" t="s">
+        <v>37</v>
+      </c>
+      <c r="D321" t="s">
+        <v>348</v>
+      </c>
+      <c r="E321" t="s">
+        <v>39</v>
+      </c>
+      <c r="F321" t="s">
+        <v>500</v>
+      </c>
+      <c r="G321" t="s">
+        <v>41</v>
+      </c>
+      <c r="H321">
+        <v>2010</v>
+      </c>
+      <c r="I321"/>
+      <c r="J321" t="s">
+        <v>68</v>
+      </c>
+      <c r="K321" t="s">
+        <v>24</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1597</v>
+      </c>
+      <c r="M321" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N321" t="s">
+        <v>45</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1598</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C322" t="s">
+        <v>37</v>
+      </c>
+      <c r="D322" t="s">
         <v>19</v>
       </c>
-      <c r="G319">
+      <c r="E322" t="s">
+        <v>39</v>
+      </c>
+      <c r="F322" t="s">
+        <v>500</v>
+      </c>
+      <c r="G322" t="s">
+        <v>22</v>
+      </c>
+      <c r="H322">
         <v>1989</v>
       </c>
-      <c r="H319">
+      <c r="I322">
+        <v>2016</v>
+      </c>
+      <c r="J322" t="s">
+        <v>68</v>
+      </c>
+      <c r="K322" t="s">
+        <v>24</v>
+      </c>
+      <c r="L322" t="s">
+        <v>99</v>
+      </c>
+      <c r="M322" t="s">
+        <v>44</v>
+      </c>
+      <c r="N322" t="s">
+        <v>27</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1602</v>
+      </c>
+      <c r="P322" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C323" t="s">
+        <v>37</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E323" t="s">
+        <v>39</v>
+      </c>
+      <c r="F323" t="s">
+        <v>500</v>
+      </c>
+      <c r="G323" t="s">
+        <v>22</v>
+      </c>
+      <c r="H323">
+        <v>2010</v>
+      </c>
+      <c r="I323">
+        <v>2021</v>
+      </c>
+      <c r="J323" t="s">
+        <v>92</v>
+      </c>
+      <c r="K323" t="s">
+        <v>24</v>
+      </c>
+      <c r="L323" t="s">
+        <v>1607</v>
+      </c>
+      <c r="M323" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N323" t="s">
+        <v>27</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1608</v>
+      </c>
+      <c r="P323" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C324" t="s">
+        <v>37</v>
+      </c>
+      <c r="D324" t="s">
+        <v>336</v>
+      </c>
+      <c r="E324" t="s">
+        <v>39</v>
+      </c>
+      <c r="F324" t="s">
+        <v>500</v>
+      </c>
+      <c r="G324" t="s">
+        <v>22</v>
+      </c>
+      <c r="H324">
+        <v>2011</v>
+      </c>
+      <c r="I324">
         <v>2020</v>
       </c>
-      <c r="I319" t="s">
-[...52 lines deleted...]
-      <c r="L320" t="s">
+      <c r="J324" t="s">
+        <v>68</v>
+      </c>
+      <c r="K324" t="s">
+        <v>326</v>
+      </c>
+      <c r="L324" t="s">
+        <v>1612</v>
+      </c>
+      <c r="M324" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N324" t="s">
+        <v>328</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1613</v>
+      </c>
+      <c r="P324" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C325" t="s">
         <v>37</v>
       </c>
-      <c r="M320" t="s">
-[...84 lines deleted...]
-      <c r="L322" t="s">
+      <c r="D325" t="s">
+        <v>324</v>
+      </c>
+      <c r="E325" t="s">
+        <v>39</v>
+      </c>
+      <c r="F325" t="s">
+        <v>500</v>
+      </c>
+      <c r="G325" t="s">
+        <v>22</v>
+      </c>
+      <c r="H325">
+        <v>2010</v>
+      </c>
+      <c r="I325">
+        <v>2017</v>
+      </c>
+      <c r="J325" t="s">
+        <v>68</v>
+      </c>
+      <c r="K325" t="s">
+        <v>326</v>
+      </c>
+      <c r="L325" t="s">
+        <v>339</v>
+      </c>
+      <c r="M325" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N325" t="s">
+        <v>328</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1617</v>
+      </c>
+      <c r="P325" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
+      <c r="A326" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C326" t="s">
         <v>37</v>
       </c>
-      <c r="M322" t="s">
-[...28 lines deleted...]
-      <c r="H323">
+      <c r="D326" t="s">
+        <v>124</v>
+      </c>
+      <c r="E326" t="s">
+        <v>39</v>
+      </c>
+      <c r="F326" t="s">
+        <v>500</v>
+      </c>
+      <c r="G326" t="s">
+        <v>22</v>
+      </c>
+      <c r="H326">
         <v>2011</v>
       </c>
-      <c r="I323" t="s">
-[...8 lines deleted...]
-      <c r="L323" t="s">
+      <c r="I326">
+        <v>2016</v>
+      </c>
+      <c r="J326" t="s">
+        <v>68</v>
+      </c>
+      <c r="K326" t="s">
+        <v>24</v>
+      </c>
+      <c r="L326" t="s">
+        <v>125</v>
+      </c>
+      <c r="M326" t="s">
+        <v>44</v>
+      </c>
+      <c r="N326" t="s">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1621</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C327" t="s">
         <v>37</v>
       </c>
-      <c r="M323" t="s">
-[...40 lines deleted...]
-      <c r="L324" t="s">
+      <c r="D327" t="s">
+        <v>50</v>
+      </c>
+      <c r="E327" t="s">
+        <v>39</v>
+      </c>
+      <c r="F327" t="s">
+        <v>500</v>
+      </c>
+      <c r="G327" t="s">
+        <v>22</v>
+      </c>
+      <c r="H327">
+        <v>2011</v>
+      </c>
+      <c r="I327">
+        <v>2012</v>
+      </c>
+      <c r="J327" t="s">
+        <v>68</v>
+      </c>
+      <c r="K327" t="s">
+        <v>24</v>
+      </c>
+      <c r="L327" t="s">
+        <v>262</v>
+      </c>
+      <c r="M327" t="s">
+        <v>44</v>
+      </c>
+      <c r="N327" t="s">
+        <v>27</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1625</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C328" t="s">
         <v>37</v>
       </c>
-      <c r="M324" t="s">
-[...40 lines deleted...]
-      <c r="L325" t="s">
+      <c r="D328" t="s">
+        <v>50</v>
+      </c>
+      <c r="E328" t="s">
+        <v>39</v>
+      </c>
+      <c r="F328" t="s">
+        <v>500</v>
+      </c>
+      <c r="G328" t="s">
+        <v>22</v>
+      </c>
+      <c r="H328">
+        <v>2011</v>
+      </c>
+      <c r="I328">
+        <v>2017</v>
+      </c>
+      <c r="J328" t="s">
+        <v>68</v>
+      </c>
+      <c r="K328" t="s">
+        <v>24</v>
+      </c>
+      <c r="L328" t="s">
+        <v>1629</v>
+      </c>
+      <c r="M328" t="s">
+        <v>44</v>
+      </c>
+      <c r="N328" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1630</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C329" t="s">
         <v>37</v>
       </c>
-      <c r="M325" t="s">
-[...28 lines deleted...]
-      <c r="H326">
+      <c r="D329" t="s">
+        <v>436</v>
+      </c>
+      <c r="E329" t="s">
+        <v>39</v>
+      </c>
+      <c r="F329" t="s">
+        <v>500</v>
+      </c>
+      <c r="G329" t="s">
+        <v>41</v>
+      </c>
+      <c r="H329">
         <v>2021</v>
       </c>
-      <c r="I326" t="s">
-[...8 lines deleted...]
-      <c r="L326" t="s">
+      <c r="I329"/>
+      <c r="J329" t="s">
+        <v>42</v>
+      </c>
+      <c r="K329" t="s">
+        <v>24</v>
+      </c>
+      <c r="L329" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M329" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N329" t="s">
+        <v>27</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B330" t="s">
+        <v>250</v>
+      </c>
+      <c r="C330" t="s">
         <v>37</v>
       </c>
-      <c r="M326" t="s">
-[...82 lines deleted...]
-      <c r="L328" t="s">
+      <c r="D330" t="s">
+        <v>187</v>
+      </c>
+      <c r="E330" t="s">
+        <v>39</v>
+      </c>
+      <c r="F330" t="s">
+        <v>500</v>
+      </c>
+      <c r="G330" t="s">
+        <v>549</v>
+      </c>
+      <c r="H330">
+        <v>2011</v>
+      </c>
+      <c r="I330">
+        <v>2012</v>
+      </c>
+      <c r="J330" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K330" t="s">
+        <v>251</v>
+      </c>
+      <c r="L330" t="s">
+        <v>1638</v>
+      </c>
+      <c r="M330" t="s">
+        <v>44</v>
+      </c>
+      <c r="N330" t="s">
+        <v>27</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1639</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C331" t="s">
         <v>37</v>
       </c>
-      <c r="M328" t="s">
-[...40 lines deleted...]
-      <c r="L329" t="s">
+      <c r="D331" t="s">
+        <v>332</v>
+      </c>
+      <c r="E331" t="s">
+        <v>39</v>
+      </c>
+      <c r="F331" t="s">
+        <v>500</v>
+      </c>
+      <c r="G331" t="s">
+        <v>22</v>
+      </c>
+      <c r="H331">
+        <v>2012</v>
+      </c>
+      <c r="I331">
+        <v>2020</v>
+      </c>
+      <c r="J331" t="s">
+        <v>68</v>
+      </c>
+      <c r="K331" t="s">
+        <v>326</v>
+      </c>
+      <c r="L331" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M331" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N331" t="s">
+        <v>328</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1644</v>
+      </c>
+      <c r="P331" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C332" t="s">
         <v>37</v>
       </c>
-      <c r="M329" t="s">
-[...72 lines deleted...]
-      <c r="H331">
+      <c r="D332" t="s">
+        <v>334</v>
+      </c>
+      <c r="E332" t="s">
+        <v>39</v>
+      </c>
+      <c r="F332" t="s">
+        <v>500</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
+        <v>2013</v>
+      </c>
+      <c r="I332">
         <v>2020</v>
       </c>
-      <c r="I331" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J332" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="K332" t="s">
-        <v>235</v>
+        <v>326</v>
       </c>
       <c r="L332" t="s">
-        <v>976</v>
+        <v>1612</v>
       </c>
       <c r="M332" t="s">
-        <v>227</v>
+        <v>1547</v>
       </c>
       <c r="N332" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:14">
+        <v>328</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1648</v>
+      </c>
+      <c r="P332" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1026</v>
+        <v>1650</v>
       </c>
       <c r="B333" t="s">
-        <v>30</v>
+        <v>1651</v>
       </c>
       <c r="C333" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="D333" t="s">
-        <v>32</v>
+        <v>324</v>
       </c>
       <c r="E333" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F333" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>500</v>
+      </c>
+      <c r="G333" t="s">
+        <v>41</v>
       </c>
       <c r="H333">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I333"/>
       <c r="J333" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K333" t="s">
-        <v>92</v>
+        <v>326</v>
       </c>
       <c r="L333" t="s">
+        <v>1652</v>
+      </c>
+      <c r="M333" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N333" t="s">
+        <v>328</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1653</v>
+      </c>
+      <c r="P333" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C334" t="s">
         <v>37</v>
-      </c>
-[...15 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D334" t="s">
         <v>32</v>
       </c>
       <c r="E334" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F334" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>500</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
       </c>
       <c r="H334">
         <v>2012</v>
       </c>
-      <c r="I334" t="s">
-        <v>53</v>
+      <c r="I334">
+        <v>2016</v>
       </c>
       <c r="J334" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K334" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="L334" t="s">
+        <v>1657</v>
+      </c>
+      <c r="M334" t="s">
+        <v>44</v>
+      </c>
+      <c r="N334" t="s">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1658</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
+      <c r="A335" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C335" t="s">
         <v>37</v>
       </c>
-      <c r="M334" t="s">
-[...13 lines deleted...]
-      <c r="C335" t="s">
+      <c r="D335" t="s">
+        <v>229</v>
+      </c>
+      <c r="E335" t="s">
+        <v>39</v>
+      </c>
+      <c r="F335" t="s">
+        <v>500</v>
+      </c>
+      <c r="G335" t="s">
         <v>41</v>
       </c>
-      <c r="D335" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H335">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I335"/>
       <c r="J335" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K335" t="s">
-        <v>1031</v>
+        <v>24</v>
       </c>
       <c r="L335" t="s">
+        <v>1662</v>
+      </c>
+      <c r="M335" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N335" t="s">
+        <v>45</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1663</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
+      <c r="A336" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C336" t="s">
         <v>37</v>
       </c>
-      <c r="M335" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D336" t="s">
-        <v>32</v>
+        <v>564</v>
       </c>
       <c r="E336" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F336" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G336" t="s">
+        <v>41</v>
+      </c>
+      <c r="H336">
+        <v>2020</v>
+      </c>
+      <c r="I336"/>
       <c r="J336" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K336" t="s">
-        <v>1034</v>
+        <v>24</v>
       </c>
       <c r="L336" t="s">
-        <v>976</v>
+        <v>1667</v>
       </c>
       <c r="M336" t="s">
-        <v>24</v>
+        <v>1547</v>
       </c>
       <c r="N336" t="s">
-        <v>1035</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1668</v>
+      </c>
+      <c r="P336" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1036</v>
+        <v>1670</v>
       </c>
       <c r="B337" t="s">
-        <v>30</v>
+        <v>1671</v>
       </c>
       <c r="C337" t="s">
-        <v>134</v>
+        <v>37</v>
       </c>
       <c r="D337" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="E337" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F337" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>500</v>
+      </c>
+      <c r="G337" t="s">
+        <v>22</v>
       </c>
       <c r="H337">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>2003</v>
+      </c>
+      <c r="I337">
+        <v>2013</v>
       </c>
       <c r="J337" t="s">
-        <v>176</v>
+        <v>68</v>
       </c>
       <c r="K337" t="s">
-        <v>1037</v>
+        <v>24</v>
       </c>
       <c r="L337" t="s">
+        <v>1672</v>
+      </c>
+      <c r="M337" t="s">
+        <v>44</v>
+      </c>
+      <c r="N337" t="s">
+        <v>27</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1673</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
+      <c r="A338" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C338" t="s">
         <v>37</v>
       </c>
-      <c r="M337" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D338" t="s">
-        <v>32</v>
+        <v>1677</v>
       </c>
       <c r="E338" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F338" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>500</v>
+      </c>
+      <c r="G338" t="s">
+        <v>22</v>
       </c>
       <c r="H338">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>2003</v>
+      </c>
+      <c r="I338">
+        <v>2013</v>
       </c>
       <c r="J338" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="K338" t="s">
-        <v>1040</v>
+        <v>24</v>
       </c>
       <c r="L338" t="s">
-        <v>976</v>
+        <v>1678</v>
       </c>
       <c r="M338" t="s">
-        <v>227</v>
+        <v>44</v>
       </c>
       <c r="N338" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1679</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1042</v>
+        <v>1681</v>
       </c>
       <c r="B339" t="s">
-        <v>30</v>
+        <v>1682</v>
       </c>
       <c r="C339" t="s">
-        <v>231</v>
+        <v>37</v>
       </c>
       <c r="D339" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
       <c r="E339" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F339" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G339">
+        <v>500</v>
+      </c>
+      <c r="G339" t="s">
+        <v>41</v>
+      </c>
+      <c r="H339">
         <v>2013</v>
       </c>
-      <c r="H339">
-[...4 lines deleted...]
-      </c>
+      <c r="I339"/>
       <c r="J339" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="K339" t="s">
-        <v>1022</v>
+        <v>24</v>
       </c>
       <c r="L339" t="s">
-        <v>976</v>
+        <v>1683</v>
       </c>
       <c r="M339" t="s">
-        <v>227</v>
+        <v>44</v>
       </c>
       <c r="N339" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1684</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1044</v>
+        <v>1686</v>
       </c>
       <c r="B340" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="C340" t="s">
-        <v>223</v>
+        <v>37</v>
       </c>
       <c r="D340" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="E340" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F340" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G340">
+        <v>500</v>
+      </c>
+      <c r="G340" t="s">
+        <v>41</v>
+      </c>
+      <c r="H340">
         <v>2013</v>
       </c>
-      <c r="H340"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I340"/>
       <c r="J340" t="s">
-        <v>225</v>
+        <v>42</v>
       </c>
       <c r="K340" t="s">
-        <v>1045</v>
+        <v>24</v>
       </c>
       <c r="L340" t="s">
-        <v>976</v>
+        <v>69</v>
       </c>
       <c r="M340" t="s">
-        <v>227</v>
+        <v>1547</v>
       </c>
       <c r="N340" t="s">
-        <v>1046</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1047</v>
+        <v>1689</v>
       </c>
       <c r="B341" t="s">
-        <v>30</v>
+        <v>1690</v>
       </c>
       <c r="C341" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D341" t="s">
-        <v>32</v>
+        <v>187</v>
       </c>
       <c r="E341" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F341" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>500</v>
+      </c>
+      <c r="G341" t="s">
+        <v>22</v>
       </c>
       <c r="H341">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>2008</v>
+      </c>
+      <c r="I341">
+        <v>2013</v>
       </c>
       <c r="J341" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K341" t="s">
-        <v>1048</v>
+        <v>24</v>
       </c>
       <c r="L341" t="s">
+        <v>1691</v>
+      </c>
+      <c r="M341" t="s">
+        <v>44</v>
+      </c>
+      <c r="N341" t="s">
+        <v>27</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1692</v>
+      </c>
+      <c r="P341" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
+      <c r="A342" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C342" t="s">
         <v>37</v>
       </c>
-      <c r="M341" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D342" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="E342" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F342" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G342" t="s">
+        <v>41</v>
+      </c>
+      <c r="H342">
+        <v>2014</v>
+      </c>
+      <c r="I342"/>
       <c r="J342" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K342" t="s">
-        <v>1051</v>
+        <v>24</v>
       </c>
       <c r="L342" t="s">
-        <v>976</v>
+        <v>75</v>
       </c>
       <c r="M342" t="s">
-        <v>38</v>
+        <v>1547</v>
       </c>
       <c r="N342" t="s">
-        <v>1052</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1696</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1053</v>
+        <v>1698</v>
       </c>
       <c r="B343" t="s">
-        <v>30</v>
+        <v>1699</v>
       </c>
       <c r="C343" t="s">
-        <v>365</v>
+        <v>37</v>
       </c>
       <c r="D343" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="E343" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F343" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G343" t="s">
+        <v>41</v>
+      </c>
+      <c r="H343">
+        <v>2014</v>
+      </c>
+      <c r="I343"/>
       <c r="J343" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K343" t="s">
-        <v>1054</v>
+        <v>24</v>
       </c>
       <c r="L343" t="s">
-        <v>976</v>
+        <v>1700</v>
       </c>
       <c r="M343" t="s">
-        <v>38</v>
+        <v>1547</v>
       </c>
       <c r="N343" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1701</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1056</v>
+        <v>1703</v>
       </c>
       <c r="B344" t="s">
-        <v>30</v>
+        <v>1704</v>
       </c>
       <c r="C344" t="s">
-        <v>190</v>
+        <v>37</v>
       </c>
       <c r="D344" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="E344" t="s">
-        <v>330</v>
+        <v>39</v>
       </c>
       <c r="F344" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>500</v>
+      </c>
+      <c r="G344" t="s">
+        <v>22</v>
       </c>
       <c r="H344">
         <v>2013</v>
       </c>
-      <c r="I344" t="s">
-        <v>53</v>
+      <c r="I344">
+        <v>2020</v>
       </c>
       <c r="J344" t="s">
+        <v>68</v>
+      </c>
+      <c r="K344" t="s">
+        <v>24</v>
+      </c>
+      <c r="L344" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M344" t="s">
+        <v>44</v>
+      </c>
+      <c r="N344" t="s">
+        <v>27</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
+      <c r="A345" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C345" t="s">
+        <v>37</v>
+      </c>
+      <c r="D345" t="s">
+        <v>302</v>
+      </c>
+      <c r="E345" t="s">
+        <v>39</v>
+      </c>
+      <c r="F345" t="s">
+        <v>500</v>
+      </c>
+      <c r="G345" t="s">
+        <v>41</v>
+      </c>
+      <c r="H345">
+        <v>2015</v>
+      </c>
+      <c r="I345"/>
+      <c r="J345" t="s">
+        <v>68</v>
+      </c>
+      <c r="K345" t="s">
+        <v>175</v>
+      </c>
+      <c r="L345" t="s">
+        <v>1710</v>
+      </c>
+      <c r="M345" t="s">
+        <v>44</v>
+      </c>
+      <c r="N345" t="s">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1711</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
+      <c r="A346" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C346" t="s">
+        <v>37</v>
+      </c>
+      <c r="D346" t="s">
+        <v>324</v>
+      </c>
+      <c r="E346" t="s">
+        <v>39</v>
+      </c>
+      <c r="F346" t="s">
+        <v>500</v>
+      </c>
+      <c r="G346" t="s">
+        <v>22</v>
+      </c>
+      <c r="H346">
+        <v>2014</v>
+      </c>
+      <c r="I346">
+        <v>2020</v>
+      </c>
+      <c r="J346" t="s">
+        <v>68</v>
+      </c>
+      <c r="K346" t="s">
+        <v>326</v>
+      </c>
+      <c r="L346" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M346" t="s">
+        <v>327</v>
+      </c>
+      <c r="N346" t="s">
+        <v>328</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1715</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C347" t="s">
+        <v>37</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E347" t="s">
+        <v>39</v>
+      </c>
+      <c r="F347" t="s">
+        <v>500</v>
+      </c>
+      <c r="G347" t="s">
+        <v>22</v>
+      </c>
+      <c r="H347">
+        <v>2008</v>
+      </c>
+      <c r="I347">
+        <v>2015</v>
+      </c>
+      <c r="J347" t="s">
+        <v>68</v>
+      </c>
+      <c r="K347" t="s">
+        <v>175</v>
+      </c>
+      <c r="L347" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M347" t="s">
+        <v>44</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1721</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C348" t="s">
+        <v>37</v>
+      </c>
+      <c r="D348" t="s">
+        <v>152</v>
+      </c>
+      <c r="E348" t="s">
+        <v>39</v>
+      </c>
+      <c r="F348" t="s">
+        <v>500</v>
+      </c>
+      <c r="G348" t="s">
+        <v>22</v>
+      </c>
+      <c r="H348">
+        <v>2008</v>
+      </c>
+      <c r="I348">
+        <v>2015</v>
+      </c>
+      <c r="J348" t="s">
+        <v>68</v>
+      </c>
+      <c r="K348" t="s">
+        <v>24</v>
+      </c>
+      <c r="L348" t="s">
+        <v>1725</v>
+      </c>
+      <c r="M348" t="s">
+        <v>44</v>
+      </c>
+      <c r="N348" t="s">
+        <v>27</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1726</v>
+      </c>
+      <c r="P348" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C349" t="s">
+        <v>37</v>
+      </c>
+      <c r="D349" t="s">
+        <v>910</v>
+      </c>
+      <c r="E349" t="s">
+        <v>39</v>
+      </c>
+      <c r="F349" t="s">
+        <v>500</v>
+      </c>
+      <c r="G349" t="s">
+        <v>41</v>
+      </c>
+      <c r="H349">
+        <v>2015</v>
+      </c>
+      <c r="I349"/>
+      <c r="J349" t="s">
+        <v>68</v>
+      </c>
+      <c r="K349" t="s">
+        <v>24</v>
+      </c>
+      <c r="L349" t="s">
+        <v>1730</v>
+      </c>
+      <c r="M349" t="s">
+        <v>44</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1731</v>
+      </c>
+      <c r="P349" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C350" t="s">
+        <v>37</v>
+      </c>
+      <c r="D350" t="s">
+        <v>273</v>
+      </c>
+      <c r="E350" t="s">
+        <v>39</v>
+      </c>
+      <c r="F350" t="s">
+        <v>500</v>
+      </c>
+      <c r="G350" t="s">
+        <v>22</v>
+      </c>
+      <c r="H350">
+        <v>2005</v>
+      </c>
+      <c r="I350">
+        <v>2015</v>
+      </c>
+      <c r="J350" t="s">
+        <v>68</v>
+      </c>
+      <c r="K350" t="s">
+        <v>24</v>
+      </c>
+      <c r="L350" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M350" t="s">
+        <v>44</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1736</v>
+      </c>
+      <c r="P350" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C351" t="s">
+        <v>37</v>
+      </c>
+      <c r="D351" t="s">
+        <v>112</v>
+      </c>
+      <c r="E351" t="s">
+        <v>39</v>
+      </c>
+      <c r="F351" t="s">
+        <v>500</v>
+      </c>
+      <c r="G351" t="s">
+        <v>41</v>
+      </c>
+      <c r="H351">
+        <v>2016</v>
+      </c>
+      <c r="I351"/>
+      <c r="J351" t="s">
+        <v>68</v>
+      </c>
+      <c r="K351" t="s">
+        <v>24</v>
+      </c>
+      <c r="L351" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M351" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N351" t="s">
+        <v>27</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1741</v>
+      </c>
+      <c r="P351" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C352" t="s">
+        <v>37</v>
+      </c>
+      <c r="D352" t="s">
+        <v>657</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>500</v>
+      </c>
+      <c r="G352" t="s">
+        <v>22</v>
+      </c>
+      <c r="H352">
+        <v>2005</v>
+      </c>
+      <c r="I352">
+        <v>2016</v>
+      </c>
+      <c r="J352" t="s">
+        <v>68</v>
+      </c>
+      <c r="K352" t="s">
+        <v>24</v>
+      </c>
+      <c r="L352" t="s">
+        <v>1745</v>
+      </c>
+      <c r="M352" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N352" t="s">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1746</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
+      <c r="A353" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C353" t="s">
+        <v>37</v>
+      </c>
+      <c r="D353" t="s">
+        <v>657</v>
+      </c>
+      <c r="E353" t="s">
+        <v>20</v>
+      </c>
+      <c r="F353" t="s">
+        <v>500</v>
+      </c>
+      <c r="G353" t="s">
+        <v>22</v>
+      </c>
+      <c r="H353">
+        <v>2005</v>
+      </c>
+      <c r="I353">
+        <v>2016</v>
+      </c>
+      <c r="J353" t="s">
+        <v>68</v>
+      </c>
+      <c r="K353" t="s">
+        <v>24</v>
+      </c>
+      <c r="L353" t="s">
+        <v>1750</v>
+      </c>
+      <c r="M353" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N353" t="s">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1751</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
+      <c r="A354" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C354" t="s">
+        <v>37</v>
+      </c>
+      <c r="D354" t="s">
+        <v>657</v>
+      </c>
+      <c r="E354" t="s">
+        <v>39</v>
+      </c>
+      <c r="F354" t="s">
+        <v>500</v>
+      </c>
+      <c r="G354" t="s">
+        <v>22</v>
+      </c>
+      <c r="H354">
+        <v>2005</v>
+      </c>
+      <c r="I354">
+        <v>2016</v>
+      </c>
+      <c r="J354" t="s">
+        <v>68</v>
+      </c>
+      <c r="K354" t="s">
+        <v>24</v>
+      </c>
+      <c r="L354" t="s">
+        <v>1755</v>
+      </c>
+      <c r="M354" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N354" t="s">
+        <v>45</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1756</v>
+      </c>
+      <c r="P354" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C355" t="s">
+        <v>37</v>
+      </c>
+      <c r="D355" t="s">
+        <v>136</v>
+      </c>
+      <c r="E355" t="s">
+        <v>39</v>
+      </c>
+      <c r="F355" t="s">
+        <v>500</v>
+      </c>
+      <c r="G355" t="s">
+        <v>41</v>
+      </c>
+      <c r="H355">
+        <v>2016</v>
+      </c>
+      <c r="I355"/>
+      <c r="J355" t="s">
+        <v>68</v>
+      </c>
+      <c r="K355" t="s">
+        <v>24</v>
+      </c>
+      <c r="L355" t="s">
+        <v>1760</v>
+      </c>
+      <c r="M355" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P355" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C356" t="s">
+        <v>37</v>
+      </c>
+      <c r="D356" t="s">
+        <v>657</v>
+      </c>
+      <c r="E356" t="s">
+        <v>39</v>
+      </c>
+      <c r="F356" t="s">
+        <v>500</v>
+      </c>
+      <c r="G356" t="s">
+        <v>22</v>
+      </c>
+      <c r="H356">
+        <v>2005</v>
+      </c>
+      <c r="I356">
+        <v>2017</v>
+      </c>
+      <c r="J356" t="s">
+        <v>68</v>
+      </c>
+      <c r="K356" t="s">
+        <v>24</v>
+      </c>
+      <c r="L356" t="s">
+        <v>1765</v>
+      </c>
+      <c r="M356" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N356" t="s">
+        <v>45</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1766</v>
+      </c>
+      <c r="P356" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C357" t="s">
+        <v>37</v>
+      </c>
+      <c r="D357" t="s">
+        <v>564</v>
+      </c>
+      <c r="E357" t="s">
+        <v>39</v>
+      </c>
+      <c r="F357" t="s">
+        <v>500</v>
+      </c>
+      <c r="G357" t="s">
+        <v>41</v>
+      </c>
+      <c r="H357">
+        <v>2017</v>
+      </c>
+      <c r="I357"/>
+      <c r="J357" t="s">
+        <v>68</v>
+      </c>
+      <c r="K357" t="s">
+        <v>24</v>
+      </c>
+      <c r="L357" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M357" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N357" t="s">
+        <v>45</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1771</v>
+      </c>
+      <c r="P357" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C358" t="s">
+        <v>37</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E358" t="s">
+        <v>39</v>
+      </c>
+      <c r="F358" t="s">
+        <v>500</v>
+      </c>
+      <c r="G358" t="s">
+        <v>22</v>
+      </c>
+      <c r="H358">
+        <v>2017</v>
+      </c>
+      <c r="I358">
+        <v>2021</v>
+      </c>
+      <c r="J358" t="s">
+        <v>92</v>
+      </c>
+      <c r="K358" t="s">
+        <v>326</v>
+      </c>
+      <c r="L358" t="s">
+        <v>1775</v>
+      </c>
+      <c r="M358" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N358" t="s">
+        <v>328</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1776</v>
+      </c>
+      <c r="P358" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C359" t="s">
+        <v>37</v>
+      </c>
+      <c r="D359" t="s">
+        <v>821</v>
+      </c>
+      <c r="E359" t="s">
+        <v>39</v>
+      </c>
+      <c r="F359" t="s">
+        <v>500</v>
+      </c>
+      <c r="G359" t="s">
+        <v>41</v>
+      </c>
+      <c r="H359">
+        <v>2019</v>
+      </c>
+      <c r="I359"/>
+      <c r="J359" t="s">
+        <v>42</v>
+      </c>
+      <c r="K359" t="s">
+        <v>24</v>
+      </c>
+      <c r="L359" t="s">
+        <v>1780</v>
+      </c>
+      <c r="M359" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1781</v>
+      </c>
+      <c r="P359" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C360" t="s">
+        <v>37</v>
+      </c>
+      <c r="D360" t="s">
+        <v>118</v>
+      </c>
+      <c r="E360" t="s">
+        <v>39</v>
+      </c>
+      <c r="F360" t="s">
+        <v>500</v>
+      </c>
+      <c r="G360" t="s">
+        <v>22</v>
+      </c>
+      <c r="H360">
+        <v>2018</v>
+      </c>
+      <c r="I360">
+        <v>2024</v>
+      </c>
+      <c r="J360" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K360" t="s">
+        <v>24</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1785</v>
+      </c>
+      <c r="M360" t="s">
+        <v>1491</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1786</v>
+      </c>
+      <c r="P360" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B361" t="s">
+        <v>141</v>
+      </c>
+      <c r="C361" t="s">
+        <v>37</v>
+      </c>
+      <c r="D361" t="s">
+        <v>62</v>
+      </c>
+      <c r="E361" t="s">
+        <v>39</v>
+      </c>
+      <c r="F361" t="s">
+        <v>500</v>
+      </c>
+      <c r="G361" t="s">
+        <v>41</v>
+      </c>
+      <c r="H361">
+        <v>2020</v>
+      </c>
+      <c r="I361"/>
+      <c r="J361" t="s">
+        <v>42</v>
+      </c>
+      <c r="K361" t="s">
+        <v>24</v>
+      </c>
+      <c r="L361" t="s">
+        <v>142</v>
+      </c>
+      <c r="M361" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1789</v>
+      </c>
+      <c r="P361" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B362" t="s">
+        <v>55</v>
+      </c>
+      <c r="C362" t="s">
+        <v>37</v>
+      </c>
+      <c r="D362" t="s">
+        <v>56</v>
+      </c>
+      <c r="E362" t="s">
+        <v>39</v>
+      </c>
+      <c r="F362" t="s">
+        <v>500</v>
+      </c>
+      <c r="G362" t="s">
+        <v>41</v>
+      </c>
+      <c r="H362">
+        <v>2020</v>
+      </c>
+      <c r="I362"/>
+      <c r="J362" t="s">
+        <v>42</v>
+      </c>
+      <c r="K362" t="s">
+        <v>24</v>
+      </c>
+      <c r="L362" t="s">
+        <v>57</v>
+      </c>
+      <c r="M362" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N362" t="s">
+        <v>27</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1792</v>
+      </c>
+      <c r="P362" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B363" t="s">
+        <v>151</v>
+      </c>
+      <c r="C363" t="s">
+        <v>37</v>
+      </c>
+      <c r="D363" t="s">
+        <v>152</v>
+      </c>
+      <c r="E363" t="s">
+        <v>39</v>
+      </c>
+      <c r="F363" t="s">
+        <v>500</v>
+      </c>
+      <c r="G363" t="s">
+        <v>41</v>
+      </c>
+      <c r="H363">
+        <v>2020</v>
+      </c>
+      <c r="I363"/>
+      <c r="J363" t="s">
+        <v>42</v>
+      </c>
+      <c r="K363" t="s">
+        <v>24</v>
+      </c>
+      <c r="L363" t="s">
+        <v>153</v>
+      </c>
+      <c r="M363" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1795</v>
+      </c>
+      <c r="P363" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C364" t="s">
+        <v>37</v>
+      </c>
+      <c r="D364" t="s">
+        <v>657</v>
+      </c>
+      <c r="E364" t="s">
+        <v>39</v>
+      </c>
+      <c r="F364" t="s">
+        <v>500</v>
+      </c>
+      <c r="G364" t="s">
+        <v>41</v>
+      </c>
+      <c r="H364">
+        <v>2020</v>
+      </c>
+      <c r="I364"/>
+      <c r="J364" t="s">
+        <v>42</v>
+      </c>
+      <c r="K364" t="s">
+        <v>24</v>
+      </c>
+      <c r="L364" t="s">
+        <v>1799</v>
+      </c>
+      <c r="M364" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N364" t="s">
+        <v>45</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1800</v>
+      </c>
+      <c r="P364" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
+      <c r="A365" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C365" t="s">
+        <v>37</v>
+      </c>
+      <c r="D365" t="s">
+        <v>118</v>
+      </c>
+      <c r="E365" t="s">
+        <v>39</v>
+      </c>
+      <c r="F365" t="s">
+        <v>500</v>
+      </c>
+      <c r="G365" t="s">
+        <v>41</v>
+      </c>
+      <c r="H365">
+        <v>2020</v>
+      </c>
+      <c r="I365"/>
+      <c r="J365" t="s">
+        <v>42</v>
+      </c>
+      <c r="K365" t="s">
+        <v>24</v>
+      </c>
+      <c r="L365" t="s">
+        <v>1804</v>
+      </c>
+      <c r="M365" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N365" t="s">
+        <v>45</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1805</v>
+      </c>
+      <c r="P365" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
+      <c r="A366" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C366" t="s">
+        <v>37</v>
+      </c>
+      <c r="D366" t="s">
+        <v>657</v>
+      </c>
+      <c r="E366" t="s">
+        <v>39</v>
+      </c>
+      <c r="F366" t="s">
+        <v>500</v>
+      </c>
+      <c r="G366" t="s">
+        <v>41</v>
+      </c>
+      <c r="H366">
+        <v>2020</v>
+      </c>
+      <c r="I366"/>
+      <c r="J366" t="s">
+        <v>42</v>
+      </c>
+      <c r="K366" t="s">
+        <v>24</v>
+      </c>
+      <c r="L366" t="s">
+        <v>1809</v>
+      </c>
+      <c r="M366" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1810</v>
+      </c>
+      <c r="P366" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C367" t="s">
+        <v>37</v>
+      </c>
+      <c r="D367" t="s">
+        <v>428</v>
+      </c>
+      <c r="E367" t="s">
+        <v>39</v>
+      </c>
+      <c r="F367" t="s">
+        <v>500</v>
+      </c>
+      <c r="G367" t="s">
+        <v>41</v>
+      </c>
+      <c r="H367">
+        <v>2021</v>
+      </c>
+      <c r="I367"/>
+      <c r="J367" t="s">
+        <v>42</v>
+      </c>
+      <c r="K367" t="s">
+        <v>402</v>
+      </c>
+      <c r="L367" t="s">
+        <v>1814</v>
+      </c>
+      <c r="M367" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N367" t="s">
+        <v>403</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1815</v>
+      </c>
+      <c r="P367" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
+      <c r="A368" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C368" t="s">
+        <v>37</v>
+      </c>
+      <c r="D368" t="s">
+        <v>348</v>
+      </c>
+      <c r="E368" t="s">
+        <v>39</v>
+      </c>
+      <c r="F368" t="s">
+        <v>500</v>
+      </c>
+      <c r="G368" t="s">
+        <v>41</v>
+      </c>
+      <c r="H368">
+        <v>2020</v>
+      </c>
+      <c r="I368"/>
+      <c r="J368" t="s">
+        <v>42</v>
+      </c>
+      <c r="K368" t="s">
+        <v>24</v>
+      </c>
+      <c r="L368" t="s">
+        <v>142</v>
+      </c>
+      <c r="M368" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N368" t="s">
+        <v>45</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1819</v>
+      </c>
+      <c r="P368" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C369" t="s">
+        <v>37</v>
+      </c>
+      <c r="D369" t="s">
+        <v>147</v>
+      </c>
+      <c r="E369" t="s">
+        <v>39</v>
+      </c>
+      <c r="F369" t="s">
+        <v>500</v>
+      </c>
+      <c r="G369" t="s">
+        <v>41</v>
+      </c>
+      <c r="H369">
+        <v>2021</v>
+      </c>
+      <c r="I369"/>
+      <c r="J369" t="s">
+        <v>42</v>
+      </c>
+      <c r="K369" t="s">
+        <v>24</v>
+      </c>
+      <c r="L369" t="s">
+        <v>142</v>
+      </c>
+      <c r="M369" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N369" t="s">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1823</v>
+      </c>
+      <c r="P369" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
+      <c r="A370" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C370" t="s">
+        <v>37</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E370" t="s">
+        <v>39</v>
+      </c>
+      <c r="F370" t="s">
+        <v>500</v>
+      </c>
+      <c r="G370" t="s">
+        <v>41</v>
+      </c>
+      <c r="H370">
+        <v>2021</v>
+      </c>
+      <c r="I370"/>
+      <c r="J370" t="s">
+        <v>92</v>
+      </c>
+      <c r="K370" t="s">
+        <v>24</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1828</v>
+      </c>
+      <c r="M370" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N370" t="s">
+        <v>27</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1829</v>
+      </c>
+      <c r="P370" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
+      <c r="A371" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C371" t="s">
+        <v>37</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E371" t="s">
+        <v>20</v>
+      </c>
+      <c r="F371" t="s">
         <v>21</v>
       </c>
-      <c r="K344" t="s">
-[...2 lines deleted...]
-      <c r="L344" t="s">
+      <c r="G371" t="s">
+        <v>41</v>
+      </c>
+      <c r="H371">
+        <v>2018</v>
+      </c>
+      <c r="I371"/>
+      <c r="J371" t="s">
+        <v>92</v>
+      </c>
+      <c r="K371" t="s">
+        <v>251</v>
+      </c>
+      <c r="L371" t="s">
+        <v>1834</v>
+      </c>
+      <c r="M371" t="s">
+        <v>1835</v>
+      </c>
+      <c r="N371" t="s">
+        <v>27</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1836</v>
+      </c>
+      <c r="P371" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
+      <c r="A372" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C372" t="s">
         <v>37</v>
       </c>
-      <c r="M344" t="s">
-[...28 lines deleted...]
-      <c r="H345">
+      <c r="D372" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E372" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" t="s">
+        <v>21</v>
+      </c>
+      <c r="G372" t="s">
+        <v>41</v>
+      </c>
+      <c r="H372">
+        <v>2021</v>
+      </c>
+      <c r="I372"/>
+      <c r="J372" t="s">
+        <v>92</v>
+      </c>
+      <c r="K372" t="s">
+        <v>24</v>
+      </c>
+      <c r="L372" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M372" t="s">
+        <v>1835</v>
+      </c>
+      <c r="N372" t="s">
+        <v>27</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1842</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
+      <c r="A373" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C373" t="s">
+        <v>37</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E373" t="s">
+        <v>39</v>
+      </c>
+      <c r="F373" t="s">
+        <v>500</v>
+      </c>
+      <c r="G373" t="s">
+        <v>22</v>
+      </c>
+      <c r="H373">
+        <v>2003</v>
+      </c>
+      <c r="I373">
         <v>2013</v>
       </c>
-      <c r="I345" t="s">
-[...607 lines deleted...]
-      <c r="K359" t="s">
+      <c r="J373" t="s">
+        <v>68</v>
+      </c>
+      <c r="K373" t="s">
+        <v>24</v>
+      </c>
+      <c r="L373" t="s">
         <v>1101</v>
       </c>
-      <c r="L359" t="s">
-[...601 lines deleted...]
-      </c>
       <c r="M373" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="N373" t="s">
-        <v>1140</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1846</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1141</v>
+        <v>1848</v>
       </c>
       <c r="B374" t="s">
-        <v>30</v>
+        <v>1849</v>
       </c>
       <c r="C374" t="s">
-        <v>87</v>
+        <v>1472</v>
       </c>
       <c r="D374" t="s">
-        <v>32</v>
+        <v>673</v>
       </c>
       <c r="E374" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F374" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G374" t="s">
+        <v>41</v>
+      </c>
+      <c r="H374">
+        <v>1985</v>
+      </c>
+      <c r="I374"/>
       <c r="J374" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="K374" t="s">
-        <v>1142</v>
+        <v>24</v>
       </c>
       <c r="L374" t="s">
-        <v>976</v>
+        <v>1850</v>
       </c>
       <c r="M374" t="s">
-        <v>38</v>
+        <v>1473</v>
       </c>
       <c r="N374" t="s">
-        <v>1143</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1851</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1144</v>
+        <v>1853</v>
       </c>
       <c r="B375" t="s">
-        <v>30</v>
+        <v>1854</v>
       </c>
       <c r="C375" t="s">
-        <v>416</v>
+        <v>1472</v>
       </c>
       <c r="D375" t="s">
-        <v>32</v>
+        <v>279</v>
       </c>
       <c r="E375" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F375" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G375" t="s">
+        <v>41</v>
+      </c>
+      <c r="H375">
+        <v>1984</v>
+      </c>
+      <c r="I375"/>
       <c r="J375" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="K375" t="s">
-        <v>1145</v>
+        <v>24</v>
       </c>
       <c r="L375" t="s">
-        <v>976</v>
+        <v>1855</v>
       </c>
       <c r="M375" t="s">
-        <v>24</v>
+        <v>1473</v>
       </c>
       <c r="N375" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1856</v>
+      </c>
+      <c r="P375" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1147</v>
+        <v>1858</v>
       </c>
       <c r="B376" t="s">
-        <v>30</v>
+        <v>1859</v>
       </c>
       <c r="C376" t="s">
-        <v>290</v>
+        <v>1472</v>
       </c>
       <c r="D376" t="s">
-        <v>32</v>
+        <v>1860</v>
       </c>
       <c r="E376" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F376" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-        <v>35</v>
+        <v>500</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376">
+        <v>1987</v>
+      </c>
+      <c r="I376">
+        <v>1988</v>
       </c>
       <c r="J376" t="s">
-        <v>274</v>
+        <v>181</v>
       </c>
       <c r="K376" t="s">
-        <v>1148</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L376"/>
       <c r="M376" t="s">
-        <v>275</v>
+        <v>1473</v>
       </c>
       <c r="N376" t="s">
-        <v>1149</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1861</v>
+      </c>
+      <c r="P376" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1150</v>
+        <v>1863</v>
       </c>
       <c r="B377" t="s">
-        <v>30</v>
+        <v>1864</v>
       </c>
       <c r="C377" t="s">
-        <v>223</v>
+        <v>1472</v>
       </c>
       <c r="D377" t="s">
         <v>32</v>
       </c>
       <c r="E377" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="F377" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G377" t="s">
+        <v>41</v>
+      </c>
+      <c r="H377">
+        <v>1989</v>
+      </c>
+      <c r="I377"/>
       <c r="J377" t="s">
-        <v>225</v>
+        <v>68</v>
       </c>
       <c r="K377" t="s">
-        <v>1151</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L377"/>
       <c r="M377" t="s">
-        <v>227</v>
+        <v>1473</v>
       </c>
       <c r="N377" t="s">
-        <v>1152</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1865</v>
+      </c>
+      <c r="P377" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1153</v>
+        <v>1867</v>
       </c>
       <c r="B378" t="s">
-        <v>30</v>
+        <v>1868</v>
       </c>
       <c r="C378" t="s">
-        <v>241</v>
+        <v>1472</v>
       </c>
       <c r="D378" t="s">
+        <v>152</v>
+      </c>
+      <c r="E378" t="s">
+        <v>20</v>
+      </c>
+      <c r="F378" t="s">
+        <v>500</v>
+      </c>
+      <c r="G378" t="s">
+        <v>22</v>
+      </c>
+      <c r="H378">
+        <v>1987</v>
+      </c>
+      <c r="I378">
+        <v>1988</v>
+      </c>
+      <c r="J378" t="s">
+        <v>181</v>
+      </c>
+      <c r="K378" t="s">
+        <v>24</v>
+      </c>
+      <c r="L378" t="s">
+        <v>1869</v>
+      </c>
+      <c r="M378" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1870</v>
+      </c>
+      <c r="P378" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D379" t="s">
+        <v>19</v>
+      </c>
+      <c r="E379" t="s">
+        <v>20</v>
+      </c>
+      <c r="F379" t="s">
+        <v>500</v>
+      </c>
+      <c r="G379" t="s">
+        <v>22</v>
+      </c>
+      <c r="H379">
+        <v>1989</v>
+      </c>
+      <c r="I379">
+        <v>1991</v>
+      </c>
+      <c r="J379" t="s">
+        <v>181</v>
+      </c>
+      <c r="K379" t="s">
+        <v>24</v>
+      </c>
+      <c r="L379"/>
+      <c r="M379" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N379" t="s">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1875</v>
+      </c>
+      <c r="P379" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
+      <c r="A380" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D380" t="s">
+        <v>296</v>
+      </c>
+      <c r="E380" t="s">
+        <v>20</v>
+      </c>
+      <c r="F380" t="s">
+        <v>500</v>
+      </c>
+      <c r="G380" t="s">
+        <v>22</v>
+      </c>
+      <c r="H380">
+        <v>1989</v>
+      </c>
+      <c r="I380">
+        <v>2015</v>
+      </c>
+      <c r="J380" t="s">
+        <v>1879</v>
+      </c>
+      <c r="K380" t="s">
+        <v>24</v>
+      </c>
+      <c r="L380"/>
+      <c r="M380" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N380" t="s">
+        <v>27</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1880</v>
+      </c>
+      <c r="P380" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D381" t="s">
+        <v>223</v>
+      </c>
+      <c r="E381" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" t="s">
+        <v>500</v>
+      </c>
+      <c r="G381" t="s">
+        <v>22</v>
+      </c>
+      <c r="H381">
+        <v>1989</v>
+      </c>
+      <c r="I381">
+        <v>1992</v>
+      </c>
+      <c r="J381" t="s">
+        <v>1879</v>
+      </c>
+      <c r="K381" t="s">
+        <v>24</v>
+      </c>
+      <c r="L381"/>
+      <c r="M381" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N381" t="s">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1884</v>
+      </c>
+      <c r="P381" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
+      <c r="A382" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D382" t="s">
+        <v>296</v>
+      </c>
+      <c r="E382" t="s">
+        <v>20</v>
+      </c>
+      <c r="F382" t="s">
+        <v>500</v>
+      </c>
+      <c r="G382" t="s">
+        <v>41</v>
+      </c>
+      <c r="H382">
+        <v>1989</v>
+      </c>
+      <c r="I382"/>
+      <c r="J382" t="s">
+        <v>181</v>
+      </c>
+      <c r="K382" t="s">
+        <v>24</v>
+      </c>
+      <c r="L382"/>
+      <c r="M382" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N382" t="s">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1888</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
+      <c r="A383" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D383" t="s">
+        <v>187</v>
+      </c>
+      <c r="E383" t="s">
+        <v>20</v>
+      </c>
+      <c r="F383" t="s">
+        <v>500</v>
+      </c>
+      <c r="G383" t="s">
+        <v>41</v>
+      </c>
+      <c r="H383">
+        <v>1984</v>
+      </c>
+      <c r="I383"/>
+      <c r="J383" t="s">
+        <v>181</v>
+      </c>
+      <c r="K383" t="s">
+        <v>24</v>
+      </c>
+      <c r="L383" t="s">
+        <v>1892</v>
+      </c>
+      <c r="M383" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N383" t="s">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1893</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
+      <c r="A384" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E384" t="s">
+        <v>20</v>
+      </c>
+      <c r="F384" t="s">
+        <v>500</v>
+      </c>
+      <c r="G384" t="s">
+        <v>41</v>
+      </c>
+      <c r="H384">
+        <v>1990</v>
+      </c>
+      <c r="I384"/>
+      <c r="J384" t="s">
+        <v>181</v>
+      </c>
+      <c r="K384" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384"/>
+      <c r="M384" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1898</v>
+      </c>
+      <c r="P384" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
+      <c r="A385" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D385" t="s">
+        <v>296</v>
+      </c>
+      <c r="E385" t="s">
+        <v>20</v>
+      </c>
+      <c r="F385" t="s">
+        <v>500</v>
+      </c>
+      <c r="G385" t="s">
+        <v>41</v>
+      </c>
+      <c r="H385">
+        <v>1989</v>
+      </c>
+      <c r="I385"/>
+      <c r="J385" t="s">
+        <v>181</v>
+      </c>
+      <c r="K385" t="s">
+        <v>24</v>
+      </c>
+      <c r="L385"/>
+      <c r="M385" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1902</v>
+      </c>
+      <c r="P385" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16">
+      <c r="A386" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E386" t="s">
+        <v>20</v>
+      </c>
+      <c r="F386" t="s">
+        <v>500</v>
+      </c>
+      <c r="G386" t="s">
+        <v>41</v>
+      </c>
+      <c r="H386">
+        <v>1983</v>
+      </c>
+      <c r="I386"/>
+      <c r="J386" t="s">
+        <v>181</v>
+      </c>
+      <c r="K386" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386" t="s">
+        <v>1906</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1907</v>
+      </c>
+      <c r="P386" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
+      <c r="A387" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D387" t="s">
+        <v>348</v>
+      </c>
+      <c r="E387" t="s">
+        <v>20</v>
+      </c>
+      <c r="F387" t="s">
+        <v>500</v>
+      </c>
+      <c r="G387" t="s">
+        <v>41</v>
+      </c>
+      <c r="H387">
+        <v>2011</v>
+      </c>
+      <c r="I387"/>
+      <c r="J387" t="s">
+        <v>181</v>
+      </c>
+      <c r="K387" t="s">
+        <v>175</v>
+      </c>
+      <c r="L387"/>
+      <c r="M387" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1911</v>
+      </c>
+      <c r="P387" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
+      <c r="A388" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D388" t="s">
+        <v>235</v>
+      </c>
+      <c r="E388" t="s">
+        <v>20</v>
+      </c>
+      <c r="F388" t="s">
+        <v>500</v>
+      </c>
+      <c r="G388" t="s">
+        <v>22</v>
+      </c>
+      <c r="H388">
+        <v>1986</v>
+      </c>
+      <c r="I388">
+        <v>1988</v>
+      </c>
+      <c r="J388" t="s">
+        <v>181</v>
+      </c>
+      <c r="K388" t="s">
+        <v>24</v>
+      </c>
+      <c r="L388"/>
+      <c r="M388" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1915</v>
+      </c>
+      <c r="P388" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D389" t="s">
         <v>32</v>
       </c>
-      <c r="E378" t="s">
-[...12 lines deleted...]
-      <c r="J378" t="s">
+      <c r="E389" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" t="s">
+        <v>500</v>
+      </c>
+      <c r="G389" t="s">
+        <v>41</v>
+      </c>
+      <c r="H389">
+        <v>1987</v>
+      </c>
+      <c r="I389"/>
+      <c r="J389" t="s">
+        <v>68</v>
+      </c>
+      <c r="K389" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389"/>
+      <c r="M389" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
+        <v>1919</v>
+      </c>
+      <c r="P389" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D390" t="s">
+        <v>428</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390" t="s">
+        <v>500</v>
+      </c>
+      <c r="G390" t="s">
+        <v>41</v>
+      </c>
+      <c r="H390">
+        <v>1987</v>
+      </c>
+      <c r="I390"/>
+      <c r="J390" t="s">
+        <v>181</v>
+      </c>
+      <c r="K390" t="s">
+        <v>24</v>
+      </c>
+      <c r="L390"/>
+      <c r="M390" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1923</v>
+      </c>
+      <c r="P390" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D391" t="s">
+        <v>741</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>500</v>
+      </c>
+      <c r="G391" t="s">
+        <v>41</v>
+      </c>
+      <c r="H391">
+        <v>1986</v>
+      </c>
+      <c r="I391"/>
+      <c r="J391" t="s">
+        <v>181</v>
+      </c>
+      <c r="K391" t="s">
+        <v>24</v>
+      </c>
+      <c r="L391"/>
+      <c r="M391" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>1927</v>
+      </c>
+      <c r="P391" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>500</v>
+      </c>
+      <c r="G392" t="s">
+        <v>41</v>
+      </c>
+      <c r="H392">
+        <v>1986</v>
+      </c>
+      <c r="I392"/>
+      <c r="J392" t="s">
+        <v>181</v>
+      </c>
+      <c r="K392" t="s">
+        <v>24</v>
+      </c>
+      <c r="L392" t="s">
+        <v>1932</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1473</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
+        <v>1933</v>
+      </c>
+      <c r="P392" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D393" t="s">
+        <v>267</v>
+      </c>
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>500</v>
+      </c>
+      <c r="G393" t="s">
+        <v>41</v>
+      </c>
+      <c r="H393">
+        <v>1984</v>
+      </c>
+      <c r="I393"/>
+      <c r="J393" t="s">
+        <v>181</v>
+      </c>
+      <c r="K393" t="s">
+        <v>24</v>
+      </c>
+      <c r="L393" t="s">
+        <v>1937</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
+        <v>1938</v>
+      </c>
+      <c r="P393" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D394" t="s">
+        <v>273</v>
+      </c>
+      <c r="E394" t="s">
+        <v>20</v>
+      </c>
+      <c r="F394" t="s">
+        <v>40</v>
+      </c>
+      <c r="G394" t="s">
+        <v>22</v>
+      </c>
+      <c r="H394">
+        <v>1999</v>
+      </c>
+      <c r="I394">
+        <v>2000</v>
+      </c>
+      <c r="J394" t="s">
+        <v>181</v>
+      </c>
+      <c r="K394" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" t="s">
+        <v>1942</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>1943</v>
+      </c>
+      <c r="P394" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E395" t="s">
+        <v>20</v>
+      </c>
+      <c r="F395" t="s">
+        <v>40</v>
+      </c>
+      <c r="G395" t="s">
+        <v>22</v>
+      </c>
+      <c r="H395">
+        <v>2011</v>
+      </c>
+      <c r="I395">
+        <v>2014</v>
+      </c>
+      <c r="J395" t="s">
+        <v>181</v>
+      </c>
+      <c r="K395" t="s">
+        <v>24</v>
+      </c>
+      <c r="L395" t="s">
+        <v>1947</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>1948</v>
+      </c>
+      <c r="P395" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16">
+      <c r="A396" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D396" t="s">
+        <v>267</v>
+      </c>
+      <c r="E396" t="s">
+        <v>20</v>
+      </c>
+      <c r="F396" t="s">
+        <v>40</v>
+      </c>
+      <c r="G396" t="s">
+        <v>22</v>
+      </c>
+      <c r="H396">
+        <v>2011</v>
+      </c>
+      <c r="I396">
+        <v>2014</v>
+      </c>
+      <c r="J396" t="s">
+        <v>181</v>
+      </c>
+      <c r="K396" t="s">
+        <v>24</v>
+      </c>
+      <c r="L396" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M396" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
+        <v>1953</v>
+      </c>
+      <c r="P396" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16">
+      <c r="A397" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C397" t="s">
+        <v>37</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E397" t="s">
+        <v>20</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1958</v>
+      </c>
+      <c r="G397" t="s">
+        <v>41</v>
+      </c>
+      <c r="H397">
+        <v>2022</v>
+      </c>
+      <c r="I397"/>
+      <c r="J397" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K397" t="s">
+        <v>251</v>
+      </c>
+      <c r="L397" t="s">
+        <v>1960</v>
+      </c>
+      <c r="M397" t="s">
+        <v>1961</v>
+      </c>
+      <c r="N397" t="s">
+        <v>1962</v>
+      </c>
+      <c r="O397" t="s">
+        <v>1963</v>
+      </c>
+      <c r="P397" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16">
+      <c r="A398" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D398" t="s">
+        <v>273</v>
+      </c>
+      <c r="E398" t="s">
+        <v>20</v>
+      </c>
+      <c r="F398" t="s">
+        <v>40</v>
+      </c>
+      <c r="G398" t="s">
+        <v>41</v>
+      </c>
+      <c r="H398">
+        <v>2011</v>
+      </c>
+      <c r="I398"/>
+      <c r="J398" t="s">
+        <v>181</v>
+      </c>
+      <c r="K398" t="s">
+        <v>24</v>
+      </c>
+      <c r="L398"/>
+      <c r="M398" t="s">
+        <v>1874</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
+        <v>1967</v>
+      </c>
+      <c r="P398" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16">
+      <c r="A399" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E399" t="s">
+        <v>20</v>
+      </c>
+      <c r="F399" t="s">
+        <v>40</v>
+      </c>
+      <c r="G399" t="s">
+        <v>41</v>
+      </c>
+      <c r="H399">
+        <v>2012</v>
+      </c>
+      <c r="I399"/>
+      <c r="J399" t="s">
+        <v>181</v>
+      </c>
+      <c r="K399" t="s">
+        <v>354</v>
+      </c>
+      <c r="L399" t="s">
+        <v>1972</v>
+      </c>
+      <c r="M399" t="s">
+        <v>1973</v>
+      </c>
+      <c r="N399" t="s">
+        <v>27</v>
+      </c>
+      <c r="O399" t="s">
+        <v>1974</v>
+      </c>
+      <c r="P399" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16">
+      <c r="A400" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E400" t="s">
+        <v>20</v>
+      </c>
+      <c r="F400" t="s">
         <v>21</v>
       </c>
-      <c r="K378" t="s">
-[...38 lines deleted...]
-      <c r="J379" t="s">
+      <c r="G400" t="s">
+        <v>22</v>
+      </c>
+      <c r="H400">
+        <v>2006</v>
+      </c>
+      <c r="I400">
+        <v>2006</v>
+      </c>
+      <c r="J400" t="s">
+        <v>1979</v>
+      </c>
+      <c r="K400" t="s">
+        <v>24</v>
+      </c>
+      <c r="L400" t="s">
+        <v>1980</v>
+      </c>
+      <c r="M400" t="s">
+        <v>1981</v>
+      </c>
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
+        <v>1982</v>
+      </c>
+      <c r="P400"/>
+    </row>
+    <row r="401" spans="1:16">
+      <c r="A401" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D401" t="s">
+        <v>428</v>
+      </c>
+      <c r="E401" t="s">
+        <v>20</v>
+      </c>
+      <c r="F401" t="s">
         <v>21</v>
       </c>
-      <c r="K379" t="s">
-[...38 lines deleted...]
-      <c r="J380" t="s">
+      <c r="G401" t="s">
+        <v>41</v>
+      </c>
+      <c r="H401">
+        <v>2014</v>
+      </c>
+      <c r="I401"/>
+      <c r="J401" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K401" t="s">
+        <v>24</v>
+      </c>
+      <c r="L401"/>
+      <c r="M401" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
+        <v>1988</v>
+      </c>
+      <c r="P401" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E402" t="s">
+        <v>20</v>
+      </c>
+      <c r="F402" t="s">
         <v>21</v>
       </c>
-      <c r="K380" t="s">
-[...38 lines deleted...]
-      <c r="J381" t="s">
+      <c r="G402" t="s">
+        <v>41</v>
+      </c>
+      <c r="H402">
+        <v>2014</v>
+      </c>
+      <c r="I402"/>
+      <c r="J402" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K402" t="s">
+        <v>354</v>
+      </c>
+      <c r="L402"/>
+      <c r="M402" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
+        <v>1992</v>
+      </c>
+      <c r="P402" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16">
+      <c r="A403" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E403" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" t="s">
         <v>21</v>
       </c>
-      <c r="K381" t="s">
-[...80 lines deleted...]
-      <c r="J383" t="s">
+      <c r="G403" t="s">
+        <v>41</v>
+      </c>
+      <c r="H403">
+        <v>2014</v>
+      </c>
+      <c r="I403"/>
+      <c r="J403" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K403" t="s">
+        <v>24</v>
+      </c>
+      <c r="L403"/>
+      <c r="M403" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
+        <v>1994</v>
+      </c>
+      <c r="P403" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D404" t="s">
+        <v>296</v>
+      </c>
+      <c r="E404" t="s">
+        <v>20</v>
+      </c>
+      <c r="F404" t="s">
         <v>21</v>
       </c>
-      <c r="K383" t="s">
-[...31 lines deleted...]
-      <c r="G384">
+      <c r="G404" t="s">
+        <v>22</v>
+      </c>
+      <c r="H404">
+        <v>2006</v>
+      </c>
+      <c r="I404">
+        <v>2015</v>
+      </c>
+      <c r="J404" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K404" t="s">
+        <v>24</v>
+      </c>
+      <c r="L404" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M404" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
+        <v>1998</v>
+      </c>
+      <c r="P404" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16">
+      <c r="A405" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B405" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D405" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E405" t="s">
+        <v>20</v>
+      </c>
+      <c r="F405" t="s">
+        <v>21</v>
+      </c>
+      <c r="G405" t="s">
+        <v>41</v>
+      </c>
+      <c r="H405">
+        <v>2014</v>
+      </c>
+      <c r="I405"/>
+      <c r="J405" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K405" t="s">
         <v>2003</v>
       </c>
-      <c r="H384">
+      <c r="L405" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M405" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
+        <v>2005</v>
+      </c>
+      <c r="P405" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B406" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D406" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E406" t="s">
+        <v>20</v>
+      </c>
+      <c r="F406" t="s">
+        <v>21</v>
+      </c>
+      <c r="G406" t="s">
+        <v>41</v>
+      </c>
+      <c r="H406">
+        <v>2015</v>
+      </c>
+      <c r="I406"/>
+      <c r="J406" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K406" t="s">
+        <v>24</v>
+      </c>
+      <c r="L406" t="s">
+        <v>2009</v>
+      </c>
+      <c r="M406" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
+        <v>2010</v>
+      </c>
+      <c r="P406" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16">
+      <c r="A407" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B407" t="s">
         <v>2013</v>
       </c>
-      <c r="I384" t="s">
-[...2 lines deleted...]
-      <c r="J384" t="s">
+      <c r="C407" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D407" t="s">
+        <v>491</v>
+      </c>
+      <c r="E407" t="s">
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
         <v>21</v>
       </c>
-      <c r="K384" t="s">
-[...946 lines deleted...]
-        <v>2011</v>
+      <c r="G407" t="s">
+        <v>41</v>
       </c>
       <c r="H407">
         <v>2014</v>
       </c>
-      <c r="I407" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I407"/>
       <c r="J407" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K407" t="s">
+        <v>24</v>
+      </c>
+      <c r="L407" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M407" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2015</v>
+      </c>
+      <c r="P407" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16">
+      <c r="A408" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D408" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E408" t="s">
+        <v>20</v>
+      </c>
+      <c r="F408" t="s">
         <v>21</v>
       </c>
-      <c r="K407" t="s">
-[...31 lines deleted...]
-      <c r="G408">
+      <c r="G408" t="s">
+        <v>41</v>
+      </c>
+      <c r="H408">
+        <v>2014</v>
+      </c>
+      <c r="I408"/>
+      <c r="J408" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K408" t="s">
+        <v>564</v>
+      </c>
+      <c r="L408" t="s">
+        <v>2020</v>
+      </c>
+      <c r="M408" t="s">
+        <v>1987</v>
+      </c>
+      <c r="N408" t="s">
+        <v>27</v>
+      </c>
+      <c r="O408" t="s">
+        <v>2021</v>
+      </c>
+      <c r="P408" t="s">
         <v>2022</v>
       </c>
-      <c r="H408"/>
-[...19 lines deleted...]
-    <row r="409" spans="1:14">
+    </row>
+    <row r="409" spans="1:16">
       <c r="A409" t="s">
-        <v>1242</v>
+        <v>2023</v>
       </c>
       <c r="B409" t="s">
-        <v>916</v>
+        <v>2024</v>
       </c>
       <c r="C409" t="s">
-        <v>190</v>
+        <v>1985</v>
       </c>
       <c r="D409" t="s">
-        <v>17</v>
+        <v>2025</v>
       </c>
       <c r="E409" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F409" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G409" t="s">
+        <v>41</v>
+      </c>
+      <c r="H409">
+        <v>2015</v>
+      </c>
+      <c r="I409"/>
       <c r="J409" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K409"/>
+        <v>1986</v>
+      </c>
+      <c r="K409" t="s">
+        <v>24</v>
+      </c>
       <c r="L409" t="s">
-        <v>1188</v>
+        <v>2026</v>
       </c>
       <c r="M409" t="s">
-        <v>24</v>
+        <v>1987</v>
       </c>
       <c r="N409" t="s">
-        <v>1243</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O409" t="s">
+        <v>2027</v>
+      </c>
+      <c r="P409" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>1244</v>
+        <v>2029</v>
       </c>
       <c r="B410" t="s">
-        <v>916</v>
+        <v>2030</v>
       </c>
       <c r="C410" t="s">
-        <v>1245</v>
+        <v>1418</v>
       </c>
       <c r="D410" t="s">
-        <v>17</v>
+        <v>2031</v>
       </c>
       <c r="E410" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F410" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-        <v>130</v>
+        <v>2032</v>
+      </c>
+      <c r="G410" t="s">
+        <v>22</v>
+      </c>
+      <c r="H410">
+        <v>2017</v>
+      </c>
+      <c r="I410">
+        <v>2021</v>
       </c>
       <c r="J410" t="s">
-        <v>245</v>
+        <v>1356</v>
       </c>
       <c r="K410" t="s">
-        <v>1246</v>
+        <v>2033</v>
       </c>
       <c r="L410" t="s">
-        <v>1247</v>
+        <v>2034</v>
       </c>
       <c r="M410" t="s">
-        <v>24</v>
+        <v>2035</v>
       </c>
       <c r="N410" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O410" t="s">
+        <v>2036</v>
+      </c>
+      <c r="P410" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>1249</v>
+        <v>2038</v>
       </c>
       <c r="B411" t="s">
-        <v>1250</v>
+        <v>2039</v>
       </c>
       <c r="C411" t="s">
-        <v>1251</v>
+        <v>2040</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>2041</v>
       </c>
       <c r="E411" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F411" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>40</v>
+      </c>
+      <c r="G411" t="s">
+        <v>41</v>
       </c>
       <c r="H411">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I411"/>
       <c r="J411" t="s">
-        <v>21</v>
+        <v>1986</v>
       </c>
       <c r="K411" t="s">
-        <v>1253</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L411"/>
       <c r="M411" t="s">
-        <v>24</v>
+        <v>2042</v>
       </c>
       <c r="N411" t="s">
-        <v>1255</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O411" t="s">
+        <v>2043</v>
+      </c>
+      <c r="P411" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>1256</v>
+        <v>2045</v>
       </c>
       <c r="B412" t="s">
-        <v>1257</v>
+        <v>2046</v>
       </c>
       <c r="C412" t="s">
-        <v>290</v>
+        <v>2040</v>
       </c>
       <c r="D412" t="s">
-        <v>17</v>
+        <v>2047</v>
       </c>
       <c r="E412" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F412" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-        <v>1258</v>
+        <v>40</v>
+      </c>
+      <c r="G412" t="s">
+        <v>22</v>
+      </c>
+      <c r="H412">
+        <v>2008</v>
+      </c>
+      <c r="I412">
+        <v>2013</v>
       </c>
       <c r="J412" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K412"/>
+        <v>2048</v>
+      </c>
+      <c r="K412" t="s">
+        <v>24</v>
+      </c>
       <c r="L412" t="s">
-        <v>1259</v>
+        <v>681</v>
       </c>
       <c r="M412" t="s">
-        <v>24</v>
+        <v>2042</v>
       </c>
       <c r="N412" t="s">
-        <v>1260</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O412" t="s">
+        <v>2049</v>
+      </c>
+      <c r="P412" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>1256</v>
+        <v>2051</v>
       </c>
       <c r="B413" t="s">
-        <v>1257</v>
+        <v>2052</v>
       </c>
       <c r="C413" t="s">
-        <v>1261</v>
+        <v>1418</v>
       </c>
       <c r="D413" t="s">
-        <v>17</v>
+        <v>719</v>
       </c>
       <c r="E413" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F413" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="G413" t="s">
+        <v>41</v>
+      </c>
+      <c r="H413">
+        <v>2015</v>
+      </c>
+      <c r="I413"/>
       <c r="J413" t="s">
-        <v>245</v>
-[...4 lines deleted...]
-      </c>
+        <v>1349</v>
+      </c>
+      <c r="K413" t="s">
+        <v>564</v>
+      </c>
+      <c r="L413"/>
       <c r="M413" t="s">
-        <v>24</v>
+        <v>2035</v>
       </c>
       <c r="N413" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O413" t="s">
+        <v>2053</v>
+      </c>
+      <c r="P413" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>1256</v>
+        <v>2055</v>
       </c>
       <c r="B414" t="s">
-        <v>1257</v>
+        <v>2056</v>
       </c>
       <c r="C414" t="s">
-        <v>1180</v>
+        <v>364</v>
       </c>
       <c r="D414" t="s">
-        <v>17</v>
+        <v>413</v>
       </c>
       <c r="E414" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F414" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="G414" t="s">
+        <v>41</v>
+      </c>
+      <c r="H414">
+        <v>2021</v>
+      </c>
+      <c r="I414"/>
       <c r="J414" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="K414" t="s">
+        <v>24</v>
+      </c>
+      <c r="L414"/>
+      <c r="M414"/>
       <c r="N414" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O414" t="s">
+        <v>2057</v>
+      </c>
+      <c r="P414" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>1264</v>
+        <v>2055</v>
       </c>
       <c r="B415" t="s">
-        <v>1257</v>
+        <v>2059</v>
       </c>
       <c r="C415" t="s">
-        <v>205</v>
+        <v>364</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>413</v>
       </c>
       <c r="E415" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F415" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>500</v>
+      </c>
+      <c r="G415" t="s">
+        <v>41</v>
       </c>
       <c r="H415">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I415"/>
       <c r="J415" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K415" t="s">
-        <v>1265</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L415"/>
+      <c r="M415"/>
       <c r="N415" t="s">
-        <v>1266</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O415" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P415" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>1267</v>
+        <v>2062</v>
       </c>
       <c r="B416" t="s">
-        <v>1257</v>
+        <v>2063</v>
       </c>
       <c r="C416" t="s">
-        <v>1268</v>
+        <v>364</v>
       </c>
       <c r="D416" t="s">
-        <v>17</v>
+        <v>2064</v>
       </c>
       <c r="E416" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F416" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G416" t="s">
+        <v>41</v>
+      </c>
+      <c r="H416">
+        <v>2021</v>
+      </c>
+      <c r="I416"/>
       <c r="J416" t="s">
-        <v>1269</v>
+        <v>365</v>
       </c>
       <c r="K416" t="s">
-        <v>1270</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L416"/>
+      <c r="M416"/>
       <c r="N416" t="s">
-        <v>1271</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O416" t="s">
+        <v>2065</v>
+      </c>
+      <c r="P416" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16">
       <c r="A417" t="s">
-        <v>1272</v>
+        <v>2066</v>
       </c>
       <c r="B417" t="s">
-        <v>1257</v>
+        <v>2067</v>
       </c>
       <c r="C417" t="s">
-        <v>1273</v>
+        <v>364</v>
       </c>
       <c r="D417" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E417" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F417" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G417" t="s">
+        <v>41</v>
+      </c>
+      <c r="H417">
+        <v>2021</v>
+      </c>
+      <c r="I417"/>
       <c r="J417" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K417" t="s">
-        <v>1274</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L417"/>
+      <c r="M417"/>
       <c r="N417" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O417" t="s">
+        <v>2068</v>
+      </c>
+      <c r="P417" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16">
       <c r="A418" t="s">
-        <v>1276</v>
+        <v>2069</v>
       </c>
       <c r="B418" t="s">
-        <v>1257</v>
+        <v>2070</v>
       </c>
       <c r="C418" t="s">
-        <v>325</v>
+        <v>364</v>
       </c>
       <c r="D418" t="s">
-        <v>17</v>
+        <v>428</v>
       </c>
       <c r="E418" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F418" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G418" t="s">
+        <v>41</v>
+      </c>
+      <c r="H418">
+        <v>2021</v>
+      </c>
+      <c r="I418"/>
       <c r="J418" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K418" t="s">
-        <v>1277</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L418"/>
+      <c r="M418"/>
       <c r="N418" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O418" t="s">
+        <v>2071</v>
+      </c>
+      <c r="P418" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16">
       <c r="A419" t="s">
-        <v>1279</v>
+        <v>2073</v>
       </c>
       <c r="B419" t="s">
-        <v>1257</v>
+        <v>2074</v>
       </c>
       <c r="C419" t="s">
-        <v>1280</v>
+        <v>364</v>
       </c>
       <c r="D419" t="s">
-        <v>17</v>
+        <v>419</v>
       </c>
       <c r="E419" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F419" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G419" t="s">
+        <v>41</v>
+      </c>
+      <c r="H419">
+        <v>2021</v>
+      </c>
+      <c r="I419"/>
       <c r="J419" t="s">
         <v>365</v>
       </c>
       <c r="K419" t="s">
-        <v>1281</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L419"/>
+      <c r="M419"/>
       <c r="N419" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O419" t="s">
+        <v>2075</v>
+      </c>
+      <c r="P419" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16">
       <c r="A420" t="s">
-        <v>1283</v>
+        <v>2077</v>
       </c>
       <c r="B420" t="s">
-        <v>1257</v>
+        <v>2078</v>
       </c>
       <c r="C420" t="s">
-        <v>1284</v>
+        <v>364</v>
       </c>
       <c r="D420" t="s">
-        <v>17</v>
+        <v>436</v>
       </c>
       <c r="E420" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F420" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-      </c>
+        <v>500</v>
+      </c>
+      <c r="G420" t="s">
+        <v>41</v>
+      </c>
+      <c r="H420">
+        <v>2021</v>
+      </c>
+      <c r="I420"/>
       <c r="J420" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K420" t="s">
-        <v>1285</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L420"/>
+      <c r="M420"/>
       <c r="N420" t="s">
-        <v>1286</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O420" t="s">
+        <v>2079</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16">
       <c r="A421" t="s">
-        <v>1287</v>
+        <v>2081</v>
       </c>
       <c r="B421" t="s">
-        <v>881</v>
+        <v>2082</v>
       </c>
       <c r="C421" t="s">
-        <v>1288</v>
+        <v>364</v>
       </c>
       <c r="D421" t="s">
-        <v>32</v>
+        <v>401</v>
       </c>
       <c r="E421" t="s">
-        <v>1289</v>
+        <v>39</v>
       </c>
       <c r="F421" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2017</v>
+        <v>500</v>
+      </c>
+      <c r="G421" t="s">
+        <v>41</v>
       </c>
       <c r="H421">
         <v>2021</v>
       </c>
-      <c r="I421" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I421"/>
       <c r="J421" t="s">
-        <v>1290</v>
+        <v>365</v>
       </c>
       <c r="K421" t="s">
-        <v>1291</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L421"/>
+      <c r="M421"/>
       <c r="N421" t="s">
-        <v>1293</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
+        <v>2083</v>
+      </c>
+      <c r="P421" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16">
       <c r="A422" t="s">
-        <v>1294</v>
+        <v>2085</v>
       </c>
       <c r="B422" t="s">
-        <v>1295</v>
+        <v>2086</v>
       </c>
       <c r="C422" t="s">
-        <v>1296</v>
+        <v>364</v>
       </c>
       <c r="D422" t="s">
-        <v>17</v>
+        <v>564</v>
       </c>
       <c r="E422" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F422" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G422">
+        <v>500</v>
+      </c>
+      <c r="G422" t="s">
+        <v>41</v>
+      </c>
+      <c r="H422">
+        <v>2021</v>
+      </c>
+      <c r="I422"/>
+      <c r="J422" t="s">
+        <v>365</v>
+      </c>
+      <c r="K422" t="s">
+        <v>354</v>
+      </c>
+      <c r="L422"/>
+      <c r="M422"/>
+      <c r="N422" t="s">
+        <v>45</v>
+      </c>
+      <c r="O422" t="s">
+        <v>2087</v>
+      </c>
+      <c r="P422" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16">
+      <c r="A423" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B423" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C423" t="s">
+        <v>18</v>
+      </c>
+      <c r="D423" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E423" t="s">
+        <v>20</v>
+      </c>
+      <c r="F423" t="s">
+        <v>500</v>
+      </c>
+      <c r="G423" t="s">
+        <v>41</v>
+      </c>
+      <c r="H423">
         <v>2014</v>
       </c>
-      <c r="H422"/>
-[...3 lines deleted...]
-      <c r="J422" t="s">
+      <c r="I423"/>
+      <c r="J423" t="s">
+        <v>343</v>
+      </c>
+      <c r="K423" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423"/>
+      <c r="M423"/>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>2091</v>
+      </c>
+      <c r="P423" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16">
+      <c r="A424" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B424" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C424" t="s">
+        <v>444</v>
+      </c>
+      <c r="D424" t="s">
+        <v>296</v>
+      </c>
+      <c r="E424" t="s">
+        <v>20</v>
+      </c>
+      <c r="F424" t="s">
+        <v>500</v>
+      </c>
+      <c r="G424" t="s">
+        <v>41</v>
+      </c>
+      <c r="H424">
+        <v>2013</v>
+      </c>
+      <c r="I424"/>
+      <c r="J424" t="s">
+        <v>343</v>
+      </c>
+      <c r="K424" t="s">
+        <v>24</v>
+      </c>
+      <c r="L424"/>
+      <c r="M424"/>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2095</v>
+      </c>
+      <c r="P424" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16">
+      <c r="A425" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B425" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C425" t="s">
+        <v>37</v>
+      </c>
+      <c r="D425" t="s">
+        <v>2099</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425" t="s">
         <v>21</v>
       </c>
-      <c r="K422"/>
-[...119 lines deleted...]
-      </c>
+      <c r="G425" t="s">
+        <v>41</v>
+      </c>
+      <c r="H425">
+        <v>2017</v>
+      </c>
+      <c r="I425"/>
       <c r="J425" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K425"/>
+        <v>325</v>
+      </c>
+      <c r="K425" t="s">
+        <v>326</v>
+      </c>
       <c r="L425"/>
       <c r="M425" t="s">
-        <v>24</v>
+        <v>721</v>
       </c>
       <c r="N425" t="s">
-        <v>1306</v>
-[...419 lines deleted...]
-        <v>1330</v>
+        <v>328</v>
+      </c>
+      <c r="O425" t="s">
+        <v>2100</v>
+      </c>
+      <c r="P425" t="s">
+        <v>2101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>