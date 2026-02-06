--- v1 (2025-12-05)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2099">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4768,62 +4768,50 @@
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
-  </si>
-[...10 lines deleted...]
-    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
@@ -5260,50 +5248,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
@@ -6822,51 +6813,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P425"/>
+  <dimension ref="A1:P424"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -21845,5525 +21836,5477 @@
       </c>
       <c r="K311" t="s">
         <v>175</v>
       </c>
       <c r="L311" t="s">
         <v>1552</v>
       </c>
       <c r="M311" t="s">
         <v>44</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
         <v>1553</v>
       </c>
       <c r="P311" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
         <v>1555</v>
       </c>
       <c r="B312" t="s">
-        <v>1556</v>
+        <v>830</v>
       </c>
       <c r="C312" t="s">
         <v>37</v>
       </c>
       <c r="D312" t="s">
-        <v>546</v>
+        <v>56</v>
       </c>
       <c r="E312" t="s">
         <v>39</v>
       </c>
       <c r="F312" t="s">
         <v>500</v>
       </c>
       <c r="G312" t="s">
         <v>22</v>
       </c>
       <c r="H312">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I312">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="J312" t="s">
         <v>68</v>
       </c>
       <c r="K312" t="s">
         <v>24</v>
       </c>
       <c r="L312" t="s">
-        <v>1033</v>
+        <v>182</v>
       </c>
       <c r="M312" t="s">
         <v>44</v>
       </c>
       <c r="N312" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O312" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P312" t="s">
         <v>1557</v>
-      </c>
-[...1 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="B313" t="s">
-        <v>830</v>
+        <v>786</v>
       </c>
       <c r="C313" t="s">
         <v>37</v>
       </c>
       <c r="D313" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="E313" t="s">
         <v>39</v>
       </c>
       <c r="F313" t="s">
         <v>500</v>
       </c>
       <c r="G313" t="s">
         <v>22</v>
       </c>
       <c r="H313">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I313">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="J313" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K313" t="s">
         <v>24</v>
       </c>
       <c r="L313" t="s">
-        <v>182</v>
+        <v>1559</v>
       </c>
       <c r="M313" t="s">
-        <v>44</v>
+        <v>1479</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
         <v>1560</v>
       </c>
       <c r="P313" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
         <v>1562</v>
       </c>
       <c r="B314" t="s">
-        <v>786</v>
+        <v>1563</v>
       </c>
       <c r="C314" t="s">
-        <v>37</v>
+        <v>1564</v>
       </c>
       <c r="D314" t="s">
-        <v>235</v>
+        <v>1565</v>
       </c>
       <c r="E314" t="s">
         <v>39</v>
       </c>
       <c r="F314" t="s">
         <v>500</v>
       </c>
       <c r="G314" t="s">
         <v>22</v>
       </c>
       <c r="H314">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I314">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J314" t="s">
-        <v>42</v>
+        <v>1489</v>
       </c>
       <c r="K314" t="s">
         <v>24</v>
       </c>
       <c r="L314" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="M314" t="s">
-        <v>1479</v>
+        <v>1491</v>
       </c>
       <c r="N314" t="s">
-        <v>27</v>
+        <v>1567</v>
       </c>
       <c r="O314" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="P314" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="B315" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="C315" t="s">
-        <v>1568</v>
+        <v>37</v>
       </c>
       <c r="D315" t="s">
-        <v>1569</v>
+        <v>38</v>
       </c>
       <c r="E315" t="s">
         <v>39</v>
       </c>
       <c r="F315" t="s">
         <v>500</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
         <v>2008</v>
       </c>
       <c r="I315">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="J315" t="s">
-        <v>1489</v>
+        <v>68</v>
       </c>
       <c r="K315" t="s">
         <v>24</v>
       </c>
       <c r="L315" t="s">
-        <v>1570</v>
+        <v>43</v>
       </c>
       <c r="M315" t="s">
-        <v>1491</v>
+        <v>44</v>
       </c>
       <c r="N315" t="s">
-        <v>1571</v>
+        <v>45</v>
       </c>
       <c r="O315" t="s">
         <v>1572</v>
       </c>
       <c r="P315" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
         <v>1574</v>
       </c>
       <c r="B316" t="s">
         <v>1575</v>
       </c>
       <c r="C316" t="s">
         <v>37</v>
       </c>
       <c r="D316" t="s">
-        <v>38</v>
+        <v>187</v>
       </c>
       <c r="E316" t="s">
         <v>39</v>
       </c>
       <c r="F316" t="s">
         <v>500</v>
       </c>
       <c r="G316" t="s">
         <v>22</v>
       </c>
       <c r="H316">
         <v>2008</v>
       </c>
       <c r="I316">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="J316" t="s">
         <v>68</v>
       </c>
       <c r="K316" t="s">
         <v>24</v>
       </c>
       <c r="L316" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="M316" t="s">
         <v>44</v>
       </c>
       <c r="N316" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O316" t="s">
         <v>1576</v>
       </c>
       <c r="P316" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
         <v>1578</v>
       </c>
       <c r="B317" t="s">
         <v>1579</v>
       </c>
       <c r="C317" t="s">
         <v>37</v>
       </c>
       <c r="D317" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="E317" t="s">
         <v>39</v>
       </c>
       <c r="F317" t="s">
         <v>500</v>
       </c>
       <c r="G317" t="s">
         <v>22</v>
       </c>
       <c r="H317">
         <v>2008</v>
       </c>
       <c r="I317">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J317" t="s">
         <v>68</v>
       </c>
       <c r="K317" t="s">
         <v>24</v>
       </c>
       <c r="L317" t="s">
-        <v>188</v>
+        <v>1580</v>
       </c>
       <c r="M317" t="s">
         <v>44</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="P317" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B318" t="s">
         <v>1583</v>
       </c>
       <c r="C318" t="s">
         <v>37</v>
       </c>
       <c r="D318" t="s">
-        <v>193</v>
+        <v>296</v>
       </c>
       <c r="E318" t="s">
         <v>39</v>
       </c>
       <c r="F318" t="s">
         <v>500</v>
       </c>
       <c r="G318" t="s">
         <v>22</v>
       </c>
       <c r="H318">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I318">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J318" t="s">
         <v>68</v>
       </c>
       <c r="K318" t="s">
         <v>24</v>
       </c>
       <c r="L318" t="s">
-        <v>1584</v>
+        <v>297</v>
       </c>
       <c r="M318" t="s">
         <v>44</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
+        <v>1584</v>
+      </c>
+      <c r="P318" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="B319" t="s">
         <v>1587</v>
       </c>
       <c r="C319" t="s">
         <v>37</v>
       </c>
       <c r="D319" t="s">
-        <v>296</v>
+        <v>348</v>
       </c>
       <c r="E319" t="s">
         <v>39</v>
       </c>
       <c r="F319" t="s">
         <v>500</v>
       </c>
       <c r="G319" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H319">
         <v>2010</v>
       </c>
       <c r="I319">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J319" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K319" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L319" t="s">
-        <v>297</v>
+        <v>1588</v>
       </c>
       <c r="M319" t="s">
         <v>44</v>
       </c>
       <c r="N319" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O319" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="P319" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B320" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="C320" t="s">
         <v>37</v>
       </c>
       <c r="D320" t="s">
         <v>348</v>
       </c>
       <c r="E320" t="s">
         <v>39</v>
       </c>
       <c r="F320" t="s">
         <v>500</v>
       </c>
       <c r="G320" t="s">
         <v>41</v>
       </c>
       <c r="H320">
         <v>2010</v>
       </c>
-      <c r="I320">
-[...1 lines deleted...]
-      </c>
+      <c r="I320"/>
       <c r="J320" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="K320" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L320" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="M320" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N320" t="s">
         <v>45</v>
       </c>
       <c r="O320" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="P320" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B321" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C321" t="s">
         <v>37</v>
       </c>
       <c r="D321" t="s">
-        <v>348</v>
+        <v>19</v>
       </c>
       <c r="E321" t="s">
         <v>39</v>
       </c>
       <c r="F321" t="s">
         <v>500</v>
       </c>
       <c r="G321" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H321">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I321"/>
+        <v>1989</v>
+      </c>
+      <c r="I321">
+        <v>2016</v>
+      </c>
       <c r="J321" t="s">
         <v>68</v>
       </c>
       <c r="K321" t="s">
         <v>24</v>
       </c>
       <c r="L321" t="s">
-        <v>1597</v>
+        <v>99</v>
       </c>
       <c r="M321" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N321" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O321" t="s">
         <v>1598</v>
       </c>
       <c r="P321" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
         <v>1600</v>
       </c>
       <c r="B322" t="s">
         <v>1601</v>
       </c>
       <c r="C322" t="s">
         <v>37</v>
       </c>
       <c r="D322" t="s">
-        <v>19</v>
+        <v>1602</v>
       </c>
       <c r="E322" t="s">
         <v>39</v>
       </c>
       <c r="F322" t="s">
         <v>500</v>
       </c>
       <c r="G322" t="s">
         <v>22</v>
       </c>
       <c r="H322">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I322">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J322" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="K322" t="s">
         <v>24</v>
       </c>
       <c r="L322" t="s">
-        <v>99</v>
+        <v>1603</v>
       </c>
       <c r="M322" t="s">
-        <v>44</v>
+        <v>1479</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="P322" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="B323" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="C323" t="s">
         <v>37</v>
       </c>
       <c r="D323" t="s">
-        <v>1606</v>
+        <v>336</v>
       </c>
       <c r="E323" t="s">
         <v>39</v>
       </c>
       <c r="F323" t="s">
         <v>500</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I323">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="J323" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="K323" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="L323" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="M323" t="s">
-        <v>1479</v>
+        <v>1547</v>
       </c>
       <c r="N323" t="s">
-        <v>27</v>
+        <v>328</v>
       </c>
       <c r="O323" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="P323" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B324" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C324" t="s">
         <v>37</v>
       </c>
       <c r="D324" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="E324" t="s">
         <v>39</v>
       </c>
       <c r="F324" t="s">
         <v>500</v>
       </c>
       <c r="G324" t="s">
         <v>22</v>
       </c>
       <c r="H324">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I324">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="J324" t="s">
         <v>68</v>
       </c>
       <c r="K324" t="s">
         <v>326</v>
       </c>
       <c r="L324" t="s">
-        <v>1612</v>
+        <v>339</v>
       </c>
       <c r="M324" t="s">
         <v>1547</v>
       </c>
       <c r="N324" t="s">
         <v>328</v>
       </c>
       <c r="O324" t="s">
         <v>1613</v>
       </c>
       <c r="P324" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
         <v>1615</v>
       </c>
       <c r="B325" t="s">
         <v>1616</v>
       </c>
       <c r="C325" t="s">
         <v>37</v>
       </c>
       <c r="D325" t="s">
-        <v>324</v>
+        <v>124</v>
       </c>
       <c r="E325" t="s">
         <v>39</v>
       </c>
       <c r="F325" t="s">
         <v>500</v>
       </c>
       <c r="G325" t="s">
         <v>22</v>
       </c>
       <c r="H325">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I325">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J325" t="s">
         <v>68</v>
       </c>
       <c r="K325" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L325" t="s">
-        <v>339</v>
+        <v>125</v>
       </c>
       <c r="M325" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N325" t="s">
-        <v>328</v>
+        <v>27</v>
       </c>
       <c r="O325" t="s">
         <v>1617</v>
       </c>
       <c r="P325" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
         <v>1619</v>
       </c>
       <c r="B326" t="s">
         <v>1620</v>
       </c>
       <c r="C326" t="s">
         <v>37</v>
       </c>
       <c r="D326" t="s">
-        <v>124</v>
+        <v>50</v>
       </c>
       <c r="E326" t="s">
         <v>39</v>
       </c>
       <c r="F326" t="s">
         <v>500</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
         <v>2011</v>
       </c>
       <c r="I326">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J326" t="s">
         <v>68</v>
       </c>
       <c r="K326" t="s">
         <v>24</v>
       </c>
       <c r="L326" t="s">
-        <v>125</v>
+        <v>262</v>
       </c>
       <c r="M326" t="s">
         <v>44</v>
       </c>
       <c r="N326" t="s">
         <v>27</v>
       </c>
       <c r="O326" t="s">
         <v>1621</v>
       </c>
       <c r="P326" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
         <v>1623</v>
       </c>
       <c r="B327" t="s">
         <v>1624</v>
       </c>
       <c r="C327" t="s">
         <v>37</v>
       </c>
       <c r="D327" t="s">
         <v>50</v>
       </c>
       <c r="E327" t="s">
         <v>39</v>
       </c>
       <c r="F327" t="s">
         <v>500</v>
       </c>
       <c r="G327" t="s">
         <v>22</v>
       </c>
       <c r="H327">
         <v>2011</v>
       </c>
       <c r="I327">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J327" t="s">
         <v>68</v>
       </c>
       <c r="K327" t="s">
         <v>24</v>
       </c>
       <c r="L327" t="s">
-        <v>262</v>
+        <v>1625</v>
       </c>
       <c r="M327" t="s">
         <v>44</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="P327" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B328" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="C328" t="s">
         <v>37</v>
       </c>
       <c r="D328" t="s">
-        <v>50</v>
+        <v>436</v>
       </c>
       <c r="E328" t="s">
         <v>39</v>
       </c>
       <c r="F328" t="s">
         <v>500</v>
       </c>
       <c r="G328" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H328">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I328"/>
       <c r="J328" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K328" t="s">
         <v>24</v>
       </c>
       <c r="L328" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="M328" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="P328" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="B329" t="s">
-        <v>1633</v>
+        <v>250</v>
       </c>
       <c r="C329" t="s">
         <v>37</v>
       </c>
       <c r="D329" t="s">
-        <v>436</v>
+        <v>187</v>
       </c>
       <c r="E329" t="s">
         <v>39</v>
       </c>
       <c r="F329" t="s">
         <v>500</v>
       </c>
       <c r="G329" t="s">
-        <v>41</v>
+        <v>549</v>
       </c>
       <c r="H329">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I329"/>
+        <v>2011</v>
+      </c>
+      <c r="I329">
+        <v>2012</v>
+      </c>
       <c r="J329" t="s">
-        <v>42</v>
+        <v>1489</v>
       </c>
       <c r="K329" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="L329" t="s">
         <v>1634</v>
       </c>
       <c r="M329" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
         <v>1635</v>
       </c>
       <c r="P329" t="s">
         <v>1636</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
         <v>1637</v>
       </c>
       <c r="B330" t="s">
-        <v>250</v>
+        <v>1638</v>
       </c>
       <c r="C330" t="s">
         <v>37</v>
       </c>
       <c r="D330" t="s">
-        <v>187</v>
+        <v>332</v>
       </c>
       <c r="E330" t="s">
         <v>39</v>
       </c>
       <c r="F330" t="s">
         <v>500</v>
       </c>
       <c r="G330" t="s">
-        <v>549</v>
+        <v>22</v>
       </c>
       <c r="H330">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I330">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="J330" t="s">
-        <v>1489</v>
+        <v>68</v>
       </c>
       <c r="K330" t="s">
-        <v>251</v>
+        <v>326</v>
       </c>
       <c r="L330" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="M330" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N330" t="s">
-        <v>27</v>
+        <v>328</v>
       </c>
       <c r="O330" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="P330" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="B331" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="C331" t="s">
         <v>37</v>
       </c>
       <c r="D331" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E331" t="s">
         <v>39</v>
       </c>
       <c r="F331" t="s">
         <v>500</v>
       </c>
       <c r="G331" t="s">
         <v>22</v>
       </c>
       <c r="H331">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I331">
         <v>2020</v>
       </c>
       <c r="J331" t="s">
         <v>68</v>
       </c>
       <c r="K331" t="s">
         <v>326</v>
       </c>
       <c r="L331" t="s">
-        <v>1643</v>
+        <v>1608</v>
       </c>
       <c r="M331" t="s">
         <v>1547</v>
       </c>
       <c r="N331" t="s">
         <v>328</v>
       </c>
       <c r="O331" t="s">
         <v>1644</v>
       </c>
       <c r="P331" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
         <v>1646</v>
       </c>
       <c r="B332" t="s">
         <v>1647</v>
       </c>
       <c r="C332" t="s">
         <v>37</v>
       </c>
       <c r="D332" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="E332" t="s">
         <v>39</v>
       </c>
       <c r="F332" t="s">
         <v>500</v>
       </c>
       <c r="G332" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H332">
         <v>2013</v>
       </c>
-      <c r="I332">
-[...1 lines deleted...]
-      </c>
+      <c r="I332"/>
       <c r="J332" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K332" t="s">
         <v>326</v>
       </c>
       <c r="L332" t="s">
-        <v>1612</v>
+        <v>1648</v>
       </c>
       <c r="M332" t="s">
         <v>1547</v>
       </c>
       <c r="N332" t="s">
         <v>328</v>
       </c>
       <c r="O332" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="P332" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="B333" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C333" t="s">
         <v>37</v>
       </c>
       <c r="D333" t="s">
-        <v>324</v>
+        <v>32</v>
       </c>
       <c r="E333" t="s">
         <v>39</v>
       </c>
       <c r="F333" t="s">
         <v>500</v>
       </c>
       <c r="G333" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H333">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I333"/>
+        <v>2012</v>
+      </c>
+      <c r="I333">
+        <v>2016</v>
+      </c>
       <c r="J333" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="K333" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L333" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="M333" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N333" t="s">
-        <v>328</v>
+        <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="P333" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B334" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C334" t="s">
         <v>37</v>
       </c>
       <c r="D334" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
       <c r="E334" t="s">
         <v>39</v>
       </c>
       <c r="F334" t="s">
         <v>500</v>
       </c>
       <c r="G334" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H334">
         <v>2012</v>
       </c>
-      <c r="I334">
-[...1 lines deleted...]
-      </c>
+      <c r="I334"/>
       <c r="J334" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K334" t="s">
         <v>24</v>
       </c>
       <c r="L334" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="M334" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N334" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O334" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="P334" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B335" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="C335" t="s">
         <v>37</v>
       </c>
       <c r="D335" t="s">
-        <v>229</v>
+        <v>564</v>
       </c>
       <c r="E335" t="s">
         <v>39</v>
       </c>
       <c r="F335" t="s">
         <v>500</v>
       </c>
       <c r="G335" t="s">
         <v>41</v>
       </c>
       <c r="H335">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I335"/>
       <c r="J335" t="s">
         <v>42</v>
       </c>
       <c r="K335" t="s">
         <v>24</v>
       </c>
       <c r="L335" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="M335" t="s">
         <v>1547</v>
       </c>
       <c r="N335" t="s">
         <v>45</v>
       </c>
       <c r="O335" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="P335" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B336" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="C336" t="s">
         <v>37</v>
       </c>
       <c r="D336" t="s">
-        <v>564</v>
+        <v>273</v>
       </c>
       <c r="E336" t="s">
         <v>39</v>
       </c>
       <c r="F336" t="s">
         <v>500</v>
       </c>
       <c r="G336" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H336">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I336"/>
+        <v>2003</v>
+      </c>
+      <c r="I336">
+        <v>2013</v>
+      </c>
       <c r="J336" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="K336" t="s">
         <v>24</v>
       </c>
       <c r="L336" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="M336" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N336" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="P336" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B337" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="C337" t="s">
         <v>37</v>
       </c>
       <c r="D337" t="s">
-        <v>273</v>
+        <v>1673</v>
       </c>
       <c r="E337" t="s">
         <v>39</v>
       </c>
       <c r="F337" t="s">
         <v>500</v>
       </c>
       <c r="G337" t="s">
         <v>22</v>
       </c>
       <c r="H337">
         <v>2003</v>
       </c>
       <c r="I337">
         <v>2013</v>
       </c>
       <c r="J337" t="s">
         <v>68</v>
       </c>
       <c r="K337" t="s">
         <v>24</v>
       </c>
       <c r="L337" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="M337" t="s">
         <v>44</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="P337" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="B338" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="C338" t="s">
         <v>37</v>
       </c>
       <c r="D338" t="s">
-        <v>1677</v>
+        <v>279</v>
       </c>
       <c r="E338" t="s">
         <v>39</v>
       </c>
       <c r="F338" t="s">
         <v>500</v>
       </c>
       <c r="G338" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H338">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I338">
         <v>2013</v>
       </c>
+      <c r="I338"/>
       <c r="J338" t="s">
         <v>68</v>
       </c>
       <c r="K338" t="s">
         <v>24</v>
       </c>
       <c r="L338" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="M338" t="s">
         <v>44</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="P338" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B339" t="s">
-        <v>1682</v>
+        <v>67</v>
       </c>
       <c r="C339" t="s">
         <v>37</v>
       </c>
       <c r="D339" t="s">
-        <v>279</v>
+        <v>85</v>
       </c>
       <c r="E339" t="s">
         <v>39</v>
       </c>
       <c r="F339" t="s">
         <v>500</v>
       </c>
       <c r="G339" t="s">
         <v>41</v>
       </c>
       <c r="H339">
         <v>2013</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="K339" t="s">
         <v>24</v>
       </c>
       <c r="L339" t="s">
+        <v>69</v>
+      </c>
+      <c r="M339" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N339" t="s">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
         <v>1683</v>
       </c>
-      <c r="M339" t="s">
-[...5 lines deleted...]
-      <c r="O339" t="s">
+      <c r="P339" t="s">
         <v>1684</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B340" t="s">
         <v>1686</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C340" t="s">
         <v>37</v>
       </c>
       <c r="D340" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="E340" t="s">
         <v>39</v>
       </c>
       <c r="F340" t="s">
         <v>500</v>
       </c>
       <c r="G340" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H340">
+        <v>2008</v>
+      </c>
+      <c r="I340">
         <v>2013</v>
       </c>
-      <c r="I340"/>
       <c r="J340" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="K340" t="s">
         <v>24</v>
       </c>
       <c r="L340" t="s">
-        <v>69</v>
+        <v>1687</v>
       </c>
       <c r="M340" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="P340" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B341" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="C341" t="s">
         <v>37</v>
       </c>
       <c r="D341" t="s">
-        <v>187</v>
+        <v>80</v>
       </c>
       <c r="E341" t="s">
         <v>39</v>
       </c>
       <c r="F341" t="s">
         <v>500</v>
       </c>
       <c r="G341" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H341">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I341"/>
       <c r="J341" t="s">
         <v>68</v>
       </c>
       <c r="K341" t="s">
         <v>24</v>
       </c>
       <c r="L341" t="s">
-        <v>1691</v>
+        <v>75</v>
       </c>
       <c r="M341" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N341" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O341" t="s">
         <v>1692</v>
       </c>
       <c r="P341" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
         <v>1694</v>
       </c>
       <c r="B342" t="s">
         <v>1695</v>
       </c>
       <c r="C342" t="s">
         <v>37</v>
       </c>
       <c r="D342" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="E342" t="s">
         <v>39</v>
       </c>
       <c r="F342" t="s">
         <v>500</v>
       </c>
       <c r="G342" t="s">
         <v>41</v>
       </c>
       <c r="H342">
         <v>2014</v>
       </c>
       <c r="I342"/>
       <c r="J342" t="s">
         <v>68</v>
       </c>
       <c r="K342" t="s">
         <v>24</v>
       </c>
       <c r="L342" t="s">
-        <v>75</v>
+        <v>1696</v>
       </c>
       <c r="M342" t="s">
         <v>1547</v>
       </c>
       <c r="N342" t="s">
         <v>45</v>
       </c>
       <c r="O342" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="P342" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B343" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C343" t="s">
         <v>37</v>
       </c>
       <c r="D343" t="s">
-        <v>74</v>
+        <v>273</v>
       </c>
       <c r="E343" t="s">
         <v>39</v>
       </c>
       <c r="F343" t="s">
         <v>500</v>
       </c>
       <c r="G343" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H343">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I343"/>
+        <v>2013</v>
+      </c>
+      <c r="I343">
+        <v>2020</v>
+      </c>
       <c r="J343" t="s">
         <v>68</v>
       </c>
       <c r="K343" t="s">
         <v>24</v>
       </c>
       <c r="L343" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="M343" t="s">
-        <v>1547</v>
+        <v>44</v>
       </c>
       <c r="N343" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O343" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="P343" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B344" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="C344" t="s">
         <v>37</v>
       </c>
       <c r="D344" t="s">
-        <v>273</v>
+        <v>302</v>
       </c>
       <c r="E344" t="s">
         <v>39</v>
       </c>
       <c r="F344" t="s">
         <v>500</v>
       </c>
       <c r="G344" t="s">
-        <v>22</v>
+        <v>1706</v>
       </c>
       <c r="H344">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I344">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J344" t="s">
         <v>68</v>
       </c>
       <c r="K344" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L344" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="M344" t="s">
         <v>44</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="P344" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="B345" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="C345" t="s">
         <v>37</v>
       </c>
       <c r="D345" t="s">
-        <v>302</v>
+        <v>324</v>
       </c>
       <c r="E345" t="s">
         <v>39</v>
       </c>
       <c r="F345" t="s">
         <v>500</v>
       </c>
       <c r="G345" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H345">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I345"/>
+        <v>2014</v>
+      </c>
+      <c r="I345">
+        <v>2020</v>
+      </c>
       <c r="J345" t="s">
         <v>68</v>
       </c>
       <c r="K345" t="s">
-        <v>175</v>
+        <v>326</v>
       </c>
       <c r="L345" t="s">
-        <v>1710</v>
+        <v>1639</v>
       </c>
       <c r="M345" t="s">
-        <v>44</v>
+        <v>327</v>
       </c>
       <c r="N345" t="s">
-        <v>27</v>
+        <v>328</v>
       </c>
       <c r="O345" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="P345" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="B346" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="C346" t="s">
         <v>37</v>
       </c>
       <c r="D346" t="s">
-        <v>324</v>
+        <v>1716</v>
       </c>
       <c r="E346" t="s">
         <v>39</v>
       </c>
       <c r="F346" t="s">
         <v>500</v>
       </c>
       <c r="G346" t="s">
-        <v>22</v>
+        <v>549</v>
       </c>
       <c r="H346">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="I346">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J346" t="s">
-        <v>68</v>
+        <v>1489</v>
       </c>
       <c r="K346" t="s">
-        <v>326</v>
+        <v>175</v>
       </c>
       <c r="L346" t="s">
-        <v>1643</v>
+        <v>1717</v>
       </c>
       <c r="M346" t="s">
-        <v>327</v>
+        <v>44</v>
       </c>
       <c r="N346" t="s">
-        <v>328</v>
+        <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="P346" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="B347" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="C347" t="s">
         <v>37</v>
       </c>
       <c r="D347" t="s">
-        <v>1719</v>
+        <v>152</v>
       </c>
       <c r="E347" t="s">
         <v>39</v>
       </c>
       <c r="F347" t="s">
         <v>500</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
         <v>2008</v>
       </c>
       <c r="I347">
         <v>2015</v>
       </c>
       <c r="J347" t="s">
         <v>68</v>
       </c>
       <c r="K347" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L347" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="M347" t="s">
         <v>44</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="P347" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="B348" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="C348" t="s">
         <v>37</v>
       </c>
       <c r="D348" t="s">
-        <v>152</v>
+        <v>910</v>
       </c>
       <c r="E348" t="s">
         <v>39</v>
       </c>
       <c r="F348" t="s">
         <v>500</v>
       </c>
       <c r="G348" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H348">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I348">
         <v>2015</v>
       </c>
+      <c r="I348"/>
       <c r="J348" t="s">
         <v>68</v>
       </c>
       <c r="K348" t="s">
         <v>24</v>
       </c>
       <c r="L348" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="M348" t="s">
         <v>44</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="P348" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="B349" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="C349" t="s">
         <v>37</v>
       </c>
       <c r="D349" t="s">
-        <v>910</v>
+        <v>273</v>
       </c>
       <c r="E349" t="s">
         <v>39</v>
       </c>
       <c r="F349" t="s">
         <v>500</v>
       </c>
       <c r="G349" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H349">
+        <v>2005</v>
+      </c>
+      <c r="I349">
         <v>2015</v>
       </c>
-      <c r="I349"/>
       <c r="J349" t="s">
         <v>68</v>
       </c>
       <c r="K349" t="s">
         <v>24</v>
       </c>
       <c r="L349" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="M349" t="s">
         <v>44</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="P349" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="B350" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="C350" t="s">
         <v>37</v>
       </c>
       <c r="D350" t="s">
-        <v>273</v>
+        <v>112</v>
       </c>
       <c r="E350" t="s">
         <v>39</v>
       </c>
       <c r="F350" t="s">
         <v>500</v>
       </c>
       <c r="G350" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H350">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I350"/>
       <c r="J350" t="s">
         <v>68</v>
       </c>
       <c r="K350" t="s">
         <v>24</v>
       </c>
       <c r="L350" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="M350" t="s">
-        <v>44</v>
+        <v>1547</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="P350" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="B351" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="C351" t="s">
         <v>37</v>
       </c>
       <c r="D351" t="s">
-        <v>112</v>
+        <v>657</v>
       </c>
       <c r="E351" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F351" t="s">
         <v>500</v>
       </c>
       <c r="G351" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H351">
+        <v>2005</v>
+      </c>
+      <c r="I351">
         <v>2016</v>
       </c>
-      <c r="I351"/>
       <c r="J351" t="s">
         <v>68</v>
       </c>
       <c r="K351" t="s">
         <v>24</v>
       </c>
       <c r="L351" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="M351" t="s">
         <v>1547</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="P351" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="B352" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="C352" t="s">
         <v>37</v>
       </c>
       <c r="D352" t="s">
         <v>657</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
         <v>500</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
         <v>2005</v>
       </c>
       <c r="I352">
         <v>2016</v>
       </c>
       <c r="J352" t="s">
         <v>68</v>
       </c>
       <c r="K352" t="s">
         <v>24</v>
       </c>
       <c r="L352" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="M352" t="s">
         <v>1547</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="P352" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="B353" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="C353" t="s">
         <v>37</v>
       </c>
       <c r="D353" t="s">
         <v>657</v>
       </c>
       <c r="E353" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F353" t="s">
         <v>500</v>
       </c>
       <c r="G353" t="s">
         <v>22</v>
       </c>
       <c r="H353">
         <v>2005</v>
       </c>
       <c r="I353">
         <v>2016</v>
       </c>
       <c r="J353" t="s">
         <v>68</v>
       </c>
       <c r="K353" t="s">
         <v>24</v>
       </c>
       <c r="L353" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="M353" t="s">
         <v>1547</v>
       </c>
       <c r="N353" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O353" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="P353" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="B354" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="C354" t="s">
         <v>37</v>
       </c>
       <c r="D354" t="s">
-        <v>657</v>
+        <v>136</v>
       </c>
       <c r="E354" t="s">
         <v>39</v>
       </c>
       <c r="F354" t="s">
         <v>500</v>
       </c>
       <c r="G354" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H354">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="I354">
         <v>2016</v>
       </c>
+      <c r="I354"/>
       <c r="J354" t="s">
         <v>68</v>
       </c>
       <c r="K354" t="s">
         <v>24</v>
       </c>
       <c r="L354" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="M354" t="s">
         <v>1547</v>
       </c>
       <c r="N354" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="P354" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="B355" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="C355" t="s">
         <v>37</v>
       </c>
       <c r="D355" t="s">
-        <v>136</v>
+        <v>657</v>
       </c>
       <c r="E355" t="s">
         <v>39</v>
       </c>
       <c r="F355" t="s">
         <v>500</v>
       </c>
       <c r="G355" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H355">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I355"/>
+        <v>2005</v>
+      </c>
+      <c r="I355">
+        <v>2017</v>
+      </c>
       <c r="J355" t="s">
         <v>68</v>
       </c>
       <c r="K355" t="s">
         <v>24</v>
       </c>
       <c r="L355" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="M355" t="s">
         <v>1547</v>
       </c>
       <c r="N355" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O355" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="P355" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="B356" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="C356" t="s">
         <v>37</v>
       </c>
       <c r="D356" t="s">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="E356" t="s">
         <v>39</v>
       </c>
       <c r="F356" t="s">
         <v>500</v>
       </c>
       <c r="G356" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H356">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="I356">
         <v>2017</v>
       </c>
+      <c r="I356"/>
       <c r="J356" t="s">
         <v>68</v>
       </c>
       <c r="K356" t="s">
         <v>24</v>
       </c>
       <c r="L356" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="M356" t="s">
         <v>1547</v>
       </c>
       <c r="N356" t="s">
         <v>45</v>
       </c>
       <c r="O356" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="P356" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="B357" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="C357" t="s">
         <v>37</v>
       </c>
       <c r="D357" t="s">
-        <v>564</v>
+        <v>1253</v>
       </c>
       <c r="E357" t="s">
         <v>39</v>
       </c>
       <c r="F357" t="s">
         <v>500</v>
       </c>
       <c r="G357" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H357">
         <v>2017</v>
       </c>
-      <c r="I357"/>
+      <c r="I357">
+        <v>2021</v>
+      </c>
       <c r="J357" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="K357" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="L357" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="M357" t="s">
-        <v>1547</v>
+        <v>1479</v>
       </c>
       <c r="N357" t="s">
-        <v>45</v>
+        <v>328</v>
       </c>
       <c r="O357" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="P357" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B358" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="C358" t="s">
         <v>37</v>
       </c>
       <c r="D358" t="s">
-        <v>1253</v>
+        <v>821</v>
       </c>
       <c r="E358" t="s">
         <v>39</v>
       </c>
       <c r="F358" t="s">
         <v>500</v>
       </c>
       <c r="G358" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H358">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I358"/>
       <c r="J358" t="s">
-        <v>92</v>
+        <v>42</v>
       </c>
       <c r="K358" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L358" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="M358" t="s">
-        <v>1479</v>
+        <v>1547</v>
       </c>
       <c r="N358" t="s">
-        <v>328</v>
+        <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="P358" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="B359" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="C359" t="s">
         <v>37</v>
       </c>
       <c r="D359" t="s">
-        <v>821</v>
+        <v>118</v>
       </c>
       <c r="E359" t="s">
         <v>39</v>
       </c>
       <c r="F359" t="s">
         <v>500</v>
       </c>
       <c r="G359" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H359">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I359"/>
+        <v>2018</v>
+      </c>
+      <c r="I359">
+        <v>2024</v>
+      </c>
       <c r="J359" t="s">
-        <v>42</v>
+        <v>1489</v>
       </c>
       <c r="K359" t="s">
         <v>24</v>
       </c>
       <c r="L359" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="M359" t="s">
-        <v>1547</v>
+        <v>1491</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="P359" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="B360" t="s">
-        <v>1784</v>
+        <v>141</v>
       </c>
       <c r="C360" t="s">
         <v>37</v>
       </c>
       <c r="D360" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="E360" t="s">
         <v>39</v>
       </c>
       <c r="F360" t="s">
         <v>500</v>
       </c>
       <c r="G360" t="s">
-        <v>22</v>
+        <v>1706</v>
       </c>
       <c r="H360">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I360"/>
       <c r="J360" t="s">
-        <v>1489</v>
+        <v>42</v>
       </c>
       <c r="K360" t="s">
         <v>24</v>
       </c>
       <c r="L360" t="s">
-        <v>1785</v>
+        <v>142</v>
       </c>
       <c r="M360" t="s">
-        <v>1491</v>
+        <v>1547</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
         <v>1786</v>
       </c>
       <c r="P360" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
         <v>1788</v>
       </c>
       <c r="B361" t="s">
-        <v>141</v>
+        <v>55</v>
       </c>
       <c r="C361" t="s">
         <v>37</v>
       </c>
       <c r="D361" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="E361" t="s">
         <v>39</v>
       </c>
       <c r="F361" t="s">
         <v>500</v>
       </c>
       <c r="G361" t="s">
         <v>41</v>
       </c>
       <c r="H361">
         <v>2020</v>
       </c>
       <c r="I361"/>
       <c r="J361" t="s">
         <v>42</v>
       </c>
       <c r="K361" t="s">
         <v>24</v>
       </c>
       <c r="L361" t="s">
-        <v>142</v>
+        <v>57</v>
       </c>
       <c r="M361" t="s">
         <v>1547</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
         <v>1789</v>
       </c>
       <c r="P361" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
         <v>1791</v>
       </c>
       <c r="B362" t="s">
-        <v>55</v>
+        <v>151</v>
       </c>
       <c r="C362" t="s">
         <v>37</v>
       </c>
       <c r="D362" t="s">
-        <v>56</v>
+        <v>152</v>
       </c>
       <c r="E362" t="s">
         <v>39</v>
       </c>
       <c r="F362" t="s">
         <v>500</v>
       </c>
       <c r="G362" t="s">
         <v>41</v>
       </c>
       <c r="H362">
         <v>2020</v>
       </c>
       <c r="I362"/>
       <c r="J362" t="s">
         <v>42</v>
       </c>
       <c r="K362" t="s">
         <v>24</v>
       </c>
       <c r="L362" t="s">
-        <v>57</v>
+        <v>153</v>
       </c>
       <c r="M362" t="s">
         <v>1547</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
         <v>1792</v>
       </c>
       <c r="P362" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
         <v>1794</v>
       </c>
       <c r="B363" t="s">
-        <v>151</v>
+        <v>1795</v>
       </c>
       <c r="C363" t="s">
         <v>37</v>
       </c>
       <c r="D363" t="s">
-        <v>152</v>
+        <v>657</v>
       </c>
       <c r="E363" t="s">
         <v>39</v>
       </c>
       <c r="F363" t="s">
         <v>500</v>
       </c>
       <c r="G363" t="s">
         <v>41</v>
       </c>
       <c r="H363">
         <v>2020</v>
       </c>
       <c r="I363"/>
       <c r="J363" t="s">
         <v>42</v>
       </c>
       <c r="K363" t="s">
         <v>24</v>
       </c>
       <c r="L363" t="s">
-        <v>153</v>
+        <v>1796</v>
       </c>
       <c r="M363" t="s">
         <v>1547</v>
       </c>
       <c r="N363" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O363" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="P363" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="B364" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="C364" t="s">
         <v>37</v>
       </c>
       <c r="D364" t="s">
-        <v>657</v>
+        <v>118</v>
       </c>
       <c r="E364" t="s">
         <v>39</v>
       </c>
       <c r="F364" t="s">
         <v>500</v>
       </c>
       <c r="G364" t="s">
         <v>41</v>
       </c>
       <c r="H364">
         <v>2020</v>
       </c>
       <c r="I364"/>
       <c r="J364" t="s">
         <v>42</v>
       </c>
       <c r="K364" t="s">
         <v>24</v>
       </c>
       <c r="L364" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="M364" t="s">
         <v>1547</v>
       </c>
       <c r="N364" t="s">
         <v>45</v>
       </c>
       <c r="O364" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="P364" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="B365" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="C365" t="s">
         <v>37</v>
       </c>
       <c r="D365" t="s">
-        <v>118</v>
+        <v>657</v>
       </c>
       <c r="E365" t="s">
         <v>39</v>
       </c>
       <c r="F365" t="s">
         <v>500</v>
       </c>
       <c r="G365" t="s">
         <v>41</v>
       </c>
       <c r="H365">
         <v>2020</v>
       </c>
       <c r="I365"/>
       <c r="J365" t="s">
         <v>42</v>
       </c>
       <c r="K365" t="s">
         <v>24</v>
       </c>
       <c r="L365" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="M365" t="s">
         <v>1547</v>
       </c>
       <c r="N365" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="P365" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="B366" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C366" t="s">
         <v>37</v>
       </c>
       <c r="D366" t="s">
-        <v>657</v>
+        <v>428</v>
       </c>
       <c r="E366" t="s">
         <v>39</v>
       </c>
       <c r="F366" t="s">
         <v>500</v>
       </c>
       <c r="G366" t="s">
-        <v>41</v>
+        <v>1706</v>
       </c>
       <c r="H366">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I366"/>
       <c r="J366" t="s">
         <v>42</v>
       </c>
       <c r="K366" t="s">
-        <v>24</v>
+        <v>402</v>
       </c>
       <c r="L366" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="M366" t="s">
         <v>1547</v>
       </c>
       <c r="N366" t="s">
-        <v>27</v>
+        <v>403</v>
       </c>
       <c r="O366" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="P366" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="B367" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="C367" t="s">
         <v>37</v>
       </c>
       <c r="D367" t="s">
-        <v>428</v>
+        <v>348</v>
       </c>
       <c r="E367" t="s">
         <v>39</v>
       </c>
       <c r="F367" t="s">
         <v>500</v>
       </c>
       <c r="G367" t="s">
         <v>41</v>
       </c>
       <c r="H367">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I367"/>
       <c r="J367" t="s">
         <v>42</v>
       </c>
       <c r="K367" t="s">
-        <v>402</v>
+        <v>24</v>
       </c>
       <c r="L367" t="s">
-        <v>1814</v>
+        <v>142</v>
       </c>
       <c r="M367" t="s">
         <v>1547</v>
       </c>
       <c r="N367" t="s">
-        <v>403</v>
+        <v>45</v>
       </c>
       <c r="O367" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="P367" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="B368" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="C368" t="s">
         <v>37</v>
       </c>
       <c r="D368" t="s">
-        <v>348</v>
+        <v>147</v>
       </c>
       <c r="E368" t="s">
         <v>39</v>
       </c>
       <c r="F368" t="s">
         <v>500</v>
       </c>
       <c r="G368" t="s">
         <v>41</v>
       </c>
       <c r="H368">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I368"/>
       <c r="J368" t="s">
         <v>42</v>
       </c>
       <c r="K368" t="s">
         <v>24</v>
       </c>
       <c r="L368" t="s">
         <v>142</v>
       </c>
       <c r="M368" t="s">
         <v>1547</v>
       </c>
       <c r="N368" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="P368" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B369" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="C369" t="s">
         <v>37</v>
       </c>
       <c r="D369" t="s">
-        <v>147</v>
+        <v>1824</v>
       </c>
       <c r="E369" t="s">
         <v>39</v>
       </c>
       <c r="F369" t="s">
         <v>500</v>
       </c>
       <c r="G369" t="s">
         <v>41</v>
       </c>
       <c r="H369">
         <v>2021</v>
       </c>
       <c r="I369"/>
       <c r="J369" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="K369" t="s">
         <v>24</v>
       </c>
       <c r="L369" t="s">
-        <v>142</v>
+        <v>1825</v>
       </c>
       <c r="M369" t="s">
-        <v>1547</v>
+        <v>1479</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="P369" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B370" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C370" t="s">
         <v>37</v>
       </c>
       <c r="D370" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="E370" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F370" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="G370" t="s">
         <v>41</v>
       </c>
       <c r="H370">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I370"/>
       <c r="J370" t="s">
         <v>92</v>
       </c>
       <c r="K370" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="L370" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="M370" t="s">
-        <v>1479</v>
+        <v>1832</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="P370" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="B371" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="C371" t="s">
         <v>37</v>
       </c>
       <c r="D371" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
         <v>21</v>
       </c>
       <c r="G371" t="s">
         <v>41</v>
       </c>
       <c r="H371">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I371"/>
       <c r="J371" t="s">
         <v>92</v>
       </c>
       <c r="K371" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="L371" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="M371" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="P371" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="B372" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="C372" t="s">
         <v>37</v>
       </c>
       <c r="D372" t="s">
-        <v>1840</v>
+        <v>1001</v>
       </c>
       <c r="E372" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F372" t="s">
-        <v>21</v>
+        <v>500</v>
       </c>
       <c r="G372" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H372">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I372"/>
+        <v>2003</v>
+      </c>
+      <c r="I372">
+        <v>2013</v>
+      </c>
       <c r="J372" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="K372" t="s">
         <v>24</v>
       </c>
       <c r="L372" t="s">
-        <v>1841</v>
+        <v>1101</v>
       </c>
       <c r="M372" t="s">
-        <v>1835</v>
+        <v>44</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="P372" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="B373" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="C373" t="s">
-        <v>37</v>
+        <v>1472</v>
       </c>
       <c r="D373" t="s">
-        <v>1001</v>
+        <v>673</v>
       </c>
       <c r="E373" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F373" t="s">
         <v>500</v>
       </c>
       <c r="G373" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H373">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>1985</v>
+      </c>
+      <c r="I373"/>
       <c r="J373" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="K373" t="s">
         <v>24</v>
       </c>
       <c r="L373" t="s">
-        <v>1101</v>
+        <v>1847</v>
       </c>
       <c r="M373" t="s">
-        <v>44</v>
+        <v>1473</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="P373" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="B374" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="C374" t="s">
         <v>1472</v>
       </c>
       <c r="D374" t="s">
-        <v>673</v>
+        <v>279</v>
       </c>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
         <v>500</v>
       </c>
       <c r="G374" t="s">
         <v>41</v>
       </c>
       <c r="H374">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="I374"/>
       <c r="J374" t="s">
         <v>181</v>
       </c>
       <c r="K374" t="s">
         <v>24</v>
       </c>
       <c r="L374" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="M374" t="s">
         <v>1473</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="P374" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="B375" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C375" t="s">
         <v>1472</v>
       </c>
       <c r="D375" t="s">
-        <v>279</v>
+        <v>1857</v>
       </c>
       <c r="E375" t="s">
         <v>20</v>
       </c>
       <c r="F375" t="s">
         <v>500</v>
       </c>
       <c r="G375" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H375">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I375"/>
+        <v>1987</v>
+      </c>
+      <c r="I375">
+        <v>1988</v>
+      </c>
       <c r="J375" t="s">
         <v>181</v>
       </c>
       <c r="K375" t="s">
         <v>24</v>
       </c>
-      <c r="L375" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L375"/>
       <c r="M375" t="s">
         <v>1473</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="P375" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="B376" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="C376" t="s">
         <v>1472</v>
       </c>
       <c r="D376" t="s">
-        <v>1860</v>
+        <v>32</v>
       </c>
       <c r="E376" t="s">
         <v>20</v>
       </c>
       <c r="F376" t="s">
         <v>500</v>
       </c>
       <c r="G376" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H376">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="I376"/>
       <c r="J376" t="s">
-        <v>181</v>
+        <v>68</v>
       </c>
       <c r="K376" t="s">
         <v>24</v>
       </c>
       <c r="L376"/>
       <c r="M376" t="s">
         <v>1473</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="P376" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="B377" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C377" t="s">
         <v>1472</v>
       </c>
       <c r="D377" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="E377" t="s">
         <v>20</v>
       </c>
       <c r="F377" t="s">
         <v>500</v>
       </c>
       <c r="G377" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H377">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="I377"/>
+        <v>1987</v>
+      </c>
+      <c r="I377">
+        <v>1988</v>
+      </c>
       <c r="J377" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="K377" t="s">
         <v>24</v>
       </c>
-      <c r="L377"/>
+      <c r="L377" t="s">
+        <v>1866</v>
+      </c>
       <c r="M377" t="s">
         <v>1473</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="P377" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="B378" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C378" t="s">
         <v>1472</v>
       </c>
       <c r="D378" t="s">
-        <v>152</v>
+        <v>19</v>
       </c>
       <c r="E378" t="s">
         <v>20</v>
       </c>
       <c r="F378" t="s">
         <v>500</v>
       </c>
       <c r="G378" t="s">
         <v>22</v>
       </c>
       <c r="H378">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="I378">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="J378" t="s">
         <v>181</v>
       </c>
       <c r="K378" t="s">
         <v>24</v>
       </c>
-      <c r="L378" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L378"/>
       <c r="M378" t="s">
-        <v>1473</v>
+        <v>1871</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="P378" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="B379" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C379" t="s">
         <v>1472</v>
       </c>
       <c r="D379" t="s">
-        <v>19</v>
+        <v>296</v>
       </c>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
         <v>500</v>
       </c>
       <c r="G379" t="s">
         <v>22</v>
       </c>
       <c r="H379">
         <v>1989</v>
       </c>
       <c r="I379">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="J379" t="s">
-        <v>181</v>
+        <v>1876</v>
       </c>
       <c r="K379" t="s">
         <v>24</v>
       </c>
       <c r="L379"/>
       <c r="M379" t="s">
-        <v>1874</v>
+        <v>1473</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="P379" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="B380" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="C380" t="s">
         <v>1472</v>
       </c>
       <c r="D380" t="s">
-        <v>296</v>
+        <v>223</v>
       </c>
       <c r="E380" t="s">
         <v>20</v>
       </c>
       <c r="F380" t="s">
         <v>500</v>
       </c>
       <c r="G380" t="s">
         <v>22</v>
       </c>
       <c r="H380">
         <v>1989</v>
       </c>
       <c r="I380">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="J380" t="s">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="K380" t="s">
         <v>24</v>
       </c>
       <c r="L380"/>
       <c r="M380" t="s">
         <v>1473</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="P380" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="B381" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="C381" t="s">
         <v>1472</v>
       </c>
       <c r="D381" t="s">
-        <v>223</v>
+        <v>296</v>
       </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
         <v>500</v>
       </c>
       <c r="G381" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H381">
         <v>1989</v>
       </c>
-      <c r="I381">
-[...1 lines deleted...]
-      </c>
+      <c r="I381"/>
       <c r="J381" t="s">
-        <v>1879</v>
+        <v>181</v>
       </c>
       <c r="K381" t="s">
         <v>24</v>
       </c>
       <c r="L381"/>
       <c r="M381" t="s">
         <v>1473</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="P381" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="B382" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="C382" t="s">
         <v>1472</v>
       </c>
       <c r="D382" t="s">
-        <v>296</v>
+        <v>187</v>
       </c>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
         <v>500</v>
       </c>
       <c r="G382" t="s">
         <v>41</v>
       </c>
       <c r="H382">
-        <v>1989</v>
+        <v>1984</v>
       </c>
       <c r="I382"/>
       <c r="J382" t="s">
         <v>181</v>
       </c>
       <c r="K382" t="s">
         <v>24</v>
       </c>
-      <c r="L382"/>
+      <c r="L382" t="s">
+        <v>1889</v>
+      </c>
       <c r="M382" t="s">
         <v>1473</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="P382" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="B383" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="C383" t="s">
         <v>1472</v>
       </c>
       <c r="D383" t="s">
-        <v>187</v>
+        <v>1894</v>
       </c>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
         <v>500</v>
       </c>
       <c r="G383" t="s">
         <v>41</v>
       </c>
       <c r="H383">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="I383"/>
       <c r="J383" t="s">
         <v>181</v>
       </c>
       <c r="K383" t="s">
         <v>24</v>
       </c>
-      <c r="L383" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L383"/>
       <c r="M383" t="s">
         <v>1473</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="P383" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="B384" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="C384" t="s">
         <v>1472</v>
       </c>
       <c r="D384" t="s">
-        <v>1897</v>
+        <v>296</v>
       </c>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
         <v>500</v>
       </c>
       <c r="G384" t="s">
         <v>41</v>
       </c>
       <c r="H384">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="I384"/>
       <c r="J384" t="s">
         <v>181</v>
       </c>
       <c r="K384" t="s">
         <v>24</v>
       </c>
       <c r="L384"/>
       <c r="M384" t="s">
         <v>1473</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="P384" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="B385" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="C385" t="s">
         <v>1472</v>
       </c>
       <c r="D385" t="s">
-        <v>296</v>
+        <v>1386</v>
       </c>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
         <v>500</v>
       </c>
       <c r="G385" t="s">
         <v>41</v>
       </c>
       <c r="H385">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="I385"/>
       <c r="J385" t="s">
         <v>181</v>
       </c>
       <c r="K385" t="s">
         <v>24</v>
       </c>
-      <c r="L385"/>
+      <c r="L385" t="s">
+        <v>1903</v>
+      </c>
       <c r="M385" t="s">
         <v>1473</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="P385" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="B386" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="C386" t="s">
         <v>1472</v>
       </c>
       <c r="D386" t="s">
-        <v>1386</v>
+        <v>348</v>
       </c>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
         <v>500</v>
       </c>
       <c r="G386" t="s">
         <v>41</v>
       </c>
       <c r="H386">
-        <v>1983</v>
+        <v>2011</v>
       </c>
       <c r="I386"/>
       <c r="J386" t="s">
         <v>181</v>
       </c>
       <c r="K386" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="L386"/>
       <c r="M386" t="s">
         <v>1473</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="P386" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B387" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C387" t="s">
         <v>1472</v>
       </c>
       <c r="D387" t="s">
-        <v>348</v>
+        <v>235</v>
       </c>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
         <v>500</v>
       </c>
       <c r="G387" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H387">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I387"/>
+        <v>1986</v>
+      </c>
+      <c r="I387">
+        <v>1988</v>
+      </c>
       <c r="J387" t="s">
         <v>181</v>
       </c>
       <c r="K387" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L387"/>
       <c r="M387" t="s">
         <v>1473</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="P387" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="B388" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="C388" t="s">
         <v>1472</v>
       </c>
       <c r="D388" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
         <v>500</v>
       </c>
       <c r="G388" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H388">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="I388"/>
       <c r="J388" t="s">
-        <v>181</v>
+        <v>68</v>
       </c>
       <c r="K388" t="s">
         <v>24</v>
       </c>
       <c r="L388"/>
       <c r="M388" t="s">
         <v>1473</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="P388" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="B389" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C389" t="s">
         <v>1472</v>
       </c>
       <c r="D389" t="s">
-        <v>32</v>
+        <v>428</v>
       </c>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
         <v>500</v>
       </c>
       <c r="G389" t="s">
         <v>41</v>
       </c>
       <c r="H389">
         <v>1987</v>
       </c>
       <c r="I389"/>
       <c r="J389" t="s">
-        <v>68</v>
+        <v>181</v>
       </c>
       <c r="K389" t="s">
         <v>24</v>
       </c>
       <c r="L389"/>
       <c r="M389" t="s">
         <v>1473</v>
       </c>
       <c r="N389" t="s">
         <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="P389" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B390" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C390" t="s">
         <v>1472</v>
       </c>
       <c r="D390" t="s">
-        <v>428</v>
+        <v>741</v>
       </c>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
         <v>500</v>
       </c>
       <c r="G390" t="s">
         <v>41</v>
       </c>
       <c r="H390">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="I390"/>
       <c r="J390" t="s">
         <v>181</v>
       </c>
       <c r="K390" t="s">
         <v>24</v>
       </c>
       <c r="L390"/>
       <c r="M390" t="s">
         <v>1473</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="P390" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="B391" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="C391" t="s">
         <v>1472</v>
       </c>
       <c r="D391" t="s">
-        <v>741</v>
+        <v>1928</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
         <v>500</v>
       </c>
       <c r="G391" t="s">
         <v>41</v>
       </c>
       <c r="H391">
         <v>1986</v>
       </c>
       <c r="I391"/>
       <c r="J391" t="s">
         <v>181</v>
       </c>
       <c r="K391" t="s">
         <v>24</v>
       </c>
-      <c r="L391"/>
+      <c r="L391" t="s">
+        <v>1929</v>
+      </c>
       <c r="M391" t="s">
         <v>1473</v>
       </c>
       <c r="N391" t="s">
         <v>27</v>
       </c>
       <c r="O391" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="P391" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="B392" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="C392" t="s">
         <v>1472</v>
       </c>
       <c r="D392" t="s">
-        <v>1931</v>
+        <v>267</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>500</v>
       </c>
       <c r="G392" t="s">
         <v>41</v>
       </c>
       <c r="H392">
-        <v>1986</v>
+        <v>1984</v>
       </c>
       <c r="I392"/>
       <c r="J392" t="s">
         <v>181</v>
       </c>
       <c r="K392" t="s">
         <v>24</v>
       </c>
       <c r="L392" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="M392" t="s">
-        <v>1473</v>
+        <v>1871</v>
       </c>
       <c r="N392" t="s">
         <v>27</v>
       </c>
       <c r="O392" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="P392" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="B393" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="C393" t="s">
         <v>1472</v>
       </c>
       <c r="D393" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="G393" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H393">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I393"/>
+        <v>1999</v>
+      </c>
+      <c r="I393">
+        <v>2000</v>
+      </c>
       <c r="J393" t="s">
         <v>181</v>
       </c>
       <c r="K393" t="s">
         <v>24</v>
       </c>
       <c r="L393" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="M393" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="P393" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="B394" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="C394" t="s">
         <v>1472</v>
       </c>
       <c r="D394" t="s">
-        <v>273</v>
+        <v>1857</v>
       </c>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
         <v>40</v>
       </c>
       <c r="G394" t="s">
         <v>22</v>
       </c>
       <c r="H394">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="I394">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="J394" t="s">
         <v>181</v>
       </c>
       <c r="K394" t="s">
         <v>24</v>
       </c>
       <c r="L394" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="M394" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="P394" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="B395" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="C395" t="s">
         <v>1472</v>
       </c>
       <c r="D395" t="s">
-        <v>1860</v>
+        <v>267</v>
       </c>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
         <v>40</v>
       </c>
       <c r="G395" t="s">
         <v>22</v>
       </c>
       <c r="H395">
         <v>2011</v>
       </c>
       <c r="I395">
         <v>2014</v>
       </c>
       <c r="J395" t="s">
         <v>181</v>
       </c>
       <c r="K395" t="s">
         <v>24</v>
       </c>
       <c r="L395" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="M395" t="s">
-        <v>1874</v>
+        <v>1871</v>
       </c>
       <c r="N395" t="s">
         <v>27</v>
       </c>
       <c r="O395" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="P395" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="B396" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="C396" t="s">
-        <v>1472</v>
+        <v>37</v>
       </c>
       <c r="D396" t="s">
-        <v>267</v>
+        <v>1954</v>
       </c>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
-        <v>40</v>
+        <v>1955</v>
       </c>
       <c r="G396" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H396">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I396"/>
       <c r="J396" t="s">
-        <v>181</v>
+        <v>1956</v>
       </c>
       <c r="K396" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="L396" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="M396" t="s">
-        <v>1874</v>
+        <v>1958</v>
       </c>
       <c r="N396" t="s">
-        <v>27</v>
+        <v>1959</v>
       </c>
       <c r="O396" t="s">
-        <v>1953</v>
+        <v>1960</v>
       </c>
       <c r="P396" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="B397" t="s">
-        <v>1956</v>
+        <v>1963</v>
       </c>
       <c r="C397" t="s">
-        <v>37</v>
+        <v>1472</v>
       </c>
       <c r="D397" t="s">
-        <v>1957</v>
+        <v>273</v>
       </c>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
-        <v>1958</v>
+        <v>40</v>
       </c>
       <c r="G397" t="s">
         <v>41</v>
       </c>
       <c r="H397">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I397"/>
       <c r="J397" t="s">
-        <v>1959</v>
+        <v>181</v>
       </c>
       <c r="K397" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L397"/>
       <c r="M397" t="s">
-        <v>1961</v>
+        <v>1871</v>
       </c>
       <c r="N397" t="s">
-        <v>1962</v>
+        <v>27</v>
       </c>
       <c r="O397" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="P397" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="B398" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C398" t="s">
         <v>1472</v>
       </c>
       <c r="D398" t="s">
-        <v>273</v>
+        <v>1968</v>
       </c>
       <c r="E398" t="s">
         <v>20</v>
       </c>
       <c r="F398" t="s">
         <v>40</v>
       </c>
       <c r="G398" t="s">
         <v>41</v>
       </c>
       <c r="H398">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I398"/>
       <c r="J398" t="s">
         <v>181</v>
       </c>
       <c r="K398" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L398"/>
+        <v>354</v>
+      </c>
+      <c r="L398" t="s">
+        <v>1969</v>
+      </c>
       <c r="M398" t="s">
-        <v>1874</v>
+        <v>1970</v>
       </c>
       <c r="N398" t="s">
         <v>27</v>
       </c>
       <c r="O398" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="P398" t="s">
-        <v>1968</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="B399" t="s">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="C399" t="s">
-        <v>1472</v>
+        <v>1974</v>
       </c>
       <c r="D399" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="E399" t="s">
         <v>20</v>
       </c>
       <c r="F399" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G399" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H399">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I399"/>
+        <v>2006</v>
+      </c>
+      <c r="I399">
+        <v>2006</v>
+      </c>
       <c r="J399" t="s">
-        <v>181</v>
+        <v>1976</v>
       </c>
       <c r="K399" t="s">
-        <v>354</v>
+        <v>24</v>
       </c>
       <c r="L399" t="s">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="M399" t="s">
-        <v>1973</v>
+        <v>1978</v>
       </c>
       <c r="N399" t="s">
         <v>27</v>
       </c>
       <c r="O399" t="s">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="P399"/>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="B400" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
       <c r="C400" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="D400" t="s">
-        <v>1978</v>
+        <v>428</v>
       </c>
       <c r="E400" t="s">
         <v>20</v>
       </c>
       <c r="F400" t="s">
         <v>21</v>
       </c>
       <c r="G400" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H400">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I400"/>
       <c r="J400" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="K400" t="s">
         <v>24</v>
       </c>
-      <c r="L400" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L400"/>
       <c r="M400" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="N400" t="s">
         <v>27</v>
       </c>
       <c r="O400" t="s">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="P400"/>
+        <v>1985</v>
+      </c>
+      <c r="P400" t="s">
+        <v>1986</v>
+      </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="B401" t="s">
-        <v>1984</v>
+        <v>1987</v>
       </c>
       <c r="C401" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D401" t="s">
-        <v>428</v>
+        <v>1988</v>
       </c>
       <c r="E401" t="s">
         <v>20</v>
       </c>
       <c r="F401" t="s">
         <v>21</v>
       </c>
       <c r="G401" t="s">
         <v>41</v>
       </c>
       <c r="H401">
         <v>2014</v>
       </c>
       <c r="I401"/>
       <c r="J401" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K401" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="L401"/>
       <c r="M401" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N401" t="s">
         <v>27</v>
       </c>
       <c r="O401" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="P401" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="B402" t="s">
         <v>1990</v>
       </c>
       <c r="C402" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D402" t="s">
-        <v>1991</v>
+        <v>1857</v>
       </c>
       <c r="E402" t="s">
         <v>20</v>
       </c>
       <c r="F402" t="s">
         <v>21</v>
       </c>
       <c r="G402" t="s">
         <v>41</v>
       </c>
       <c r="H402">
         <v>2014</v>
       </c>
       <c r="I402"/>
       <c r="J402" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K402" t="s">
-        <v>354</v>
+        <v>24</v>
       </c>
       <c r="L402"/>
       <c r="M402" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N402" t="s">
         <v>27</v>
       </c>
       <c r="O402" t="s">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="P402" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="B403" t="s">
         <v>1993</v>
       </c>
       <c r="C403" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D403" t="s">
-        <v>1860</v>
+        <v>296</v>
       </c>
       <c r="E403" t="s">
         <v>20</v>
       </c>
       <c r="F403" t="s">
         <v>21</v>
       </c>
       <c r="G403" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H403">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I403"/>
+        <v>2006</v>
+      </c>
+      <c r="I403">
+        <v>2015</v>
+      </c>
       <c r="J403" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K403" t="s">
         <v>24</v>
       </c>
-      <c r="L403"/>
+      <c r="L403" t="s">
+        <v>1994</v>
+      </c>
       <c r="M403" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N403" t="s">
         <v>27</v>
       </c>
       <c r="O403" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="P403" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="B404" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="C404" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D404" t="s">
-        <v>296</v>
+        <v>1999</v>
       </c>
       <c r="E404" t="s">
         <v>20</v>
       </c>
       <c r="F404" t="s">
         <v>21</v>
       </c>
       <c r="G404" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H404">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I404"/>
       <c r="J404" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K404" t="s">
-        <v>24</v>
+        <v>2000</v>
       </c>
       <c r="L404" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="M404" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N404" t="s">
         <v>27</v>
       </c>
       <c r="O404" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="P404" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="B405" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="C405" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D405" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E405" t="s">
         <v>20</v>
       </c>
       <c r="F405" t="s">
         <v>21</v>
       </c>
       <c r="G405" t="s">
         <v>41</v>
       </c>
       <c r="H405">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I405"/>
       <c r="J405" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K405" t="s">
-        <v>2003</v>
+        <v>24</v>
       </c>
       <c r="L405" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="M405" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N405" t="s">
         <v>27</v>
       </c>
       <c r="O405" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="P405" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="B406" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C406" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D406" t="s">
-        <v>2008</v>
+        <v>491</v>
       </c>
       <c r="E406" t="s">
         <v>20</v>
       </c>
       <c r="F406" t="s">
         <v>21</v>
       </c>
       <c r="G406" t="s">
         <v>41</v>
       </c>
       <c r="H406">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I406"/>
       <c r="J406" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K406" t="s">
         <v>24</v>
       </c>
       <c r="L406" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="M406" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="P406" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="B407" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="C407" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D407" t="s">
-        <v>491</v>
+        <v>2016</v>
       </c>
       <c r="E407" t="s">
         <v>20</v>
       </c>
       <c r="F407" t="s">
         <v>21</v>
       </c>
       <c r="G407" t="s">
         <v>41</v>
       </c>
       <c r="H407">
         <v>2014</v>
       </c>
       <c r="I407"/>
       <c r="J407" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K407" t="s">
-        <v>24</v>
+        <v>564</v>
       </c>
       <c r="L407" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="M407" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N407" t="s">
         <v>27</v>
       </c>
       <c r="O407" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="P407" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B408" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="C408" t="s">
-        <v>1985</v>
+        <v>1982</v>
       </c>
       <c r="D408" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E408" t="s">
         <v>20</v>
       </c>
       <c r="F408" t="s">
         <v>21</v>
       </c>
       <c r="G408" t="s">
         <v>41</v>
       </c>
       <c r="H408">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I408"/>
       <c r="J408" t="s">
-        <v>1986</v>
+        <v>1983</v>
       </c>
       <c r="K408" t="s">
-        <v>564</v>
+        <v>24</v>
       </c>
       <c r="L408" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="M408" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="P408" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="B409" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="C409" t="s">
-        <v>1985</v>
+        <v>1418</v>
       </c>
       <c r="D409" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="E409" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F409" t="s">
-        <v>21</v>
+        <v>2029</v>
       </c>
       <c r="G409" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H409">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I409"/>
+        <v>2017</v>
+      </c>
+      <c r="I409">
+        <v>2021</v>
+      </c>
       <c r="J409" t="s">
-        <v>1986</v>
+        <v>1356</v>
       </c>
       <c r="K409" t="s">
-        <v>24</v>
+        <v>2030</v>
       </c>
       <c r="L409" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="M409" t="s">
-        <v>1987</v>
+        <v>2032</v>
       </c>
       <c r="N409" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O409" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="P409" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="B410" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="C410" t="s">
-        <v>1418</v>
+        <v>2037</v>
       </c>
       <c r="D410" t="s">
-        <v>2031</v>
+        <v>2038</v>
       </c>
       <c r="E410" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F410" t="s">
-        <v>2032</v>
+        <v>40</v>
       </c>
       <c r="G410" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H410">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I410"/>
       <c r="J410" t="s">
-        <v>1356</v>
+        <v>1983</v>
       </c>
       <c r="K410" t="s">
-        <v>2033</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L410"/>
       <c r="M410" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="N410" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O410" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="P410" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="B411" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="C411" t="s">
-        <v>2040</v>
+        <v>2037</v>
       </c>
       <c r="D411" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="E411" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F411" t="s">
         <v>40</v>
       </c>
       <c r="G411" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H411">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I411"/>
+        <v>2008</v>
+      </c>
+      <c r="I411">
+        <v>2013</v>
+      </c>
       <c r="J411" t="s">
-        <v>1986</v>
+        <v>2045</v>
       </c>
       <c r="K411" t="s">
         <v>24</v>
       </c>
-      <c r="L411"/>
+      <c r="L411" t="s">
+        <v>681</v>
+      </c>
       <c r="M411" t="s">
-        <v>2042</v>
+        <v>2039</v>
       </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="P411" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="B412" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="C412" t="s">
-        <v>2040</v>
+        <v>1418</v>
       </c>
       <c r="D412" t="s">
-        <v>2047</v>
+        <v>719</v>
       </c>
       <c r="E412" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F412" t="s">
         <v>40</v>
       </c>
       <c r="G412" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H412">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I412"/>
       <c r="J412" t="s">
-        <v>2048</v>
+        <v>1349</v>
       </c>
       <c r="K412" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="L412"/>
       <c r="M412" t="s">
-        <v>2042</v>
+        <v>2032</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="P412" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="B413" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="C413" t="s">
-        <v>1418</v>
+        <v>364</v>
       </c>
       <c r="D413" t="s">
-        <v>719</v>
+        <v>413</v>
       </c>
       <c r="E413" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F413" t="s">
         <v>40</v>
       </c>
       <c r="G413" t="s">
         <v>41</v>
       </c>
       <c r="H413">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I413"/>
       <c r="J413" t="s">
-        <v>1349</v>
+        <v>365</v>
       </c>
       <c r="K413" t="s">
-        <v>564</v>
+        <v>24</v>
       </c>
       <c r="L413"/>
-      <c r="M413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M413"/>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="P413" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>2055</v>
+        <v>2052</v>
       </c>
       <c r="B414" t="s">
         <v>2056</v>
       </c>
       <c r="C414" t="s">
         <v>364</v>
       </c>
       <c r="D414" t="s">
         <v>413</v>
       </c>
       <c r="E414" t="s">
         <v>39</v>
       </c>
       <c r="F414" t="s">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="G414" t="s">
         <v>41</v>
       </c>
       <c r="H414">
         <v>2021</v>
       </c>
       <c r="I414"/>
       <c r="J414" t="s">
         <v>365</v>
       </c>
       <c r="K414" t="s">
         <v>24</v>
       </c>
       <c r="L414"/>
       <c r="M414"/>
       <c r="N414" t="s">
         <v>27</v>
       </c>
       <c r="O414" t="s">
         <v>2057</v>
       </c>
       <c r="P414" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
       <c r="B415" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="C415" t="s">
         <v>364</v>
       </c>
       <c r="D415" t="s">
-        <v>413</v>
+        <v>2061</v>
       </c>
       <c r="E415" t="s">
         <v>39</v>
       </c>
       <c r="F415" t="s">
         <v>500</v>
       </c>
       <c r="G415" t="s">
         <v>41</v>
       </c>
       <c r="H415">
         <v>2021</v>
       </c>
       <c r="I415"/>
       <c r="J415" t="s">
         <v>365</v>
       </c>
       <c r="K415" t="s">
         <v>24</v>
       </c>
       <c r="L415"/>
       <c r="M415"/>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="P415" t="s">
-        <v>2061</v>
+        <v>438</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="B416" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="C416" t="s">
         <v>364</v>
       </c>
       <c r="D416" t="s">
-        <v>2064</v>
+        <v>80</v>
       </c>
       <c r="E416" t="s">
         <v>39</v>
       </c>
       <c r="F416" t="s">
         <v>500</v>
       </c>
       <c r="G416" t="s">
         <v>41</v>
       </c>
       <c r="H416">
         <v>2021</v>
       </c>
       <c r="I416"/>
       <c r="J416" t="s">
         <v>365</v>
       </c>
       <c r="K416" t="s">
         <v>24</v>
       </c>
       <c r="L416"/>
       <c r="M416"/>
       <c r="N416" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O416" t="s">
         <v>2065</v>
       </c>
       <c r="P416" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
         <v>2066</v>
       </c>
       <c r="B417" t="s">
         <v>2067</v>
       </c>
       <c r="C417" t="s">
         <v>364</v>
       </c>
       <c r="D417" t="s">
-        <v>80</v>
+        <v>428</v>
       </c>
       <c r="E417" t="s">
         <v>39</v>
       </c>
       <c r="F417" t="s">
         <v>500</v>
       </c>
       <c r="G417" t="s">
         <v>41</v>
       </c>
       <c r="H417">
         <v>2021</v>
       </c>
       <c r="I417"/>
       <c r="J417" t="s">
         <v>365</v>
       </c>
       <c r="K417" t="s">
         <v>24</v>
       </c>
       <c r="L417"/>
       <c r="M417"/>
       <c r="N417" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O417" t="s">
         <v>2068</v>
       </c>
       <c r="P417" t="s">
-        <v>438</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="B418" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="C418" t="s">
         <v>364</v>
       </c>
       <c r="D418" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="E418" t="s">
         <v>39</v>
       </c>
       <c r="F418" t="s">
         <v>500</v>
       </c>
       <c r="G418" t="s">
         <v>41</v>
       </c>
       <c r="H418">
         <v>2021</v>
       </c>
       <c r="I418"/>
       <c r="J418" t="s">
         <v>365</v>
       </c>
       <c r="K418" t="s">
         <v>24</v>
       </c>
       <c r="L418"/>
       <c r="M418"/>
       <c r="N418" t="s">
         <v>27</v>
       </c>
       <c r="O418" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="P418" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="B419" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="C419" t="s">
         <v>364</v>
       </c>
       <c r="D419" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
       <c r="E419" t="s">
         <v>39</v>
       </c>
       <c r="F419" t="s">
         <v>500</v>
       </c>
       <c r="G419" t="s">
         <v>41</v>
       </c>
       <c r="H419">
         <v>2021</v>
       </c>
       <c r="I419"/>
       <c r="J419" t="s">
         <v>365</v>
       </c>
       <c r="K419" t="s">
         <v>24</v>
       </c>
       <c r="L419"/>
       <c r="M419"/>
       <c r="N419" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O419" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="P419" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="B420" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="C420" t="s">
         <v>364</v>
       </c>
       <c r="D420" t="s">
-        <v>436</v>
+        <v>401</v>
       </c>
       <c r="E420" t="s">
         <v>39</v>
       </c>
       <c r="F420" t="s">
         <v>500</v>
       </c>
       <c r="G420" t="s">
         <v>41</v>
       </c>
       <c r="H420">
         <v>2021</v>
       </c>
       <c r="I420"/>
       <c r="J420" t="s">
         <v>365</v>
       </c>
       <c r="K420" t="s">
         <v>24</v>
       </c>
       <c r="L420"/>
       <c r="M420"/>
       <c r="N420" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="P420" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="B421" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="C421" t="s">
         <v>364</v>
       </c>
       <c r="D421" t="s">
-        <v>401</v>
+        <v>564</v>
       </c>
       <c r="E421" t="s">
         <v>39</v>
       </c>
       <c r="F421" t="s">
         <v>500</v>
       </c>
       <c r="G421" t="s">
         <v>41</v>
       </c>
       <c r="H421">
         <v>2021</v>
       </c>
       <c r="I421"/>
       <c r="J421" t="s">
         <v>365</v>
       </c>
       <c r="K421" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="L421"/>
       <c r="M421"/>
       <c r="N421" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O421" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="P421" t="s">
-        <v>2084</v>
+        <v>438</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
         <v>2085</v>
       </c>
       <c r="B422" t="s">
         <v>2086</v>
       </c>
       <c r="C422" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="D422" t="s">
-        <v>564</v>
+        <v>2087</v>
       </c>
       <c r="E422" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>500</v>
       </c>
       <c r="G422" t="s">
         <v>41</v>
       </c>
       <c r="H422">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I422"/>
       <c r="J422" t="s">
-        <v>365</v>
+        <v>343</v>
       </c>
       <c r="K422" t="s">
-        <v>354</v>
+        <v>24</v>
       </c>
       <c r="L422"/>
       <c r="M422"/>
       <c r="N422" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O422" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="P422" t="s">
-        <v>438</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="B423" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="C423" t="s">
-        <v>18</v>
+        <v>444</v>
       </c>
       <c r="D423" t="s">
-        <v>2090</v>
+        <v>296</v>
       </c>
       <c r="E423" t="s">
         <v>20</v>
       </c>
       <c r="F423" t="s">
         <v>500</v>
       </c>
       <c r="G423" t="s">
         <v>41</v>
       </c>
       <c r="H423">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I423"/>
       <c r="J423" t="s">
         <v>343</v>
       </c>
       <c r="K423" t="s">
         <v>24</v>
       </c>
       <c r="L423"/>
       <c r="M423"/>
       <c r="N423" t="s">
         <v>27</v>
       </c>
       <c r="O423" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="P423" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B424" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="C424" t="s">
-        <v>444</v>
+        <v>37</v>
       </c>
       <c r="D424" t="s">
-        <v>296</v>
+        <v>2096</v>
       </c>
       <c r="E424" t="s">
         <v>20</v>
       </c>
       <c r="F424" t="s">
-        <v>500</v>
+        <v>21</v>
       </c>
       <c r="G424" t="s">
         <v>41</v>
       </c>
       <c r="H424">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I424"/>
       <c r="J424" t="s">
-        <v>343</v>
+        <v>325</v>
       </c>
       <c r="K424" t="s">
-        <v>24</v>
+        <v>326</v>
       </c>
       <c r="L424"/>
-      <c r="M424"/>
+      <c r="M424" t="s">
+        <v>721</v>
+      </c>
       <c r="N424" t="s">
-        <v>27</v>
+        <v>328</v>
       </c>
       <c r="O424" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="P424" t="s">
-        <v>2096</v>
-[...6 lines deleted...]
-      <c r="B425" t="s">
         <v>2098</v>
-      </c>
-[...36 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">