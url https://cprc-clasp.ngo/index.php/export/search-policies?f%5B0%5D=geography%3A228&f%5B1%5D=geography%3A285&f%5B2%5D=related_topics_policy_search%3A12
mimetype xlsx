--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,389 +12,558 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...10 lines deleted...]
-  <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,1075 +827,1222 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...13 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="H4"/>
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="J8" t="s">
+        <v>31</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>62</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>68</v>
+      </c>
+      <c r="P11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
         <v>30</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G5">
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2019</v>
       </c>
-      <c r="H5"/>
-[...7 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>73</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>74</v>
+      </c>
+      <c r="P12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
         <v>32</v>
       </c>
-      <c r="B6" t="s">
-[...193 lines deleted...]
-      <c r="N10" t="s">
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>46</v>
       </c>
-    </row>
-[...126 lines deleted...]
-      <c r="B14" t="s">
+      <c r="G14" t="s">
         <v>56</v>
-      </c>
-[...13 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H14">
         <v>2024</v>
       </c>
-      <c r="I14" t="s">
-        <v>59</v>
+      <c r="I14">
+        <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>32</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M14" t="s">
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="N14" t="s">
-[...22 lines deleted...]
-      <c r="G15">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>89</v>
+      </c>
+      <c r="P15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2011</v>
       </c>
-      <c r="H15"/>
-[...8 lines deleted...]
-      <c r="M15" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>31</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>32</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>91</v>
+      </c>
+      <c r="P16" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>93</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N15" t="s">
-[...33 lines deleted...]
-      <c r="L16" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>96</v>
+      </c>
+      <c r="P17" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>98</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="M16" t="s">
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>31</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>32</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>100</v>
+      </c>
+      <c r="P18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>106</v>
+      </c>
+      <c r="G19" t="s">
+        <v>56</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>107</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>108</v>
+      </c>
+      <c r="M19" t="s">
+        <v>109</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>110</v>
+      </c>
+      <c r="P19" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>112</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>106</v>
+      </c>
+      <c r="G20" t="s">
+        <v>56</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>117</v>
+      </c>
+      <c r="L20" t="s">
+        <v>118</v>
+      </c>
+      <c r="M20" t="s">
+        <v>119</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N16" t="s">
-[...34 lines deleted...]
-      <c r="M17" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>125</v>
+      </c>
+      <c r="P21" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" t="s">
+        <v>127</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="N17" t="s">
-[...33 lines deleted...]
-      <c r="L18" t="s">
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>72</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="M18" t="s">
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N18" t="s">
-[...25 lines deleted...]
-      <c r="H19">
+      <c r="K23" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>132</v>
+      </c>
+      <c r="P23" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>136</v>
+      </c>
+      <c r="F24" t="s">
+        <v>137</v>
+      </c>
+      <c r="G24" t="s">
+        <v>56</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24">
         <v>2020</v>
       </c>
-      <c r="I19" t="s">
-[...203 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>138</v>
       </c>
       <c r="K24" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>98</v>
+        <v>139</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>140</v>
       </c>
       <c r="N24" t="s">
-        <v>99</v>
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>141</v>
+      </c>
+      <c r="P24" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>