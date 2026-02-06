--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,2068 +12,2113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>December 2018</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Water</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
+    <t>Portable Heaters, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Phones and tablets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
+  </si>
+  <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
+    <t>Efficiency Policy for Chillers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>IS 16590 with all amendments</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>IS 1391:2018 (all amendments)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
     <t>Televisions</t>
-  </si>
-[...1032 lines deleted...]
-    <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
-    <t>Energy Label Regulation for Sanitary Fittings</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
-[...14 lines deleted...]
-    <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
-[...86 lines deleted...]
-    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
-[...226 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
-    <t>Nordic Ecolabel 015 Imaging Equipment</t>
-[...7 lines deleted...]
-  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
-    <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
-    <t>Schedule 15 - Ballasts</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
   </si>
   <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
-    <t>Schedule 18 - Diesel Generator Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
   <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
-    <t>Schedule 24 - Light Commercial Air Conditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
-    <t>Schedule 7 - Agricultural Pump Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
-    <t>Water Efficient Products WEP-I</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2337,8569 +2382,5788 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N205"/>
+  <dimension ref="A1:P123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...37 lines deleted...]
-      <c r="E3" t="s">
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" t="s">
+        <v>73</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>74</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>42</v>
+      </c>
+      <c r="K11" t="s">
+        <v>43</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...38 lines deleted...]
-      <c r="E4" t="s">
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
+        <v>43</v>
+      </c>
+      <c r="L12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M12" t="s">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K13" t="s">
+        <v>43</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>44</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...91 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
         <v>40</v>
       </c>
-      <c r="K6" t="s">
+      <c r="F14" t="s">
         <v>41</v>
       </c>
-      <c r="L6" t="s">
-[...307 lines deleted...]
-        <v>2010</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="K14" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N14" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>44</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>96</v>
       </c>
       <c r="D15" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>49</v>
       </c>
-      <c r="F15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="L15" t="s">
+        <v>43</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>98</v>
+      </c>
+      <c r="P15" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>42</v>
+      </c>
+      <c r="K16" t="s">
+        <v>43</v>
+      </c>
+      <c r="L16" t="s">
+        <v>103</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>43</v>
+      </c>
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
         <v>50</v>
       </c>
-      <c r="M15" t="s">
-[...19 lines deleted...]
-      <c r="E16" t="s">
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>109</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>49</v>
       </c>
-      <c r="F16" t="s">
-[...34 lines deleted...]
-      <c r="E17" t="s">
+      <c r="K18" t="s">
+        <v>112</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>50</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>113</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>112</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>118</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>49</v>
       </c>
-      <c r="F17" t="s">
-[...17 lines deleted...]
-      <c r="L17" t="s">
+      <c r="K20" t="s">
+        <v>43</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>50</v>
       </c>
-      <c r="M17" t="s">
-[...19 lines deleted...]
-      <c r="E18" t="s">
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>119</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
+        <v>43</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>122</v>
+      </c>
+      <c r="P21" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>49</v>
       </c>
-      <c r="F18" t="s">
-[...15 lines deleted...]
-      <c r="L18" t="s">
+      <c r="K22" t="s">
+        <v>112</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>50</v>
       </c>
-      <c r="M18" t="s">
-[...19 lines deleted...]
-      <c r="E19" t="s">
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>127</v>
+      </c>
+      <c r="P22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>42</v>
+      </c>
+      <c r="K23" t="s">
+        <v>112</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>130</v>
+      </c>
+      <c r="P23" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>132</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
+        <v>43</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>136</v>
+      </c>
+      <c r="P24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>138</v>
+      </c>
+      <c r="B25" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" t="s">
+        <v>135</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>49</v>
       </c>
-      <c r="F19" t="s">
-[...254 lines deleted...]
-      <c r="K25"/>
+      <c r="K25" t="s">
+        <v>43</v>
+      </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N25" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>140</v>
+      </c>
+      <c r="P25" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>142</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
+        <v>143</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="D26" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E26" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" t="s">
+        <v>135</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
+        <v>144</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>145</v>
+      </c>
+      <c r="P26" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>147</v>
+      </c>
+      <c r="B27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" t="s">
+        <v>135</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" t="s">
+        <v>56</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>149</v>
+      </c>
+      <c r="P27" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>147</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>40</v>
+      </c>
+      <c r="F28" t="s">
+        <v>135</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>49</v>
       </c>
-      <c r="F26" t="s">
-[...11 lines deleted...]
-      <c r="J26" t="s">
+      <c r="K28" t="s">
+        <v>56</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>50</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>152</v>
+      </c>
+      <c r="P28" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>154</v>
+      </c>
+      <c r="B29" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>156</v>
+      </c>
+      <c r="E29" t="s">
         <v>40</v>
       </c>
-      <c r="K26" t="s">
-[...2 lines deleted...]
-      <c r="L26" t="s">
+      <c r="F29" t="s">
+        <v>135</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>42</v>
+      </c>
+      <c r="K29" t="s">
+        <v>43</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>44</v>
+      </c>
+      <c r="O29" t="s">
+        <v>157</v>
+      </c>
+      <c r="P29" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>159</v>
+      </c>
+      <c r="B30" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>156</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>135</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>49</v>
+      </c>
+      <c r="K30" t="s">
+        <v>43</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
         <v>50</v>
       </c>
-      <c r="M26" t="s">
-[...19 lines deleted...]
-      <c r="E27" t="s">
+      <c r="N30" t="s">
+        <v>44</v>
+      </c>
+      <c r="O30" t="s">
+        <v>161</v>
+      </c>
+      <c r="P30" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>163</v>
+      </c>
+      <c r="B31" t="s">
+        <v>164</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>165</v>
+      </c>
+      <c r="E31" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" t="s">
+        <v>135</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>42</v>
+      </c>
+      <c r="K31" t="s">
+        <v>32</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>44</v>
+      </c>
+      <c r="O31" t="s">
+        <v>166</v>
+      </c>
+      <c r="P31" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" t="s">
+        <v>169</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" t="s">
+        <v>135</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>49</v>
       </c>
-      <c r="F27" t="s">
-[...36 lines deleted...]
-      <c r="E28" t="s">
+      <c r="K32" t="s">
+        <v>43</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>50</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>170</v>
+      </c>
+      <c r="P32" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>172</v>
+      </c>
+      <c r="B33" t="s">
+        <v>173</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>88</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" t="s">
+        <v>135</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>49</v>
       </c>
-      <c r="F28" t="s">
-[...214 lines deleted...]
-      <c r="K33"/>
+      <c r="K33" t="s">
+        <v>43</v>
+      </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N33" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>44</v>
+      </c>
+      <c r="O33" t="s">
+        <v>174</v>
+      </c>
+      <c r="P33" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>177</v>
       </c>
       <c r="C34" t="s">
-        <v>123</v>
+        <v>38</v>
       </c>
       <c r="D34" t="s">
-        <v>48</v>
+        <v>178</v>
       </c>
       <c r="E34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F34" t="s">
+        <v>135</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>42</v>
+      </c>
+      <c r="K34" t="s">
+        <v>43</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>179</v>
+      </c>
+      <c r="P34" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" t="s">
+        <v>97</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>135</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2023</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
         <v>49</v>
       </c>
-      <c r="F34" t="s">
-[...5 lines deleted...]
-      <c r="H34">
+      <c r="K35" t="s">
+        <v>43</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>183</v>
+      </c>
+      <c r="P35" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>185</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>187</v>
+      </c>
+      <c r="E36" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" t="s">
+        <v>135</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2023</v>
+      </c>
+      <c r="J36" t="s">
+        <v>188</v>
+      </c>
+      <c r="K36" t="s">
+        <v>32</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>189</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>190</v>
+      </c>
+      <c r="P36" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>192</v>
+      </c>
+      <c r="B37" t="s">
+        <v>193</v>
+      </c>
+      <c r="C37" t="s">
+        <v>38</v>
+      </c>
+      <c r="D37" t="s">
+        <v>194</v>
+      </c>
+      <c r="E37" t="s">
+        <v>40</v>
+      </c>
+      <c r="F37" t="s">
+        <v>135</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="I34" t="s">
-[...2 lines deleted...]
-      <c r="J34" t="s">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>42</v>
+      </c>
+      <c r="K37" t="s">
+        <v>43</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>195</v>
+      </c>
+      <c r="P37" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>197</v>
+      </c>
+      <c r="B38" t="s">
+        <v>198</v>
+      </c>
+      <c r="C38" t="s">
+        <v>38</v>
+      </c>
+      <c r="D38" t="s">
+        <v>102</v>
+      </c>
+      <c r="E38" t="s">
         <v>40</v>
       </c>
-      <c r="K34"/>
-      <c r="L34" t="s">
+      <c r="F38" t="s">
+        <v>135</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>42</v>
+      </c>
+      <c r="K38" t="s">
+        <v>43</v>
+      </c>
+      <c r="L38" t="s">
+        <v>103</v>
+      </c>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>199</v>
+      </c>
+      <c r="P38" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
+        <v>201</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" t="s">
+        <v>40</v>
+      </c>
+      <c r="F39" t="s">
+        <v>135</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>49</v>
+      </c>
+      <c r="K39" t="s">
+        <v>43</v>
+      </c>
+      <c r="L39" t="s">
+        <v>103</v>
+      </c>
+      <c r="M39" t="s">
         <v>50</v>
       </c>
-      <c r="M34" t="s">
-[...19 lines deleted...]
-      <c r="E35" t="s">
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>202</v>
+      </c>
+      <c r="P39" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>204</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>38</v>
+      </c>
+      <c r="D40" t="s">
+        <v>206</v>
+      </c>
+      <c r="E40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F40" t="s">
+        <v>135</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>42</v>
+      </c>
+      <c r="K40" t="s">
+        <v>43</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>207</v>
+      </c>
+      <c r="P40" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>209</v>
+      </c>
+      <c r="B41" t="s">
+        <v>210</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>206</v>
+      </c>
+      <c r="E41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F41" t="s">
+        <v>135</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>49</v>
       </c>
-      <c r="F35" t="s">
-[...246 lines deleted...]
-      <c r="K41"/>
+      <c r="K41" t="s">
+        <v>43</v>
+      </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N41" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>211</v>
+      </c>
+      <c r="P41" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>140</v>
+        <v>213</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>214</v>
       </c>
       <c r="C42" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D42" t="s">
-        <v>48</v>
+        <v>215</v>
       </c>
       <c r="E42" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F42" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>58</v>
-[...7 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K42" t="s">
+        <v>43</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42"/>
       <c r="N42" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>44</v>
+      </c>
+      <c r="O42" t="s">
+        <v>216</v>
+      </c>
+      <c r="P42" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>143</v>
+        <v>213</v>
       </c>
       <c r="B43" t="s">
-        <v>53</v>
+        <v>214</v>
       </c>
       <c r="C43" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>48</v>
+        <v>215</v>
       </c>
       <c r="E43" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F43" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K43"/>
+        <v>49</v>
+      </c>
+      <c r="K43" t="s">
+        <v>43</v>
+      </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N43" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>44</v>
+      </c>
+      <c r="O43" t="s">
+        <v>218</v>
+      </c>
+      <c r="P43" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>146</v>
+        <v>220</v>
       </c>
       <c r="B44" t="s">
-        <v>15</v>
+        <v>221</v>
       </c>
       <c r="C44" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>48</v>
+        <v>222</v>
       </c>
       <c r="E44" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F44" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L44" t="s">
+        <v>49</v>
+      </c>
+      <c r="K44" t="s">
+        <v>43</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>50</v>
       </c>
-      <c r="M44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N44" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>223</v>
+      </c>
+      <c r="P44" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>148</v>
+        <v>220</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="C45" t="s">
-        <v>149</v>
+        <v>38</v>
       </c>
       <c r="D45" t="s">
-        <v>48</v>
+        <v>222</v>
       </c>
       <c r="E45" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>135</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K45" t="s">
+        <v>43</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45"/>
       <c r="N45" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>226</v>
+      </c>
+      <c r="P45" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>151</v>
+        <v>228</v>
       </c>
       <c r="B46" t="s">
-        <v>53</v>
+        <v>229</v>
       </c>
       <c r="C46" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>230</v>
       </c>
       <c r="E46" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>135</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K46"/>
+        <v>49</v>
+      </c>
+      <c r="K46" t="s">
+        <v>32</v>
+      </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N46" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>231</v>
+      </c>
+      <c r="P46" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>151</v>
+        <v>228</v>
       </c>
       <c r="B47" t="s">
-        <v>15</v>
+        <v>233</v>
       </c>
       <c r="C47" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="D47" t="s">
-        <v>48</v>
+        <v>230</v>
       </c>
       <c r="E47" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>135</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="K47" t="s">
+        <v>32</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
       <c r="N47" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>234</v>
+      </c>
+      <c r="P47" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>155</v>
+        <v>236</v>
       </c>
       <c r="B48" t="s">
-        <v>53</v>
+        <v>237</v>
       </c>
       <c r="C48" t="s">
-        <v>156</v>
+        <v>38</v>
       </c>
       <c r="D48" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="E48" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>135</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K48"/>
+        <v>42</v>
+      </c>
+      <c r="K48" t="s">
+        <v>43</v>
+      </c>
       <c r="L48"/>
-      <c r="M48" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M48"/>
       <c r="N48" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>239</v>
+      </c>
+      <c r="P48" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>155</v>
+        <v>236</v>
       </c>
       <c r="B49" t="s">
-        <v>53</v>
+        <v>241</v>
       </c>
       <c r="C49" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="E49" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>135</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>242</v>
       </c>
       <c r="K49" t="s">
-        <v>158</v>
+        <v>43</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="N49" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>243</v>
+      </c>
+      <c r="P49" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>155</v>
+        <v>245</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>246</v>
       </c>
       <c r="C50" t="s">
-        <v>156</v>
+        <v>38</v>
       </c>
       <c r="D50" t="s">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="E50" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>135</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>42</v>
+      </c>
+      <c r="K50" t="s">
+        <v>112</v>
+      </c>
+      <c r="L50" t="s">
+        <v>247</v>
+      </c>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>248</v>
+      </c>
+      <c r="P50" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>245</v>
+      </c>
+      <c r="B51" t="s">
+        <v>250</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>111</v>
+      </c>
+      <c r="E51" t="s">
+        <v>40</v>
+      </c>
+      <c r="F51" t="s">
+        <v>135</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>242</v>
+      </c>
+      <c r="K51" t="s">
+        <v>112</v>
+      </c>
+      <c r="L51" t="s">
+        <v>247</v>
+      </c>
+      <c r="M51" t="s">
+        <v>50</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>251</v>
+      </c>
+      <c r="P51" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>253</v>
+      </c>
+      <c r="B52" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" t="s">
+        <v>255</v>
+      </c>
+      <c r="D52" t="s">
+        <v>187</v>
+      </c>
+      <c r="E52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" t="s">
+        <v>135</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>42</v>
+      </c>
+      <c r="K52" t="s">
+        <v>32</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>256</v>
+      </c>
+      <c r="P52" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>258</v>
+      </c>
+      <c r="B53" t="s">
+        <v>259</v>
+      </c>
+      <c r="C53" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" t="s">
+        <v>260</v>
+      </c>
+      <c r="E53" t="s">
+        <v>40</v>
+      </c>
+      <c r="F53" t="s">
+        <v>135</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>42</v>
+      </c>
+      <c r="K53" t="s">
+        <v>43</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>261</v>
+      </c>
+      <c r="P53" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>263</v>
+      </c>
+      <c r="B54" t="s">
+        <v>264</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>265</v>
+      </c>
+      <c r="E54" t="s">
+        <v>40</v>
+      </c>
+      <c r="F54" t="s">
+        <v>135</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2013</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>43</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>50</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>266</v>
+      </c>
+      <c r="P54" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>268</v>
+      </c>
+      <c r="B55" t="s">
+        <v>269</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" t="s">
+        <v>270</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+      <c r="F55" t="s">
+        <v>135</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2015</v>
       </c>
-      <c r="H50">
-[...5 lines deleted...]
-      <c r="J50" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>42</v>
+      </c>
+      <c r="K55" t="s">
+        <v>43</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55" t="s">
+        <v>44</v>
+      </c>
+      <c r="O55" t="s">
+        <v>271</v>
+      </c>
+      <c r="P55" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>273</v>
+      </c>
+      <c r="B56" t="s">
+        <v>274</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>270</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>135</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>49</v>
+      </c>
+      <c r="K56" t="s">
+        <v>43</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>50</v>
+      </c>
+      <c r="N56" t="s">
+        <v>44</v>
+      </c>
+      <c r="O56" t="s">
+        <v>275</v>
+      </c>
+      <c r="P56" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>277</v>
+      </c>
+      <c r="B57" t="s">
+        <v>278</v>
+      </c>
+      <c r="C57" t="s">
+        <v>279</v>
+      </c>
+      <c r="D57" t="s">
+        <v>280</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...76 lines deleted...]
-      <c r="J52" t="s">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>281</v>
+      </c>
+      <c r="K57" t="s">
+        <v>43</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>282</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>283</v>
+      </c>
+      <c r="P57" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>285</v>
+      </c>
+      <c r="B58" t="s">
+        <v>286</v>
+      </c>
+      <c r="C58" t="s">
+        <v>279</v>
+      </c>
+      <c r="D58" t="s">
+        <v>287</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K52"/>
-[...242 lines deleted...]
-        <v>2014</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2019</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K58"/>
+        <v>281</v>
+      </c>
+      <c r="K58" t="s">
+        <v>43</v>
+      </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="N58" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>288</v>
+      </c>
+      <c r="P58" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>180</v>
+        <v>290</v>
       </c>
       <c r="B59" t="s">
-        <v>15</v>
+        <v>291</v>
       </c>
       <c r="C59" t="s">
-        <v>181</v>
+        <v>292</v>
       </c>
       <c r="D59" t="s">
-        <v>48</v>
+        <v>293</v>
       </c>
       <c r="E59" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>294</v>
+      </c>
+      <c r="G59" t="s">
+        <v>295</v>
       </c>
       <c r="H59">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K59"/>
+        <v>42</v>
+      </c>
+      <c r="K59" t="s">
+        <v>43</v>
+      </c>
       <c r="L59" t="s">
-        <v>50</v>
+        <v>296</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N59" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>298</v>
+      </c>
+      <c r="P59"/>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="B60" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="C60" t="s">
-        <v>181</v>
+        <v>292</v>
       </c>
       <c r="D60" t="s">
-        <v>48</v>
+        <v>301</v>
       </c>
       <c r="E60" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>294</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L60"/>
+        <v>302</v>
+      </c>
+      <c r="K60" t="s">
+        <v>43</v>
+      </c>
+      <c r="L60" t="s">
+        <v>303</v>
+      </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N60" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>304</v>
+      </c>
+      <c r="P60" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>185</v>
+        <v>306</v>
       </c>
       <c r="B61" t="s">
-        <v>98</v>
+        <v>307</v>
       </c>
       <c r="C61" t="s">
-        <v>99</v>
+        <v>292</v>
       </c>
       <c r="D61" t="s">
-        <v>48</v>
+        <v>308</v>
       </c>
       <c r="E61" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F61" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-        <v>31</v>
+        <v>294</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2022</v>
       </c>
       <c r="J61" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L61"/>
+        <v>309</v>
+      </c>
+      <c r="K61" t="s">
+        <v>43</v>
+      </c>
+      <c r="L61" t="s">
+        <v>310</v>
+      </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>297</v>
       </c>
       <c r="N61" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>311</v>
+      </c>
+      <c r="P61" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>187</v>
+        <v>313</v>
       </c>
       <c r="B62" t="s">
-        <v>15</v>
+        <v>314</v>
       </c>
       <c r="C62" t="s">
-        <v>102</v>
+        <v>292</v>
       </c>
       <c r="D62" t="s">
-        <v>48</v>
+        <v>315</v>
       </c>
       <c r="E62" t="s">
-        <v>133</v>
+        <v>40</v>
       </c>
       <c r="F62" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>294</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2023</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
+        <v>302</v>
+      </c>
+      <c r="K62" t="s">
+        <v>43</v>
+      </c>
+      <c r="L62" t="s">
+        <v>316</v>
+      </c>
+      <c r="M62" t="s">
+        <v>297</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>317</v>
+      </c>
+      <c r="P62" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>319</v>
+      </c>
+      <c r="B63" t="s">
+        <v>320</v>
+      </c>
+      <c r="C63" t="s">
+        <v>292</v>
+      </c>
+      <c r="D63" t="s">
+        <v>321</v>
+      </c>
+      <c r="E63" t="s">
         <v>40</v>
       </c>
-      <c r="K62"/>
-[...25 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2023</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
+        <v>322</v>
+      </c>
+      <c r="K63" t="s">
+        <v>43</v>
+      </c>
+      <c r="L63" t="s">
+        <v>323</v>
+      </c>
+      <c r="M63" t="s">
+        <v>297</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>324</v>
+      </c>
+      <c r="P63" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>326</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
+        <v>38</v>
+      </c>
+      <c r="D64" t="s">
+        <v>328</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K63"/>
-[...24 lines deleted...]
-      <c r="F64" t="s">
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>329</v>
+      </c>
+      <c r="K64" t="s">
+        <v>165</v>
+      </c>
+      <c r="L64" t="s">
+        <v>247</v>
+      </c>
+      <c r="M64" t="s">
+        <v>330</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>331</v>
+      </c>
+      <c r="P64" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>326</v>
+      </c>
+      <c r="B65" t="s">
+        <v>333</v>
+      </c>
+      <c r="C65" t="s">
+        <v>38</v>
+      </c>
+      <c r="D65" t="s">
+        <v>333</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>329</v>
+      </c>
+      <c r="K65" t="s">
+        <v>165</v>
+      </c>
+      <c r="L65" t="s">
+        <v>247</v>
+      </c>
+      <c r="M65" t="s">
+        <v>330</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>334</v>
+      </c>
+      <c r="P65" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>326</v>
+      </c>
+      <c r="B66" t="s">
+        <v>335</v>
+      </c>
+      <c r="C66" t="s">
+        <v>38</v>
+      </c>
+      <c r="D66" t="s">
         <v>19</v>
       </c>
-      <c r="G64">
-[...8 lines deleted...]
-      <c r="J64" t="s">
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-[...29 lines deleted...]
-      <c r="G65">
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2015</v>
       </c>
-      <c r="H65">
-[...44 lines deleted...]
-      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
+        <v>329</v>
+      </c>
+      <c r="K66" t="s">
+        <v>336</v>
+      </c>
+      <c r="L66" t="s">
+        <v>247</v>
+      </c>
+      <c r="M66" t="s">
+        <v>330</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>337</v>
+      </c>
+      <c r="P66" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>326</v>
+      </c>
+      <c r="B67" t="s">
+        <v>338</v>
+      </c>
+      <c r="C67" t="s">
+        <v>38</v>
+      </c>
+      <c r="D67" t="s">
+        <v>339</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K66" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2015</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>21</v>
+        <v>329</v>
       </c>
       <c r="K67" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>330</v>
       </c>
       <c r="N67" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>340</v>
+      </c>
+      <c r="P67" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>200</v>
+        <v>341</v>
       </c>
       <c r="B68" t="s">
-        <v>53</v>
+        <v>342</v>
       </c>
       <c r="C68" t="s">
-        <v>201</v>
+        <v>343</v>
       </c>
       <c r="D68" t="s">
-        <v>48</v>
+        <v>344</v>
       </c>
       <c r="E68" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K68"/>
+        <v>345</v>
+      </c>
+      <c r="K68" t="s">
+        <v>43</v>
+      </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N68" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>347</v>
+      </c>
+      <c r="P68" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>203</v>
+        <v>349</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>350</v>
       </c>
       <c r="C69" t="s">
-        <v>201</v>
+        <v>343</v>
       </c>
       <c r="D69" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="E69" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1985</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K69"/>
+        <v>345</v>
+      </c>
+      <c r="K69" t="s">
+        <v>43</v>
+      </c>
       <c r="L69" t="s">
-        <v>50</v>
+        <v>351</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N69" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>352</v>
+      </c>
+      <c r="P69" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>205</v>
+        <v>354</v>
       </c>
       <c r="B70" t="s">
-        <v>53</v>
+        <v>355</v>
       </c>
       <c r="C70" t="s">
-        <v>206</v>
+        <v>343</v>
       </c>
       <c r="D70" t="s">
-        <v>48</v>
+        <v>356</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1984</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L70"/>
+        <v>345</v>
+      </c>
+      <c r="K70" t="s">
+        <v>43</v>
+      </c>
+      <c r="L70" t="s">
+        <v>357</v>
+      </c>
       <c r="M70" t="s">
-        <v>51</v>
+        <v>346</v>
       </c>
       <c r="N70" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>358</v>
+      </c>
+      <c r="P70" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>205</v>
+        <v>360</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>361</v>
       </c>
       <c r="C71" t="s">
-        <v>206</v>
+        <v>343</v>
       </c>
       <c r="D71" t="s">
-        <v>48</v>
+        <v>362</v>
       </c>
       <c r="E71" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1989</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="K71" t="s">
+        <v>43</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>51</v>
+        <v>346</v>
       </c>
       <c r="N71" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>364</v>
+      </c>
+      <c r="P71" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>209</v>
+        <v>366</v>
       </c>
       <c r="B72" t="s">
-        <v>15</v>
+        <v>367</v>
       </c>
       <c r="C72" t="s">
-        <v>210</v>
+        <v>343</v>
       </c>
       <c r="D72" t="s">
-        <v>48</v>
+        <v>368</v>
       </c>
       <c r="E72" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1989</v>
+      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="K72" t="s">
+        <v>43</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N72" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>369</v>
+      </c>
+      <c r="P72" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>209</v>
+        <v>371</v>
       </c>
       <c r="B73" t="s">
-        <v>53</v>
+        <v>372</v>
       </c>
       <c r="C73" t="s">
-        <v>210</v>
+        <v>343</v>
       </c>
       <c r="D73" t="s">
-        <v>48</v>
+        <v>373</v>
       </c>
       <c r="E73" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1984</v>
+      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L73"/>
+        <v>345</v>
+      </c>
+      <c r="K73" t="s">
+        <v>43</v>
+      </c>
+      <c r="L73" t="s">
+        <v>374</v>
+      </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N73" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>375</v>
+      </c>
+      <c r="P73" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>213</v>
+        <v>377</v>
       </c>
       <c r="B74" t="s">
-        <v>15</v>
+        <v>378</v>
       </c>
       <c r="C74" t="s">
-        <v>214</v>
+        <v>343</v>
       </c>
       <c r="D74" t="s">
-        <v>48</v>
+        <v>379</v>
       </c>
       <c r="E74" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1990</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="K74" t="s">
+        <v>43</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N74" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>380</v>
+      </c>
+      <c r="P74" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>213</v>
+        <v>382</v>
       </c>
       <c r="B75" t="s">
-        <v>53</v>
+        <v>383</v>
       </c>
       <c r="C75" t="s">
-        <v>214</v>
+        <v>343</v>
       </c>
       <c r="D75" t="s">
-        <v>48</v>
+        <v>368</v>
       </c>
       <c r="E75" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1989</v>
+      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K75"/>
+        <v>345</v>
+      </c>
+      <c r="K75" t="s">
+        <v>43</v>
+      </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N75" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>384</v>
+      </c>
+      <c r="P75" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>217</v>
+        <v>386</v>
       </c>
       <c r="B76" t="s">
-        <v>53</v>
+        <v>387</v>
       </c>
       <c r="C76" t="s">
-        <v>218</v>
+        <v>343</v>
       </c>
       <c r="D76" t="s">
-        <v>48</v>
+        <v>388</v>
       </c>
       <c r="E76" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>1983</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L76"/>
+        <v>345</v>
+      </c>
+      <c r="K76" t="s">
+        <v>43</v>
+      </c>
+      <c r="L76" t="s">
+        <v>389</v>
+      </c>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N76" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>390</v>
+      </c>
+      <c r="P76" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>217</v>
+        <v>392</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>393</v>
       </c>
       <c r="C77" t="s">
-        <v>218</v>
+        <v>343</v>
       </c>
       <c r="D77" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="E77" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="K77" t="s">
+        <v>394</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N77" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>395</v>
+      </c>
+      <c r="P77" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>221</v>
+        <v>397</v>
       </c>
       <c r="B78" t="s">
-        <v>53</v>
+        <v>398</v>
       </c>
       <c r="C78" t="s">
-        <v>114</v>
+        <v>343</v>
       </c>
       <c r="D78" t="s">
-        <v>48</v>
+        <v>362</v>
       </c>
       <c r="E78" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1987</v>
+      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>115</v>
+        <v>363</v>
       </c>
       <c r="K78" t="s">
-        <v>222</v>
+        <v>43</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N78" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>399</v>
+      </c>
+      <c r="P78" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>221</v>
+        <v>401</v>
       </c>
       <c r="B79" t="s">
-        <v>15</v>
+        <v>402</v>
       </c>
       <c r="C79" t="s">
-        <v>114</v>
+        <v>343</v>
       </c>
       <c r="D79" t="s">
-        <v>48</v>
+        <v>403</v>
       </c>
       <c r="E79" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1987</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>115</v>
+        <v>345</v>
       </c>
       <c r="K79" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N79" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>404</v>
+      </c>
+      <c r="P79" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>225</v>
+        <v>406</v>
       </c>
       <c r="B80" t="s">
-        <v>125</v>
+        <v>407</v>
       </c>
       <c r="C80" t="s">
-        <v>102</v>
+        <v>343</v>
       </c>
       <c r="D80" t="s">
-        <v>48</v>
+        <v>408</v>
       </c>
       <c r="E80" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1986</v>
+      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K80"/>
+        <v>345</v>
+      </c>
+      <c r="K80" t="s">
+        <v>43</v>
+      </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N80" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>409</v>
+      </c>
+      <c r="P80" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>227</v>
+        <v>411</v>
       </c>
       <c r="B81" t="s">
-        <v>125</v>
+        <v>412</v>
       </c>
       <c r="C81" t="s">
-        <v>128</v>
+        <v>343</v>
       </c>
       <c r="D81" t="s">
-        <v>48</v>
+        <v>413</v>
       </c>
       <c r="E81" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>135</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1986</v>
+      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="K81"/>
+        <v>345</v>
+      </c>
+      <c r="K81" t="s">
+        <v>43</v>
+      </c>
       <c r="L81" t="s">
-        <v>229</v>
+        <v>414</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>346</v>
       </c>
       <c r="N81" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>415</v>
+      </c>
+      <c r="P81" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>227</v>
+        <v>417</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>418</v>
       </c>
       <c r="C82" t="s">
-        <v>128</v>
+        <v>343</v>
       </c>
       <c r="D82" t="s">
-        <v>48</v>
+        <v>321</v>
       </c>
       <c r="E82" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>135</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="K82"/>
+        <v>345</v>
+      </c>
+      <c r="K82" t="s">
+        <v>43</v>
+      </c>
       <c r="L82" t="s">
-        <v>50</v>
+        <v>419</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>420</v>
       </c>
       <c r="N82" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>421</v>
+      </c>
+      <c r="P82" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>233</v>
+        <v>423</v>
       </c>
       <c r="B83" t="s">
-        <v>53</v>
+        <v>424</v>
       </c>
       <c r="C83" t="s">
-        <v>234</v>
+        <v>343</v>
       </c>
       <c r="D83" t="s">
-        <v>48</v>
+        <v>344</v>
       </c>
       <c r="E83" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2011</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K83"/>
+        <v>345</v>
+      </c>
+      <c r="K83" t="s">
+        <v>43</v>
+      </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>420</v>
       </c>
       <c r="N83" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>425</v>
+      </c>
+      <c r="P83" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>236</v>
+        <v>427</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>428</v>
       </c>
       <c r="C84" t="s">
-        <v>237</v>
+        <v>343</v>
       </c>
       <c r="D84" t="s">
-        <v>48</v>
+        <v>429</v>
       </c>
       <c r="E84" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-      <c r="I84" t="s">
+        <v>41</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>345</v>
+      </c>
+      <c r="K84" t="s">
+        <v>32</v>
+      </c>
+      <c r="L84" t="s">
+        <v>430</v>
+      </c>
+      <c r="M84" t="s">
+        <v>431</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>432</v>
+      </c>
+      <c r="P84" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>433</v>
+      </c>
+      <c r="B85" t="s">
+        <v>434</v>
+      </c>
+      <c r="C85" t="s">
+        <v>435</v>
+      </c>
+      <c r="D85" t="s">
+        <v>403</v>
+      </c>
+      <c r="E85" t="s">
         <v>20</v>
       </c>
-      <c r="J84" t="s">
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K84"/>
-[...35 lines deleted...]
-      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2014</v>
+      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K85"/>
+        <v>436</v>
+      </c>
+      <c r="K85" t="s">
+        <v>43</v>
+      </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>51</v>
+        <v>437</v>
       </c>
       <c r="N85" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>438</v>
+      </c>
+      <c r="P85" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>242</v>
+        <v>433</v>
       </c>
       <c r="B86" t="s">
-        <v>15</v>
+        <v>440</v>
       </c>
       <c r="C86" t="s">
-        <v>240</v>
+        <v>435</v>
       </c>
       <c r="D86" t="s">
-        <v>48</v>
+        <v>441</v>
       </c>
       <c r="E86" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>436</v>
+      </c>
+      <c r="K86" t="s">
+        <v>32</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>437</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>442</v>
+      </c>
+      <c r="P86" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>433</v>
+      </c>
+      <c r="B87" t="s">
+        <v>443</v>
+      </c>
+      <c r="C87" t="s">
+        <v>435</v>
+      </c>
+      <c r="D87" t="s">
+        <v>444</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>436</v>
+      </c>
+      <c r="K87" t="s">
+        <v>43</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>437</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>445</v>
+      </c>
+      <c r="P87" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>446</v>
+      </c>
+      <c r="B88" t="s">
+        <v>447</v>
+      </c>
+      <c r="C88" t="s">
+        <v>435</v>
+      </c>
+      <c r="D88" t="s">
+        <v>448</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>436</v>
+      </c>
+      <c r="K88" t="s">
+        <v>449</v>
+      </c>
+      <c r="L88" t="s">
+        <v>450</v>
+      </c>
+      <c r="M88" t="s">
+        <v>437</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>451</v>
+      </c>
+      <c r="P88" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>453</v>
+      </c>
+      <c r="B89" t="s">
+        <v>453</v>
+      </c>
+      <c r="C89" t="s">
+        <v>435</v>
+      </c>
+      <c r="D89" t="s">
+        <v>454</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>2015</v>
       </c>
-      <c r="H86"/>
-[...3 lines deleted...]
-      <c r="J86" t="s">
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>436</v>
+      </c>
+      <c r="K89" t="s">
+        <v>43</v>
+      </c>
+      <c r="L89" t="s">
+        <v>455</v>
+      </c>
+      <c r="M89" t="s">
+        <v>437</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>456</v>
+      </c>
+      <c r="P89" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>458</v>
+      </c>
+      <c r="B90" t="s">
+        <v>459</v>
+      </c>
+      <c r="C90" t="s">
+        <v>435</v>
+      </c>
+      <c r="D90" t="s">
+        <v>126</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K86"/>
-[...156 lines deleted...]
-        <v>2010</v>
+      <c r="G90" t="s">
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2014</v>
       </c>
-      <c r="I90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
+        <v>436</v>
+      </c>
+      <c r="K90" t="s">
+        <v>43</v>
+      </c>
+      <c r="L90" t="s">
+        <v>460</v>
+      </c>
+      <c r="M90" t="s">
+        <v>437</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>461</v>
+      </c>
+      <c r="P90" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>463</v>
+      </c>
+      <c r="B91" t="s">
+        <v>464</v>
+      </c>
+      <c r="C91" t="s">
+        <v>435</v>
+      </c>
+      <c r="D91" t="s">
+        <v>465</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K90"/>
-[...26 lines deleted...]
-      <c r="F91" t="s">
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2014</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>436</v>
+      </c>
+      <c r="K91" t="s">
+        <v>165</v>
+      </c>
+      <c r="L91" t="s">
+        <v>466</v>
+      </c>
+      <c r="M91" t="s">
+        <v>437</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>467</v>
+      </c>
+      <c r="P91" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>469</v>
+      </c>
+      <c r="B92" t="s">
+        <v>470</v>
+      </c>
+      <c r="C92" t="s">
+        <v>435</v>
+      </c>
+      <c r="D92" t="s">
+        <v>471</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>436</v>
+      </c>
+      <c r="K92" t="s">
+        <v>43</v>
+      </c>
+      <c r="L92" t="s">
+        <v>472</v>
+      </c>
+      <c r="M92" t="s">
+        <v>437</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>473</v>
+      </c>
+      <c r="P92" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>475</v>
+      </c>
+      <c r="B93" t="s">
+        <v>476</v>
+      </c>
+      <c r="C93" t="s">
+        <v>477</v>
+      </c>
+      <c r="D93" t="s">
+        <v>478</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>41</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2014</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>436</v>
+      </c>
+      <c r="K93" t="s">
+        <v>43</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>479</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>480</v>
+      </c>
+      <c r="P93" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>482</v>
+      </c>
+      <c r="B94" t="s">
+        <v>483</v>
+      </c>
+      <c r="C94" t="s">
+        <v>292</v>
+      </c>
+      <c r="D94" t="s">
+        <v>484</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>294</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>309</v>
+      </c>
+      <c r="K94" t="s">
+        <v>485</v>
+      </c>
+      <c r="L94" t="s">
+        <v>486</v>
+      </c>
+      <c r="M94" t="s">
+        <v>297</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>487</v>
+      </c>
+      <c r="P94" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>489</v>
+      </c>
+      <c r="B95" t="s">
+        <v>490</v>
+      </c>
+      <c r="C95" t="s">
+        <v>292</v>
+      </c>
+      <c r="D95" t="s">
+        <v>362</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2011</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>309</v>
+      </c>
+      <c r="K95" t="s">
+        <v>43</v>
+      </c>
+      <c r="L95" t="s">
+        <v>491</v>
+      </c>
+      <c r="M95" t="s">
+        <v>297</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>492</v>
+      </c>
+      <c r="P95" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>494</v>
+      </c>
+      <c r="B96" t="s">
+        <v>495</v>
+      </c>
+      <c r="C96" t="s">
+        <v>292</v>
+      </c>
+      <c r="D96" t="s">
+        <v>368</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2014</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>309</v>
+      </c>
+      <c r="K96" t="s">
+        <v>43</v>
+      </c>
+      <c r="L96" t="s">
+        <v>496</v>
+      </c>
+      <c r="M96" t="s">
+        <v>297</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>497</v>
+      </c>
+      <c r="P96" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>499</v>
+      </c>
+      <c r="B97" t="s">
+        <v>500</v>
+      </c>
+      <c r="C97" t="s">
+        <v>292</v>
+      </c>
+      <c r="D97" t="s">
+        <v>501</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>294</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>309</v>
+      </c>
+      <c r="K97" t="s">
+        <v>43</v>
+      </c>
+      <c r="L97" t="s">
+        <v>502</v>
+      </c>
+      <c r="M97" t="s">
+        <v>297</v>
+      </c>
+      <c r="N97" t="s">
+        <v>503</v>
+      </c>
+      <c r="O97" t="s">
+        <v>504</v>
+      </c>
+      <c r="P97" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>506</v>
+      </c>
+      <c r="B98" t="s">
+        <v>507</v>
+      </c>
+      <c r="C98" t="s">
+        <v>292</v>
+      </c>
+      <c r="D98" t="s">
+        <v>293</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>294</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2018</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>309</v>
+      </c>
+      <c r="K98" t="s">
+        <v>43</v>
+      </c>
+      <c r="L98" t="s">
+        <v>508</v>
+      </c>
+      <c r="M98" t="s">
+        <v>297</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>509</v>
+      </c>
+      <c r="P98" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>511</v>
+      </c>
+      <c r="B99" t="s">
+        <v>512</v>
+      </c>
+      <c r="C99" t="s">
+        <v>292</v>
+      </c>
+      <c r="D99" t="s">
+        <v>513</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>294</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2019</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>309</v>
+      </c>
+      <c r="K99" t="s">
+        <v>43</v>
+      </c>
+      <c r="L99" t="s">
+        <v>514</v>
+      </c>
+      <c r="M99" t="s">
+        <v>297</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>515</v>
+      </c>
+      <c r="P99" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>517</v>
+      </c>
+      <c r="B100" t="s">
+        <v>518</v>
+      </c>
+      <c r="C100" t="s">
+        <v>292</v>
+      </c>
+      <c r="D100" t="s">
+        <v>373</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>294</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2019</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>309</v>
+      </c>
+      <c r="K100" t="s">
+        <v>519</v>
+      </c>
+      <c r="L100" t="s">
+        <v>520</v>
+      </c>
+      <c r="M100" t="s">
+        <v>297</v>
+      </c>
+      <c r="N100" t="s">
+        <v>521</v>
+      </c>
+      <c r="O100" t="s">
+        <v>522</v>
+      </c>
+      <c r="P100" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>524</v>
+      </c>
+      <c r="B101" t="s">
+        <v>525</v>
+      </c>
+      <c r="C101" t="s">
+        <v>292</v>
+      </c>
+      <c r="D101" t="s">
+        <v>526</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>294</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2020</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>309</v>
+      </c>
+      <c r="K101" t="s">
+        <v>43</v>
+      </c>
+      <c r="L101" t="s">
+        <v>527</v>
+      </c>
+      <c r="M101" t="s">
+        <v>297</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>528</v>
+      </c>
+      <c r="P101" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>530</v>
+      </c>
+      <c r="B102" t="s">
+        <v>531</v>
+      </c>
+      <c r="C102" t="s">
+        <v>292</v>
+      </c>
+      <c r="D102" t="s">
+        <v>315</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>294</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2021</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>309</v>
+      </c>
+      <c r="K102" t="s">
+        <v>43</v>
+      </c>
+      <c r="L102" t="s">
+        <v>532</v>
+      </c>
+      <c r="M102" t="s">
+        <v>297</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>533</v>
+      </c>
+      <c r="P102" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>534</v>
+      </c>
+      <c r="B103" t="s">
+        <v>535</v>
+      </c>
+      <c r="C103" t="s">
+        <v>292</v>
+      </c>
+      <c r="D103" t="s">
+        <v>536</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>294</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>309</v>
+      </c>
+      <c r="K103" t="s">
+        <v>43</v>
+      </c>
+      <c r="L103" t="s">
+        <v>537</v>
+      </c>
+      <c r="M103" t="s">
+        <v>297</v>
+      </c>
+      <c r="N103" t="s">
+        <v>44</v>
+      </c>
+      <c r="O103" t="s">
+        <v>538</v>
+      </c>
+      <c r="P103" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>540</v>
+      </c>
+      <c r="B104" t="s">
+        <v>541</v>
+      </c>
+      <c r="C104" t="s">
+        <v>292</v>
+      </c>
+      <c r="D104" t="s">
+        <v>536</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>294</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>309</v>
+      </c>
+      <c r="K104" t="s">
+        <v>43</v>
+      </c>
+      <c r="L104" t="s">
+        <v>542</v>
+      </c>
+      <c r="M104" t="s">
+        <v>297</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>543</v>
+      </c>
+      <c r="P104" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>545</v>
+      </c>
+      <c r="B105" t="s">
+        <v>546</v>
+      </c>
+      <c r="C105" t="s">
+        <v>292</v>
+      </c>
+      <c r="D105" t="s">
         <v>19</v>
       </c>
-      <c r="G91">
-[...365 lines deleted...]
-      <c r="A100" t="s">
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>294</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2024</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>547</v>
+      </c>
+      <c r="K105" t="s">
+        <v>548</v>
+      </c>
+      <c r="L105" t="s">
+        <v>549</v>
+      </c>
+      <c r="M105" t="s">
+        <v>297</v>
+      </c>
+      <c r="N105" t="s">
+        <v>44</v>
+      </c>
+      <c r="O105" t="s">
+        <v>550</v>
+      </c>
+      <c r="P105" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>552</v>
+      </c>
+      <c r="B106" t="s">
+        <v>553</v>
+      </c>
+      <c r="C106" t="s">
         <v>292</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="D106" t="s">
+        <v>554</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>294</v>
       </c>
-      <c r="D100" t="s">
-[...97 lines deleted...]
-      <c r="H102">
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2024</v>
       </c>
-      <c r="I102" t="s">
-[...175 lines deleted...]
-      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>322</v>
+        <v>547</v>
       </c>
       <c r="K106" t="s">
-        <v>323</v>
+        <v>43</v>
       </c>
       <c r="L106" t="s">
-        <v>297</v>
+        <v>555</v>
       </c>
       <c r="M106" t="s">
-        <v>324</v>
+        <v>556</v>
       </c>
       <c r="N106" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>557</v>
+      </c>
+      <c r="P106" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>326</v>
+        <v>559</v>
       </c>
       <c r="B107" t="s">
-        <v>293</v>
+        <v>560</v>
       </c>
       <c r="C107" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="D107" t="s">
-        <v>48</v>
+        <v>561</v>
       </c>
       <c r="E107" t="s">
-        <v>295</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>294</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
       </c>
       <c r="H107">
         <v>2024</v>
       </c>
-      <c r="I107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>21</v>
+        <v>547</v>
       </c>
       <c r="K107" t="s">
-        <v>327</v>
+        <v>43</v>
       </c>
       <c r="L107" t="s">
+        <v>562</v>
+      </c>
+      <c r="M107" t="s">
         <v>297</v>
       </c>
-      <c r="M107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N107" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>563</v>
+      </c>
+      <c r="P107" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>329</v>
+        <v>565</v>
       </c>
       <c r="B108" t="s">
-        <v>293</v>
+        <v>566</v>
       </c>
       <c r="C108" t="s">
-        <v>330</v>
+        <v>292</v>
       </c>
       <c r="D108" t="s">
-        <v>48</v>
+        <v>567</v>
       </c>
       <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>294</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>309</v>
+      </c>
+      <c r="K108" t="s">
+        <v>43</v>
+      </c>
+      <c r="L108" t="s">
+        <v>568</v>
+      </c>
+      <c r="M108" t="s">
+        <v>297</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>569</v>
+      </c>
+      <c r="P108" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>571</v>
+      </c>
+      <c r="B109" t="s">
+        <v>572</v>
+      </c>
+      <c r="C109" t="s">
+        <v>292</v>
+      </c>
+      <c r="D109" t="s">
+        <v>356</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>294</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2014</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>309</v>
+      </c>
+      <c r="K109" t="s">
+        <v>573</v>
+      </c>
+      <c r="L109" t="s">
+        <v>574</v>
+      </c>
+      <c r="M109" t="s">
+        <v>297</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>575</v>
+      </c>
+      <c r="P109" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>577</v>
+      </c>
+      <c r="B110" t="s">
+        <v>578</v>
+      </c>
+      <c r="C110" t="s">
+        <v>292</v>
+      </c>
+      <c r="D110" t="s">
+        <v>579</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>294</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>309</v>
+      </c>
+      <c r="K110" t="s">
+        <v>43</v>
+      </c>
+      <c r="L110" t="s">
+        <v>580</v>
+      </c>
+      <c r="M110" t="s">
+        <v>297</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>581</v>
+      </c>
+      <c r="P110" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>583</v>
+      </c>
+      <c r="B111" t="s">
+        <v>584</v>
+      </c>
+      <c r="C111" t="s">
+        <v>585</v>
+      </c>
+      <c r="D111" t="s">
+        <v>586</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>294</v>
+      </c>
+      <c r="G111" t="s">
         <v>295</v>
-      </c>
-[...134 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H111">
         <v>2025</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K111"/>
+        <v>587</v>
+      </c>
+      <c r="K111" t="s">
+        <v>43</v>
+      </c>
       <c r="L111" t="s">
-        <v>297</v>
+        <v>588</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>589</v>
       </c>
       <c r="N111" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>590</v>
+      </c>
+      <c r="P111" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>345</v>
+        <v>592</v>
       </c>
       <c r="B112" t="s">
-        <v>293</v>
+        <v>593</v>
       </c>
       <c r="C112" t="s">
-        <v>289</v>
+        <v>594</v>
       </c>
       <c r="D112" t="s">
-        <v>48</v>
+        <v>333</v>
       </c>
       <c r="E112" t="s">
-        <v>295</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>41</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>2015</v>
       </c>
-      <c r="H112">
-[...4 lines deleted...]
-      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>595</v>
       </c>
       <c r="K112" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>596</v>
       </c>
       <c r="N112" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>597</v>
+      </c>
+      <c r="P112" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>348</v>
+        <v>599</v>
       </c>
       <c r="B113" t="s">
-        <v>293</v>
+        <v>600</v>
       </c>
       <c r="C113" t="s">
-        <v>349</v>
+        <v>38</v>
       </c>
       <c r="D113" t="s">
-        <v>48</v>
+        <v>601</v>
       </c>
       <c r="E113" t="s">
-        <v>295</v>
+        <v>40</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>41</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
       </c>
       <c r="H113">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K113" t="s">
-        <v>351</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113"/>
       <c r="N113" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>602</v>
+      </c>
+      <c r="P113" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>353</v>
+        <v>599</v>
       </c>
       <c r="B114" t="s">
-        <v>293</v>
+        <v>604</v>
       </c>
       <c r="C114" t="s">
-        <v>284</v>
+        <v>38</v>
       </c>
       <c r="D114" t="s">
-        <v>48</v>
+        <v>601</v>
       </c>
       <c r="E114" t="s">
-        <v>295</v>
+        <v>40</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>135</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
       </c>
       <c r="H114">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K114" t="s">
-        <v>354</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114"/>
       <c r="N114" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>605</v>
+      </c>
+      <c r="P114" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>356</v>
+        <v>607</v>
       </c>
       <c r="B115" t="s">
-        <v>293</v>
+        <v>608</v>
       </c>
       <c r="C115" t="s">
-        <v>357</v>
+        <v>38</v>
       </c>
       <c r="D115" t="s">
-        <v>48</v>
+        <v>609</v>
       </c>
       <c r="E115" t="s">
-        <v>295</v>
+        <v>40</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>135</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K115" t="s">
-        <v>358</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115"/>
       <c r="N115" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>610</v>
+      </c>
+      <c r="P115" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>360</v>
+        <v>611</v>
       </c>
       <c r="B116" t="s">
-        <v>293</v>
+        <v>612</v>
       </c>
       <c r="C116" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D116" t="s">
-        <v>48</v>
+        <v>613</v>
       </c>
       <c r="E116" t="s">
-        <v>295</v>
+        <v>40</v>
       </c>
       <c r="F116" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2021</v>
+      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K116" t="s">
-        <v>361</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116"/>
       <c r="N116" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>44</v>
+      </c>
+      <c r="O116" t="s">
+        <v>614</v>
+      </c>
+      <c r="P116" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>363</v>
+        <v>615</v>
       </c>
       <c r="B117" t="s">
-        <v>293</v>
+        <v>616</v>
       </c>
       <c r="C117" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="D117" t="s">
-        <v>48</v>
+        <v>403</v>
       </c>
       <c r="E117" t="s">
-        <v>295</v>
+        <v>40</v>
       </c>
       <c r="F117" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2021</v>
+      </c>
+      <c r="I117"/>
       <c r="J117" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="K117" t="s">
-        <v>364</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117"/>
       <c r="N117" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>617</v>
+      </c>
+      <c r="P117" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>366</v>
+        <v>619</v>
       </c>
       <c r="B118" t="s">
-        <v>367</v>
+        <v>620</v>
       </c>
       <c r="C118" t="s">
+        <v>38</v>
+      </c>
+      <c r="D118" t="s">
+        <v>79</v>
+      </c>
+      <c r="E118" t="s">
+        <v>40</v>
+      </c>
+      <c r="F118" t="s">
+        <v>135</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2021</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>42</v>
+      </c>
+      <c r="K118" t="s">
+        <v>43</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118"/>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>621</v>
+      </c>
+      <c r="P118" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>623</v>
+      </c>
+      <c r="B119" t="s">
+        <v>624</v>
+      </c>
+      <c r="C119" t="s">
+        <v>38</v>
+      </c>
+      <c r="D119" t="s">
+        <v>88</v>
+      </c>
+      <c r="E119" t="s">
+        <v>40</v>
+      </c>
+      <c r="F119" t="s">
+        <v>135</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2021</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>42</v>
+      </c>
+      <c r="K119" t="s">
+        <v>43</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119"/>
+      <c r="N119" t="s">
+        <v>44</v>
+      </c>
+      <c r="O119" t="s">
+        <v>625</v>
+      </c>
+      <c r="P119" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>627</v>
+      </c>
+      <c r="B120" t="s">
+        <v>628</v>
+      </c>
+      <c r="C120" t="s">
+        <v>38</v>
+      </c>
+      <c r="D120" t="s">
+        <v>72</v>
+      </c>
+      <c r="E120" t="s">
+        <v>40</v>
+      </c>
+      <c r="F120" t="s">
+        <v>135</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2021</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>42</v>
+      </c>
+      <c r="K120" t="s">
+        <v>43</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120"/>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>629</v>
+      </c>
+      <c r="P120" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>631</v>
+      </c>
+      <c r="B121" t="s">
+        <v>632</v>
+      </c>
+      <c r="C121" t="s">
+        <v>38</v>
+      </c>
+      <c r="D121" t="s">
+        <v>165</v>
+      </c>
+      <c r="E121" t="s">
+        <v>40</v>
+      </c>
+      <c r="F121" t="s">
+        <v>135</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2021</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>42</v>
+      </c>
+      <c r="K121" t="s">
+        <v>32</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121"/>
+      <c r="N121" t="s">
+        <v>44</v>
+      </c>
+      <c r="O121" t="s">
+        <v>633</v>
+      </c>
+      <c r="P121" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>634</v>
+      </c>
+      <c r="B122" t="s">
+        <v>635</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>636</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>135</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2014</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>49</v>
+      </c>
+      <c r="K122" t="s">
+        <v>43</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122"/>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>637</v>
+      </c>
+      <c r="P122" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>639</v>
+      </c>
+      <c r="B123" t="s">
+        <v>640</v>
+      </c>
+      <c r="C123" t="s">
+        <v>96</v>
+      </c>
+      <c r="D123" t="s">
         <v>368</v>
       </c>
-      <c r="D118" t="s">
-[...2 lines deleted...]
-      <c r="E118" t="s">
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>135</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
         <v>49</v>
       </c>
-      <c r="F118" t="s">
-[...221 lines deleted...]
-      </c>
       <c r="K123" t="s">
-        <v>222</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123"/>
       <c r="N123" t="s">
-        <v>384</v>
-[...3213 lines deleted...]
-      <c r="A201" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
         <v>641</v>
       </c>
-      <c r="B201" t="s">
-[...29 lines deleted...]
-      <c r="N201" t="s">
+      <c r="P123" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="202" spans="1:14">
-[...154 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>