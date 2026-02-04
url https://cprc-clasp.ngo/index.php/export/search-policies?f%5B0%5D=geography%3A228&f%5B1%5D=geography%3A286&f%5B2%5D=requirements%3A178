--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,1270 +12,1858 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="584">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1539,4411 +2127,5030 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N103"/>
+  <dimension ref="A1:P103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...339 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2014</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-      <c r="L11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>63</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>65</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>122</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>63</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>65</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>134</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" t="s">
+        <v>136</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>137</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>138</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>135</v>
+      </c>
+      <c r="G22" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>137</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>138</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>148</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>135</v>
+      </c>
+      <c r="G23" t="s">
+        <v>136</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>137</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>138</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>134</v>
+      </c>
+      <c r="D24" t="s">
+        <v>153</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G24" t="s">
+        <v>136</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>137</v>
+      </c>
+      <c r="K24" t="s">
         <v>51</v>
       </c>
-      <c r="M11" t="s">
-[...34 lines deleted...]
-      <c r="J12" t="s">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>138</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" t="s">
+        <v>159</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>135</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>70</v>
+      </c>
+      <c r="K25" t="s">
+        <v>160</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>161</v>
+      </c>
+      <c r="N25" t="s">
+        <v>162</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>167</v>
+      </c>
+      <c r="D26" t="s">
+        <v>168</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...38 lines deleted...]
-      <c r="J13" t="s">
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+      <c r="K26" t="s">
+        <v>170</v>
+      </c>
+      <c r="L26" t="s">
+        <v>171</v>
+      </c>
+      <c r="M26" t="s">
+        <v>172</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>173</v>
+      </c>
+      <c r="P26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>167</v>
+      </c>
+      <c r="D27" t="s">
+        <v>175</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...38 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>169</v>
+      </c>
+      <c r="K27" t="s">
+        <v>170</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>172</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...38 lines deleted...]
-      <c r="J15" t="s">
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>169</v>
+      </c>
+      <c r="K28" t="s">
+        <v>178</v>
+      </c>
+      <c r="L28" t="s">
+        <v>171</v>
+      </c>
+      <c r="M28" t="s">
+        <v>172</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>165</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...38 lines deleted...]
-      <c r="J16" t="s">
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>169</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>172</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>184</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...564 lines deleted...]
-        <v>2015</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
-      <c r="I30" t="s">
-        <v>120</v>
+      <c r="I30">
+        <v>2015</v>
       </c>
       <c r="J30" t="s">
+        <v>169</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>171</v>
+      </c>
+      <c r="M30" t="s">
+        <v>172</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>187</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
-      <c r="I31" t="s">
-        <v>120</v>
+      <c r="I31">
+        <v>2015</v>
       </c>
       <c r="J31" t="s">
+        <v>169</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>171</v>
+      </c>
+      <c r="M31" t="s">
+        <v>172</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>189</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>121</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
-      <c r="I32" t="s">
-        <v>120</v>
+      <c r="I32">
+        <v>2015</v>
       </c>
       <c r="J32" t="s">
+        <v>169</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>171</v>
+      </c>
+      <c r="M32" t="s">
+        <v>172</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>190</v>
+      </c>
+      <c r="P32" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B33" t="s">
+        <v>192</v>
+      </c>
+      <c r="C33" t="s">
+        <v>193</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...8 lines deleted...]
-      <c r="N32" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1994</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>194</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>195</v>
+      </c>
+      <c r="M33" t="s">
+        <v>196</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>197</v>
+      </c>
+      <c r="P33" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>199</v>
+      </c>
+      <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>193</v>
+      </c>
+      <c r="D34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>194</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>201</v>
+      </c>
+      <c r="M34" t="s">
+        <v>196</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>202</v>
+      </c>
+      <c r="P34" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>204</v>
+      </c>
+      <c r="B35" t="s">
+        <v>205</v>
+      </c>
+      <c r="C35" t="s">
+        <v>206</v>
+      </c>
+      <c r="D35" t="s">
+        <v>207</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>135</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>208</v>
+      </c>
+      <c r="K35" t="s">
+        <v>160</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>209</v>
+      </c>
+      <c r="N35" t="s">
+        <v>162</v>
+      </c>
+      <c r="O35" t="s">
+        <v>210</v>
+      </c>
+      <c r="P35" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>212</v>
+      </c>
+      <c r="B36" t="s">
+        <v>213</v>
+      </c>
+      <c r="C36" t="s">
+        <v>206</v>
+      </c>
+      <c r="D36" t="s">
+        <v>214</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>135</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>208</v>
+      </c>
+      <c r="K36" t="s">
+        <v>160</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>209</v>
+      </c>
+      <c r="N36" t="s">
+        <v>162</v>
+      </c>
+      <c r="O36" t="s">
+        <v>215</v>
+      </c>
+      <c r="P36" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>217</v>
+      </c>
+      <c r="B37" t="s">
+        <v>218</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>219</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>135</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>208</v>
+      </c>
+      <c r="K37" t="s">
+        <v>160</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>209</v>
+      </c>
+      <c r="N37" t="s">
+        <v>162</v>
+      </c>
+      <c r="O37" t="s">
+        <v>220</v>
+      </c>
+      <c r="P37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C38" t="s">
+        <v>224</v>
+      </c>
+      <c r="D38" t="s">
+        <v>112</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>225</v>
+      </c>
+      <c r="G38" t="s">
+        <v>44</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>226</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>227</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>228</v>
+      </c>
+      <c r="P38" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>230</v>
+      </c>
+      <c r="B39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C39" t="s">
+        <v>224</v>
+      </c>
+      <c r="D39" t="s">
+        <v>232</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>225</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>1985</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>226</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>233</v>
+      </c>
+      <c r="M39" t="s">
+        <v>227</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>234</v>
+      </c>
+      <c r="P39" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>236</v>
+      </c>
+      <c r="B40" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" t="s">
+        <v>224</v>
+      </c>
+      <c r="D40" t="s">
+        <v>106</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>225</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>1984</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>226</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>238</v>
+      </c>
+      <c r="M40" t="s">
+        <v>227</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>239</v>
+      </c>
+      <c r="P40" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>241</v>
+      </c>
+      <c r="B41" t="s">
+        <v>242</v>
+      </c>
+      <c r="C41" t="s">
+        <v>224</v>
+      </c>
+      <c r="D41" t="s">
+        <v>243</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>225</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1987</v>
+      </c>
+      <c r="I41">
+        <v>1988</v>
+      </c>
+      <c r="J41" t="s">
+        <v>226</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>227</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>244</v>
+      </c>
+      <c r="P41" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>246</v>
+      </c>
+      <c r="B42" t="s">
+        <v>247</v>
+      </c>
+      <c r="C42" t="s">
+        <v>224</v>
+      </c>
+      <c r="D42" t="s">
+        <v>32</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>225</v>
+      </c>
+      <c r="G42" t="s">
+        <v>44</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>194</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>227</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>248</v>
+      </c>
+      <c r="P42" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>250</v>
+      </c>
+      <c r="B43" t="s">
+        <v>251</v>
+      </c>
+      <c r="C43" t="s">
+        <v>224</v>
+      </c>
+      <c r="D43" t="s">
+        <v>50</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>225</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1987</v>
+      </c>
+      <c r="I43">
+        <v>1988</v>
+      </c>
+      <c r="J43" t="s">
+        <v>226</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>252</v>
+      </c>
+      <c r="M43" t="s">
+        <v>227</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>253</v>
+      </c>
+      <c r="P43" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>255</v>
+      </c>
+      <c r="B44" t="s">
+        <v>256</v>
+      </c>
+      <c r="C44" t="s">
+        <v>224</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>225</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1989</v>
+      </c>
+      <c r="I44">
+        <v>1991</v>
+      </c>
+      <c r="J44" t="s">
+        <v>226</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>257</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>258</v>
+      </c>
+      <c r="P44" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" t="s">
+        <v>224</v>
+      </c>
+      <c r="D45" t="s">
+        <v>37</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>225</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>262</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>227</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>263</v>
+      </c>
+      <c r="P45" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>265</v>
+      </c>
+      <c r="B46" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" t="s">
+        <v>224</v>
+      </c>
+      <c r="D46" t="s">
+        <v>267</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>225</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1989</v>
+      </c>
+      <c r="I46">
+        <v>1992</v>
+      </c>
+      <c r="J46" t="s">
+        <v>262</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>227</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>268</v>
+      </c>
+      <c r="P46" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>270</v>
+      </c>
+      <c r="B47" t="s">
+        <v>271</v>
+      </c>
+      <c r="C47" t="s">
+        <v>224</v>
+      </c>
+      <c r="D47" t="s">
+        <v>37</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>225</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
+        <v>1989</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>226</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>227</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>272</v>
+      </c>
+      <c r="P47" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>274</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>224</v>
+      </c>
+      <c r="D48" t="s">
+        <v>121</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>225</v>
+      </c>
+      <c r="G48" t="s">
+        <v>44</v>
+      </c>
+      <c r="H48">
+        <v>1984</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>226</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>276</v>
+      </c>
+      <c r="M48" t="s">
+        <v>227</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>277</v>
+      </c>
+      <c r="P48" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>279</v>
+      </c>
+      <c r="B49" t="s">
+        <v>280</v>
+      </c>
+      <c r="C49" t="s">
+        <v>224</v>
+      </c>
+      <c r="D49" t="s">
+        <v>281</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>225</v>
+      </c>
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49">
+        <v>1990</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>226</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>227</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>282</v>
+      </c>
+      <c r="P49" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>284</v>
+      </c>
+      <c r="B50" t="s">
+        <v>285</v>
+      </c>
+      <c r="C50" t="s">
+        <v>224</v>
+      </c>
+      <c r="D50" t="s">
+        <v>37</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>225</v>
+      </c>
+      <c r="G50" t="s">
+        <v>44</v>
+      </c>
+      <c r="H50">
+        <v>1989</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>226</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>227</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>286</v>
+      </c>
+      <c r="P50" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>288</v>
+      </c>
+      <c r="B51" t="s">
+        <v>289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" t="s">
+        <v>102</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>225</v>
+      </c>
+      <c r="G51" t="s">
+        <v>44</v>
+      </c>
+      <c r="H51">
+        <v>1983</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>226</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>290</v>
+      </c>
+      <c r="M51" t="s">
+        <v>227</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>291</v>
+      </c>
+      <c r="P51" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>293</v>
+      </c>
+      <c r="B52" t="s">
+        <v>294</v>
+      </c>
+      <c r="C52" t="s">
+        <v>224</v>
+      </c>
+      <c r="D52" t="s">
+        <v>43</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>225</v>
+      </c>
+      <c r="G52" t="s">
+        <v>44</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>226</v>
+      </c>
+      <c r="K52" t="s">
+        <v>295</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>227</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>296</v>
+      </c>
+      <c r="P52" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>298</v>
+      </c>
+      <c r="B53" t="s">
+        <v>299</v>
+      </c>
+      <c r="C53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" t="s">
+        <v>128</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>225</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1986</v>
+      </c>
+      <c r="I53">
+        <v>1988</v>
+      </c>
+      <c r="J53" t="s">
+        <v>226</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>227</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>300</v>
+      </c>
+      <c r="P53" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>302</v>
+      </c>
+      <c r="B54" t="s">
+        <v>303</v>
+      </c>
+      <c r="C54" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>225</v>
+      </c>
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>1987</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>194</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>227</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>304</v>
+      </c>
+      <c r="P54" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>306</v>
+      </c>
+      <c r="B55" t="s">
+        <v>307</v>
+      </c>
+      <c r="C55" t="s">
+        <v>224</v>
+      </c>
+      <c r="D55" t="s">
+        <v>148</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>225</v>
+      </c>
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55">
+        <v>1987</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>226</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>227</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>308</v>
+      </c>
+      <c r="P55" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>310</v>
+      </c>
+      <c r="B56" t="s">
+        <v>311</v>
+      </c>
+      <c r="C56" t="s">
+        <v>224</v>
+      </c>
+      <c r="D56" t="s">
+        <v>312</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>225</v>
+      </c>
+      <c r="G56" t="s">
+        <v>44</v>
+      </c>
+      <c r="H56">
+        <v>1986</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>226</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>227</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>313</v>
+      </c>
+      <c r="P56" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>315</v>
+      </c>
+      <c r="B57" t="s">
+        <v>316</v>
+      </c>
+      <c r="C57" t="s">
+        <v>224</v>
+      </c>
+      <c r="D57" t="s">
+        <v>317</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>225</v>
+      </c>
+      <c r="G57" t="s">
+        <v>44</v>
+      </c>
+      <c r="H57">
+        <v>1986</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>226</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>318</v>
+      </c>
+      <c r="M57" t="s">
+        <v>227</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>319</v>
+      </c>
+      <c r="P57" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>321</v>
+      </c>
+      <c r="B58" t="s">
+        <v>322</v>
+      </c>
+      <c r="C58" t="s">
+        <v>224</v>
+      </c>
+      <c r="D58" t="s">
+        <v>184</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>225</v>
+      </c>
+      <c r="G58" t="s">
+        <v>44</v>
+      </c>
+      <c r="H58">
+        <v>1984</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>226</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>323</v>
+      </c>
+      <c r="M58" t="s">
+        <v>257</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>324</v>
+      </c>
+      <c r="P58" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>326</v>
+      </c>
+      <c r="B59" t="s">
+        <v>327</v>
+      </c>
+      <c r="C59" t="s">
+        <v>224</v>
+      </c>
+      <c r="D59" t="s">
+        <v>112</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>135</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1999</v>
+      </c>
+      <c r="I59">
+        <v>2000</v>
+      </c>
+      <c r="J59" t="s">
+        <v>226</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>328</v>
+      </c>
+      <c r="M59" t="s">
+        <v>257</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>331</v>
+      </c>
+      <c r="B60" t="s">
+        <v>332</v>
+      </c>
+      <c r="C60" t="s">
+        <v>224</v>
+      </c>
+      <c r="D60" t="s">
+        <v>243</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>135</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>226</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>333</v>
+      </c>
+      <c r="M60" t="s">
+        <v>257</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>334</v>
+      </c>
+      <c r="P60" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>336</v>
+      </c>
+      <c r="B61" t="s">
+        <v>337</v>
+      </c>
+      <c r="C61" t="s">
+        <v>224</v>
+      </c>
+      <c r="D61" t="s">
+        <v>184</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>135</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>226</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>338</v>
+      </c>
+      <c r="M61" t="s">
+        <v>257</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>339</v>
+      </c>
+      <c r="P61" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>341</v>
+      </c>
+      <c r="B62" t="s">
+        <v>342</v>
+      </c>
+      <c r="C62" t="s">
+        <v>343</v>
+      </c>
+      <c r="D62" t="s">
+        <v>159</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>344</v>
+      </c>
+      <c r="G62" t="s">
         <v>136</v>
       </c>
-      <c r="B33" t="s">
-[...23 lines deleted...]
-      <c r="J33" t="s">
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>194</v>
+      </c>
+      <c r="K62" t="s">
+        <v>160</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>345</v>
+      </c>
+      <c r="N62" t="s">
+        <v>162</v>
+      </c>
+      <c r="O62" t="s">
+        <v>346</v>
+      </c>
+      <c r="P62" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>348</v>
+      </c>
+      <c r="B63" t="s">
+        <v>349</v>
+      </c>
+      <c r="C63" t="s">
+        <v>224</v>
+      </c>
+      <c r="D63" t="s">
+        <v>112</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>135</v>
+      </c>
+      <c r="G63" t="s">
+        <v>44</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>226</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>257</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>350</v>
+      </c>
+      <c r="P63" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>352</v>
+      </c>
+      <c r="B64" t="s">
+        <v>353</v>
+      </c>
+      <c r="C64" t="s">
+        <v>224</v>
+      </c>
+      <c r="D64" t="s">
+        <v>354</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>135</v>
+      </c>
+      <c r="G64" t="s">
+        <v>44</v>
+      </c>
+      <c r="H64">
+        <v>2012</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>226</v>
+      </c>
+      <c r="K64" t="s">
+        <v>51</v>
+      </c>
+      <c r="L64" t="s">
+        <v>355</v>
+      </c>
+      <c r="M64" t="s">
+        <v>356</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>357</v>
+      </c>
+      <c r="P64" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>358</v>
+      </c>
+      <c r="B65" t="s">
+        <v>359</v>
+      </c>
+      <c r="C65" t="s">
+        <v>360</v>
+      </c>
+      <c r="D65" t="s">
+        <v>361</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...1320 lines deleted...]
-        <v>2006</v>
+      <c r="G65" t="s">
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2006</v>
       </c>
-      <c r="I65" t="s">
+      <c r="I65">
+        <v>2006</v>
+      </c>
+      <c r="J65" t="s">
+        <v>362</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>363</v>
+      </c>
+      <c r="M65" t="s">
+        <v>364</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>365</v>
+      </c>
+      <c r="P65"/>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>366</v>
+      </c>
+      <c r="B66" t="s">
+        <v>367</v>
+      </c>
+      <c r="C66" t="s">
+        <v>368</v>
+      </c>
+      <c r="D66" t="s">
+        <v>148</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>137</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>369</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>370</v>
+      </c>
+      <c r="P66" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>366</v>
+      </c>
+      <c r="B67" t="s">
+        <v>372</v>
+      </c>
+      <c r="C67" t="s">
+        <v>368</v>
+      </c>
+      <c r="D67" t="s">
+        <v>373</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>44</v>
+      </c>
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>137</v>
+      </c>
+      <c r="K67" t="s">
+        <v>51</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>369</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>374</v>
+      </c>
+      <c r="P67" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>366</v>
+      </c>
+      <c r="B68" t="s">
+        <v>375</v>
+      </c>
+      <c r="C68" t="s">
+        <v>368</v>
+      </c>
+      <c r="D68" t="s">
         <v>243</v>
       </c>
-      <c r="J65" t="s">
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K65" t="s">
-[...25 lines deleted...]
-      <c r="E66" t="s">
+      <c r="G68" t="s">
+        <v>44</v>
+      </c>
+      <c r="H68">
+        <v>2014</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>137</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>369</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>376</v>
+      </c>
+      <c r="P68" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>377</v>
+      </c>
+      <c r="B69" t="s">
+        <v>378</v>
+      </c>
+      <c r="C69" t="s">
+        <v>368</v>
+      </c>
+      <c r="D69" t="s">
+        <v>37</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2006</v>
+      </c>
+      <c r="I69">
+        <v>2015</v>
+      </c>
+      <c r="J69" t="s">
+        <v>137</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>379</v>
+      </c>
+      <c r="M69" t="s">
+        <v>369</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>380</v>
+      </c>
+      <c r="P69" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>382</v>
+      </c>
+      <c r="B70" t="s">
+        <v>383</v>
+      </c>
+      <c r="C70" t="s">
+        <v>368</v>
+      </c>
+      <c r="D70" t="s">
+        <v>384</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>44</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>137</v>
+      </c>
+      <c r="K70" t="s">
+        <v>385</v>
+      </c>
+      <c r="L70" t="s">
+        <v>386</v>
+      </c>
+      <c r="M70" t="s">
+        <v>369</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>387</v>
+      </c>
+      <c r="P70" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>389</v>
+      </c>
+      <c r="B71" t="s">
+        <v>389</v>
+      </c>
+      <c r="C71" t="s">
+        <v>368</v>
+      </c>
+      <c r="D71" t="s">
+        <v>390</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>44</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>137</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>391</v>
+      </c>
+      <c r="M71" t="s">
+        <v>369</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>392</v>
+      </c>
+      <c r="P71" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>394</v>
+      </c>
+      <c r="B72" t="s">
+        <v>395</v>
+      </c>
+      <c r="C72" t="s">
+        <v>368</v>
+      </c>
+      <c r="D72" t="s">
+        <v>396</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>137</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>397</v>
+      </c>
+      <c r="M72" t="s">
+        <v>369</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>398</v>
+      </c>
+      <c r="P72" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>400</v>
+      </c>
+      <c r="B73" t="s">
+        <v>401</v>
+      </c>
+      <c r="C73" t="s">
+        <v>368</v>
+      </c>
+      <c r="D73" t="s">
+        <v>402</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>44</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>137</v>
+      </c>
+      <c r="K73" t="s">
+        <v>170</v>
+      </c>
+      <c r="L73" t="s">
+        <v>403</v>
+      </c>
+      <c r="M73" t="s">
+        <v>369</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>404</v>
+      </c>
+      <c r="P73" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>406</v>
+      </c>
+      <c r="B74" t="s">
+        <v>407</v>
+      </c>
+      <c r="C74" t="s">
+        <v>368</v>
+      </c>
+      <c r="D74" t="s">
+        <v>408</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>44</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>137</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>409</v>
+      </c>
+      <c r="M74" t="s">
+        <v>369</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>410</v>
+      </c>
+      <c r="P74" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>412</v>
+      </c>
+      <c r="B75" t="s">
+        <v>413</v>
+      </c>
+      <c r="C75" t="s">
+        <v>134</v>
+      </c>
+      <c r="D75" t="s">
+        <v>112</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>135</v>
+      </c>
+      <c r="G75" t="s">
+        <v>136</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>137</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>138</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>414</v>
+      </c>
+      <c r="P75" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>416</v>
+      </c>
+      <c r="B76" t="s">
+        <v>417</v>
+      </c>
+      <c r="C76" t="s">
+        <v>134</v>
+      </c>
+      <c r="D76" t="s">
+        <v>418</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>135</v>
+      </c>
+      <c r="G76" t="s">
+        <v>44</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>137</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>138</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>419</v>
+      </c>
+      <c r="P76" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>421</v>
+      </c>
+      <c r="B77" t="s">
+        <v>422</v>
+      </c>
+      <c r="C77" t="s">
+        <v>343</v>
+      </c>
+      <c r="D77" t="s">
+        <v>184</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>344</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>423</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>424</v>
+      </c>
+      <c r="M77" t="s">
+        <v>425</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>426</v>
+      </c>
+      <c r="P77" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>428</v>
+      </c>
+      <c r="B78" t="s">
+        <v>429</v>
+      </c>
+      <c r="C78" t="s">
+        <v>343</v>
+      </c>
+      <c r="D78" t="s">
+        <v>430</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>344</v>
+      </c>
+      <c r="G78" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>423</v>
+      </c>
+      <c r="K78" t="s">
+        <v>431</v>
+      </c>
+      <c r="L78" t="s">
+        <v>432</v>
+      </c>
+      <c r="M78" t="s">
+        <v>425</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>433</v>
+      </c>
+      <c r="P78" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>435</v>
+      </c>
+      <c r="B79" t="s">
+        <v>436</v>
+      </c>
+      <c r="C79" t="s">
+        <v>343</v>
+      </c>
+      <c r="D79" t="s">
+        <v>32</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>44</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>423</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>437</v>
+      </c>
+      <c r="M79" t="s">
+        <v>425</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>438</v>
+      </c>
+      <c r="P79" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>440</v>
+      </c>
+      <c r="B80" t="s">
+        <v>441</v>
+      </c>
+      <c r="C80" t="s">
+        <v>343</v>
+      </c>
+      <c r="D80" t="s">
+        <v>442</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>344</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80">
+        <v>2016</v>
+      </c>
+      <c r="J80" t="s">
+        <v>423</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>443</v>
+      </c>
+      <c r="M80" t="s">
+        <v>425</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>444</v>
+      </c>
+      <c r="P80" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>446</v>
+      </c>
+      <c r="B81" t="s">
+        <v>447</v>
+      </c>
+      <c r="C81" t="s">
+        <v>343</v>
+      </c>
+      <c r="D81" t="s">
+        <v>37</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>44</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>423</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>448</v>
+      </c>
+      <c r="M81" t="s">
+        <v>425</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>449</v>
+      </c>
+      <c r="P81" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>451</v>
+      </c>
+      <c r="B82" t="s">
+        <v>452</v>
+      </c>
+      <c r="C82" t="s">
+        <v>343</v>
+      </c>
+      <c r="D82" t="s">
+        <v>453</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>344</v>
+      </c>
+      <c r="G82" t="s">
+        <v>44</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>423</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>454</v>
+      </c>
+      <c r="M82" t="s">
+        <v>425</v>
+      </c>
+      <c r="N82" t="s">
+        <v>455</v>
+      </c>
+      <c r="O82" t="s">
+        <v>456</v>
+      </c>
+      <c r="P82" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>458</v>
+      </c>
+      <c r="B83" t="s">
+        <v>459</v>
+      </c>
+      <c r="C83" t="s">
+        <v>343</v>
+      </c>
+      <c r="D83" t="s">
+        <v>460</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>344</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83">
+        <v>2016</v>
+      </c>
+      <c r="J83" t="s">
+        <v>423</v>
+      </c>
+      <c r="K83" t="s">
+        <v>431</v>
+      </c>
+      <c r="L83" t="s">
+        <v>461</v>
+      </c>
+      <c r="M83" t="s">
+        <v>425</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>462</v>
+      </c>
+      <c r="P83" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>464</v>
+      </c>
+      <c r="B84" t="s">
+        <v>465</v>
+      </c>
+      <c r="C84" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" t="s">
+        <v>466</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>344</v>
+      </c>
+      <c r="G84" t="s">
+        <v>44</v>
+      </c>
+      <c r="H84">
+        <v>2018</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>423</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>467</v>
+      </c>
+      <c r="M84" t="s">
+        <v>425</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>468</v>
+      </c>
+      <c r="P84" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>470</v>
+      </c>
+      <c r="B85" t="s">
+        <v>471</v>
+      </c>
+      <c r="C85" t="s">
+        <v>343</v>
+      </c>
+      <c r="D85" t="s">
+        <v>472</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>344</v>
+      </c>
+      <c r="G85" t="s">
+        <v>44</v>
+      </c>
+      <c r="H85">
+        <v>2019</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>423</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>473</v>
+      </c>
+      <c r="M85" t="s">
+        <v>425</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>474</v>
+      </c>
+      <c r="P85" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>476</v>
+      </c>
+      <c r="B86" t="s">
+        <v>477</v>
+      </c>
+      <c r="C86" t="s">
+        <v>343</v>
+      </c>
+      <c r="D86" t="s">
+        <v>121</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>344</v>
+      </c>
+      <c r="G86" t="s">
+        <v>44</v>
+      </c>
+      <c r="H86">
+        <v>2019</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>423</v>
+      </c>
+      <c r="K86" t="s">
+        <v>122</v>
+      </c>
+      <c r="L86" t="s">
+        <v>478</v>
+      </c>
+      <c r="M86" t="s">
+        <v>425</v>
+      </c>
+      <c r="N86" t="s">
+        <v>479</v>
+      </c>
+      <c r="O86" t="s">
+        <v>480</v>
+      </c>
+      <c r="P86" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>482</v>
+      </c>
+      <c r="B87" t="s">
+        <v>483</v>
+      </c>
+      <c r="C87" t="s">
+        <v>343</v>
+      </c>
+      <c r="D87" t="s">
+        <v>128</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>344</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2020</v>
+      </c>
+      <c r="I87">
+        <v>2023</v>
+      </c>
+      <c r="J87" t="s">
+        <v>484</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>485</v>
+      </c>
+      <c r="M87" t="s">
+        <v>425</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>486</v>
+      </c>
+      <c r="P87" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>488</v>
+      </c>
+      <c r="B88" t="s">
+        <v>489</v>
+      </c>
+      <c r="C88" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" t="s">
+        <v>490</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>344</v>
+      </c>
+      <c r="G88" t="s">
+        <v>44</v>
+      </c>
+      <c r="H88">
+        <v>2020</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>423</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>491</v>
+      </c>
+      <c r="M88" t="s">
+        <v>425</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>492</v>
+      </c>
+      <c r="P88" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>494</v>
+      </c>
+      <c r="B89" t="s">
+        <v>495</v>
+      </c>
+      <c r="C89" t="s">
+        <v>343</v>
+      </c>
+      <c r="D89" t="s">
+        <v>19</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>344</v>
+      </c>
+      <c r="G89" t="s">
+        <v>44</v>
+      </c>
+      <c r="H89">
+        <v>2021</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>423</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>496</v>
+      </c>
+      <c r="M89" t="s">
+        <v>425</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>497</v>
+      </c>
+      <c r="P89" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>499</v>
+      </c>
+      <c r="B90" t="s">
+        <v>500</v>
+      </c>
+      <c r="C90" t="s">
+        <v>343</v>
+      </c>
+      <c r="D90" t="s">
+        <v>501</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>344</v>
+      </c>
+      <c r="G90" t="s">
+        <v>44</v>
+      </c>
+      <c r="H90">
+        <v>2021</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>423</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>502</v>
+      </c>
+      <c r="M90" t="s">
+        <v>425</v>
+      </c>
+      <c r="N90" t="s">
+        <v>503</v>
+      </c>
+      <c r="O90" t="s">
+        <v>504</v>
+      </c>
+      <c r="P90" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>506</v>
+      </c>
+      <c r="B91" t="s">
+        <v>507</v>
+      </c>
+      <c r="C91" t="s">
+        <v>343</v>
+      </c>
+      <c r="D91" t="s">
+        <v>501</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>344</v>
+      </c>
+      <c r="G91" t="s">
+        <v>44</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>423</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>508</v>
+      </c>
+      <c r="M91" t="s">
+        <v>425</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>509</v>
+      </c>
+      <c r="P91" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>511</v>
+      </c>
+      <c r="B92" t="s">
+        <v>512</v>
+      </c>
+      <c r="C92" t="s">
+        <v>343</v>
+      </c>
+      <c r="D92" t="s">
+        <v>43</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>344</v>
+      </c>
+      <c r="G92" t="s">
+        <v>44</v>
+      </c>
+      <c r="H92">
+        <v>2024</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>484</v>
+      </c>
+      <c r="K92" t="s">
+        <v>513</v>
+      </c>
+      <c r="L92" t="s">
+        <v>514</v>
+      </c>
+      <c r="M92" t="s">
+        <v>425</v>
+      </c>
+      <c r="N92" t="s">
+        <v>503</v>
+      </c>
+      <c r="O92" t="s">
+        <v>515</v>
+      </c>
+      <c r="P92" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>517</v>
+      </c>
+      <c r="B93" t="s">
+        <v>518</v>
+      </c>
+      <c r="C93" t="s">
+        <v>343</v>
+      </c>
+      <c r="D93" t="s">
+        <v>519</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>344</v>
+      </c>
+      <c r="G93" t="s">
+        <v>44</v>
+      </c>
+      <c r="H93">
+        <v>2024</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>484</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>520</v>
+      </c>
+      <c r="M93" t="s">
+        <v>521</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>522</v>
+      </c>
+      <c r="P93" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>524</v>
+      </c>
+      <c r="B94" t="s">
+        <v>525</v>
+      </c>
+      <c r="C94" t="s">
+        <v>343</v>
+      </c>
+      <c r="D94" t="s">
+        <v>526</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>344</v>
+      </c>
+      <c r="G94" t="s">
+        <v>44</v>
+      </c>
+      <c r="H94">
+        <v>2024</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>484</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>527</v>
+      </c>
+      <c r="M94" t="s">
+        <v>425</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>528</v>
+      </c>
+      <c r="P94" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>530</v>
+      </c>
+      <c r="B95" t="s">
+        <v>531</v>
+      </c>
+      <c r="C95" t="s">
+        <v>343</v>
+      </c>
+      <c r="D95" t="s">
+        <v>532</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>344</v>
+      </c>
+      <c r="G95" t="s">
+        <v>44</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>423</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>533</v>
+      </c>
+      <c r="M95" t="s">
+        <v>425</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>534</v>
+      </c>
+      <c r="P95" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>536</v>
+      </c>
+      <c r="B96" t="s">
+        <v>537</v>
+      </c>
+      <c r="C96" t="s">
+        <v>343</v>
+      </c>
+      <c r="D96" t="s">
+        <v>430</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>344</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2008</v>
+      </c>
+      <c r="I96">
+        <v>2019</v>
+      </c>
+      <c r="J96" t="s">
+        <v>423</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>538</v>
+      </c>
+      <c r="M96" t="s">
+        <v>425</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>539</v>
+      </c>
+      <c r="P96" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>541</v>
+      </c>
+      <c r="B97" t="s">
+        <v>542</v>
+      </c>
+      <c r="C97" t="s">
+        <v>343</v>
+      </c>
+      <c r="D97" t="s">
+        <v>106</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>344</v>
+      </c>
+      <c r="G97" t="s">
+        <v>44</v>
+      </c>
+      <c r="H97">
+        <v>2014</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>423</v>
+      </c>
+      <c r="K97" t="s">
+        <v>543</v>
+      </c>
+      <c r="L97" t="s">
+        <v>544</v>
+      </c>
+      <c r="M97" t="s">
+        <v>425</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>545</v>
+      </c>
+      <c r="P97" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>547</v>
+      </c>
+      <c r="B98" t="s">
+        <v>548</v>
+      </c>
+      <c r="C98" t="s">
+        <v>343</v>
+      </c>
+      <c r="D98" t="s">
+        <v>549</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>344</v>
+      </c>
+      <c r="G98" t="s">
+        <v>44</v>
+      </c>
+      <c r="H98">
+        <v>2021</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>423</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>550</v>
+      </c>
+      <c r="M98" t="s">
+        <v>425</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>551</v>
+      </c>
+      <c r="P98" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>553</v>
+      </c>
+      <c r="B99" t="s">
+        <v>554</v>
+      </c>
+      <c r="C99" t="s">
+        <v>555</v>
+      </c>
+      <c r="D99" t="s">
+        <v>556</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>344</v>
+      </c>
+      <c r="G99" t="s">
+        <v>557</v>
+      </c>
+      <c r="H99">
+        <v>2025</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>558</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>559</v>
+      </c>
+      <c r="M99" t="s">
+        <v>560</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>561</v>
+      </c>
+      <c r="P99" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>563</v>
+      </c>
+      <c r="B100" t="s">
+        <v>564</v>
+      </c>
+      <c r="C100" t="s">
+        <v>158</v>
+      </c>
+      <c r="D100" t="s">
+        <v>175</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>135</v>
+      </c>
+      <c r="G100" t="s">
+        <v>44</v>
+      </c>
+      <c r="H100">
+        <v>2015</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>63</v>
+      </c>
+      <c r="K100" t="s">
+        <v>170</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>565</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>566</v>
+      </c>
+      <c r="P100" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>568</v>
+      </c>
+      <c r="B101" t="s">
+        <v>569</v>
+      </c>
+      <c r="C101" t="s">
         <v>18</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66">
+      <c r="D101" t="s">
+        <v>570</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>225</v>
+      </c>
+      <c r="G101" t="s">
+        <v>44</v>
+      </c>
+      <c r="H101">
         <v>2014</v>
       </c>
-      <c r="H66"/>
-[...3 lines deleted...]
-      <c r="J66" t="s">
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>38</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101"/>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>571</v>
+      </c>
+      <c r="P101" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>573</v>
+      </c>
+      <c r="B102" t="s">
+        <v>574</v>
+      </c>
+      <c r="C102" t="s">
+        <v>575</v>
+      </c>
+      <c r="D102" t="s">
+        <v>37</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>225</v>
+      </c>
+      <c r="G102" t="s">
+        <v>44</v>
+      </c>
+      <c r="H102">
+        <v>2013</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>38</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102"/>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>576</v>
+      </c>
+      <c r="P102" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>578</v>
+      </c>
+      <c r="B103" t="s">
+        <v>579</v>
+      </c>
+      <c r="C103" t="s">
+        <v>343</v>
+      </c>
+      <c r="D103" t="s">
+        <v>580</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
         <v>21</v>
       </c>
-      <c r="K66"/>
-[...441 lines deleted...]
-      <c r="G77">
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
         <v>2011</v>
       </c>
-      <c r="H77">
-[...1091 lines deleted...]
-      <c r="H103">
+      <c r="I103">
         <v>2017</v>
       </c>
-      <c r="I103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="K103" t="s">
+        <v>160</v>
+      </c>
+      <c r="L103"/>
       <c r="M103" t="s">
-        <v>115</v>
+        <v>581</v>
       </c>
       <c r="N103" t="s">
-        <v>390</v>
+        <v>162</v>
+      </c>
+      <c r="O103" t="s">
+        <v>582</v>
+      </c>
+      <c r="P103" t="s">
+        <v>583</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>