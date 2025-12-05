--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,2750 +12,2458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="885">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="762">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>CFL standard</t>
+  </si>
+  <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 14567</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Televisions</t>
-[...2 lines deleted...]
-    <t>Voluntary</t>
+    <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...2 lines deleted...]
-    <t>IEC 62087</t>
+    <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...56 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
-[...49 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
-[...14 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Phones and tablets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
-[...122 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
-[...295 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Power strips</t>
-[...5 lines deleted...]
-    <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
-[...8 lines deleted...]
-    <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>CNS 2062-95 CNS 9577-89</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
+  </si>
+  <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
+  </si>
+  <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>IEC 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
+  </si>
+  <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
+    <t>CNS 14576</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
-[...215 lines deleted...]
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...220 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
-    <t>Energy Label Regulation for Sanitary Fittings</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>Fluorescent lamp Ballast Efficiency Factor</t>
+  </si>
+  <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>CNS 1375 CNS 691</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
+  </si>
+  <si>
+    <t>Gas Boilers - Taiwan</t>
+  </si>
+  <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
+    <t>CNS 2141</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Rice Cookers</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
+    <t>Water Fixtures</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
+  </si>
+  <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
+    <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
+  </si>
+  <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
+    <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
+  </si>
+  <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
+  </si>
+  <si>
+    <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
+  </si>
+  <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
+    <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
+  </si>
+  <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
+    <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
+  </si>
+  <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
+    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
+    <t>Self-Ballast Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
+    <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
+  </si>
+  <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>Showers or Showerheads, Taps or Faucets</t>
-[...1073 lines deleted...]
-    <t>See Policy</t>
+    <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
-[...127 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3019,13113 +2727,7568 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N313"/>
+  <dimension ref="A1:P162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I3" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-      <c r="I4" t="s">
         <v>34</v>
       </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1989</v>
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
       <c r="N5" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>54</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="G7">
-[...16 lines deleted...]
-      <c r="N7" t="s">
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
         <v>49</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
         <v>51</v>
       </c>
-      <c r="D8" t="s">
-[...15 lines deleted...]
-      <c r="J8" t="s">
+      <c r="F10" t="s">
         <v>52</v>
       </c>
-      <c r="K8" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>53</v>
       </c>
-      <c r="L8" t="s">
-[...5 lines deleted...]
-      <c r="N8" t="s">
+      <c r="K10" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>83</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>60</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
         <v>54</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J9" t="s">
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
         <v>52</v>
       </c>
-      <c r="K9" t="s">
-[...19 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
-[...214 lines deleted...]
-      <c r="K15"/>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N15" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>54</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>52</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>59</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>59</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>113</v>
+      </c>
+      <c r="M18" t="s">
         <v>60</v>
       </c>
-      <c r="E16" t="s">
-[...38 lines deleted...]
-      <c r="D17" t="s">
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>59</v>
+      </c>
+      <c r="K19" t="s">
+        <v>122</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
         <v>60</v>
       </c>
-      <c r="E17" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>92</v>
+        <v>119</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1998</v>
+        <v>52</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K20" t="s">
+        <v>122</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="B21" t="s">
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K21" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N21" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>127</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="K22" t="s">
-        <v>98</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
       <c r="N22" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>135</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="E23" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>52</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K23"/>
+        <v>59</v>
+      </c>
+      <c r="K23" t="s">
+        <v>122</v>
+      </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="N23" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>49</v>
       </c>
       <c r="D24" t="s">
+        <v>136</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>53</v>
+      </c>
+      <c r="K24" t="s">
+        <v>122</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>140</v>
+      </c>
+      <c r="P24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>53</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>145</v>
+      </c>
+      <c r="P25" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>147</v>
+      </c>
+      <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>144</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>59</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
         <v>60</v>
       </c>
-      <c r="E24" t="s">
-[...14 lines deleted...]
-      <c r="J24" t="s">
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" t="s">
+        <v>49</v>
+      </c>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-[...26 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>53</v>
+      </c>
+      <c r="K27" t="s">
+        <v>153</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>154</v>
+      </c>
+      <c r="P27" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>156</v>
+      </c>
+      <c r="B28" t="s">
+        <v>157</v>
+      </c>
+      <c r="C28" t="s">
+        <v>49</v>
+      </c>
+      <c r="D28" t="s">
         <v>33</v>
       </c>
-      <c r="G25">
-[...3 lines deleted...]
-      <c r="I25" t="s">
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>53</v>
+      </c>
+      <c r="K28" t="s">
         <v>66</v>
       </c>
-      <c r="J25" t="s">
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>158</v>
+      </c>
+      <c r="P28" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>156</v>
+      </c>
+      <c r="B29" t="s">
+        <v>160</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>51</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...153 lines deleted...]
-      <c r="I29" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>59</v>
+      </c>
+      <c r="K29" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N29" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>161</v>
+      </c>
+      <c r="P29" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>163</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="D30" t="s">
-        <v>60</v>
+        <v>165</v>
       </c>
       <c r="E30" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
+        <v>53</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>54</v>
+      </c>
+      <c r="O30" t="s">
+        <v>166</v>
+      </c>
+      <c r="P30" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>168</v>
+      </c>
+      <c r="B31" t="s">
+        <v>169</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>165</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...32 lines deleted...]
-        <v>1995</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="K31" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N31" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>54</v>
+      </c>
+      <c r="O31" t="s">
+        <v>170</v>
+      </c>
+      <c r="P31" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>173</v>
       </c>
       <c r="C32" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>60</v>
+        <v>174</v>
       </c>
       <c r="E32" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>127</v>
-[...7 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K32" t="s">
+        <v>43</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
       <c r="N32" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>54</v>
+      </c>
+      <c r="O32" t="s">
+        <v>175</v>
+      </c>
+      <c r="P32" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>177</v>
       </c>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>178</v>
       </c>
       <c r="C33" t="s">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="E33" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F33" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="K33"/>
+        <v>59</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N33" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>179</v>
+      </c>
+      <c r="P33" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="B34" t="s">
-        <v>15</v>
+        <v>182</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
+        <v>98</v>
+      </c>
+      <c r="E34" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2019</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>59</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>60</v>
       </c>
-      <c r="E34" t="s">
-[...12 lines deleted...]
-      <c r="J34" t="s">
+      <c r="N34" t="s">
+        <v>54</v>
+      </c>
+      <c r="O34" t="s">
+        <v>183</v>
+      </c>
+      <c r="P34" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>185</v>
+      </c>
+      <c r="B35" t="s">
+        <v>186</v>
+      </c>
+      <c r="C35" t="s">
+        <v>49</v>
+      </c>
+      <c r="D35" t="s">
+        <v>187</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...34 lines deleted...]
-        <v>66</v>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
       </c>
       <c r="J35" t="s">
+        <v>53</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>188</v>
+      </c>
+      <c r="P35" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>190</v>
+      </c>
+      <c r="B36" t="s">
+        <v>191</v>
+      </c>
+      <c r="C36" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" t="s">
+        <v>107</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...28 lines deleted...]
-        <v>1979</v>
+      <c r="G36" t="s">
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36"/>
       <c r="N36" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>192</v>
+      </c>
+      <c r="P36" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="B37" t="s">
-        <v>137</v>
+        <v>195</v>
       </c>
       <c r="C37" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>196</v>
       </c>
       <c r="E37" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1979</v>
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2023</v>
       </c>
       <c r="J37" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="K37"/>
+        <v>197</v>
+      </c>
+      <c r="K37" t="s">
+        <v>43</v>
+      </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>198</v>
       </c>
       <c r="N37" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>199</v>
+      </c>
+      <c r="P37" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>139</v>
+        <v>201</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>49</v>
       </c>
       <c r="D38" t="s">
+        <v>203</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>53</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>204</v>
+      </c>
+      <c r="P38" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>206</v>
+      </c>
+      <c r="B39" t="s">
+        <v>207</v>
+      </c>
+      <c r="C39" t="s">
+        <v>49</v>
+      </c>
+      <c r="D39" t="s">
+        <v>112</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>53</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>113</v>
+      </c>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>208</v>
+      </c>
+      <c r="P39" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>206</v>
+      </c>
+      <c r="B40" t="s">
+        <v>210</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>112</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>59</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>113</v>
+      </c>
+      <c r="M40" t="s">
         <v>60</v>
       </c>
-      <c r="E38" t="s">
-[...77 lines deleted...]
-      <c r="E40" t="s">
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>211</v>
+      </c>
+      <c r="P40" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>213</v>
+      </c>
+      <c r="B41" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" t="s">
+        <v>215</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>53</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>216</v>
+      </c>
+      <c r="P41" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" t="s">
         <v>32</v>
       </c>
-      <c r="F40" t="s">
-[...9 lines deleted...]
-      <c r="J40" t="s">
+      <c r="D42" t="s">
+        <v>215</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-[...73 lines deleted...]
-      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="K42"/>
+        <v>59</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N42" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>220</v>
+      </c>
+      <c r="P42" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="B43" t="s">
-        <v>65</v>
+        <v>223</v>
       </c>
       <c r="C43" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D43" t="s">
+        <v>224</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>53</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43" t="s">
+        <v>54</v>
+      </c>
+      <c r="O43" t="s">
+        <v>225</v>
+      </c>
+      <c r="P43" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>222</v>
+      </c>
+      <c r="B44" t="s">
+        <v>223</v>
+      </c>
+      <c r="C44" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" t="s">
+        <v>224</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>59</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>60</v>
       </c>
-      <c r="E43" t="s">
+      <c r="N44" t="s">
+        <v>54</v>
+      </c>
+      <c r="O44" t="s">
+        <v>227</v>
+      </c>
+      <c r="P44" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>229</v>
+      </c>
+      <c r="B45" t="s">
+        <v>230</v>
+      </c>
+      <c r="C45" t="s">
         <v>32</v>
       </c>
-      <c r="F43" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="E45" t="s">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="F45" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K45"/>
+        <v>59</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="N45" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>232</v>
+      </c>
+      <c r="P45" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>157</v>
+        <v>229</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>234</v>
       </c>
       <c r="C46" t="s">
-        <v>155</v>
+        <v>49</v>
       </c>
       <c r="D46" t="s">
+        <v>231</v>
+      </c>
+      <c r="E46" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>53</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>235</v>
+      </c>
+      <c r="P46" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>237</v>
+      </c>
+      <c r="B47" t="s">
+        <v>238</v>
+      </c>
+      <c r="C47" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" t="s">
+        <v>239</v>
+      </c>
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>59</v>
+      </c>
+      <c r="K47" t="s">
+        <v>43</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
         <v>60</v>
       </c>
-      <c r="E46" t="s">
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>240</v>
+      </c>
+      <c r="P47" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>237</v>
+      </c>
+      <c r="B48" t="s">
+        <v>242</v>
+      </c>
+      <c r="C48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" t="s">
+        <v>239</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>53</v>
+      </c>
+      <c r="K48" t="s">
+        <v>43</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>243</v>
+      </c>
+      <c r="P48" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>245</v>
+      </c>
+      <c r="B49" t="s">
+        <v>246</v>
+      </c>
+      <c r="C49" t="s">
+        <v>49</v>
+      </c>
+      <c r="D49" t="s">
+        <v>247</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>53</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>248</v>
+      </c>
+      <c r="P49" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>245</v>
+      </c>
+      <c r="B50" t="s">
+        <v>250</v>
+      </c>
+      <c r="C50" t="s">
         <v>32</v>
       </c>
-      <c r="F46" t="s">
-[...9 lines deleted...]
-      <c r="J46" t="s">
+      <c r="D50" t="s">
+        <v>247</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-[...154 lines deleted...]
-        <v>2015</v>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K50"/>
+        <v>251</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="N50" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>252</v>
+      </c>
+      <c r="P50" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="B51" t="s">
-        <v>65</v>
+        <v>255</v>
       </c>
       <c r="C51" t="s">
-        <v>167</v>
+        <v>49</v>
       </c>
       <c r="D51" t="s">
+        <v>121</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>53</v>
+      </c>
+      <c r="K51" t="s">
+        <v>122</v>
+      </c>
+      <c r="L51" t="s">
+        <v>256</v>
+      </c>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>257</v>
+      </c>
+      <c r="P51" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>254</v>
+      </c>
+      <c r="B52" t="s">
+        <v>259</v>
+      </c>
+      <c r="C52" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" t="s">
+        <v>121</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>251</v>
+      </c>
+      <c r="K52" t="s">
+        <v>122</v>
+      </c>
+      <c r="L52" t="s">
+        <v>256</v>
+      </c>
+      <c r="M52" t="s">
         <v>60</v>
       </c>
-      <c r="E51" t="s">
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>260</v>
+      </c>
+      <c r="P52" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>262</v>
+      </c>
+      <c r="B53" t="s">
+        <v>263</v>
+      </c>
+      <c r="C53" t="s">
+        <v>264</v>
+      </c>
+      <c r="D53" t="s">
+        <v>196</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>53</v>
+      </c>
+      <c r="K53" t="s">
+        <v>43</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>265</v>
+      </c>
+      <c r="P53" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>267</v>
+      </c>
+      <c r="B54" t="s">
+        <v>268</v>
+      </c>
+      <c r="C54" t="s">
+        <v>49</v>
+      </c>
+      <c r="D54" t="s">
+        <v>269</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>53</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54"/>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>270</v>
+      </c>
+      <c r="P54" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>272</v>
+      </c>
+      <c r="B55" t="s">
+        <v>273</v>
+      </c>
+      <c r="C55" t="s">
         <v>32</v>
       </c>
-      <c r="F51" t="s">
+      <c r="D55" t="s">
+        <v>274</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>35</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>60</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>275</v>
+      </c>
+      <c r="P55" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>277</v>
+      </c>
+      <c r="B56" t="s">
+        <v>278</v>
+      </c>
+      <c r="C56" t="s">
+        <v>49</v>
+      </c>
+      <c r="D56" t="s">
+        <v>279</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>53</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56"/>
+      <c r="N56" t="s">
+        <v>54</v>
+      </c>
+      <c r="O56" t="s">
+        <v>280</v>
+      </c>
+      <c r="P56" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>282</v>
+      </c>
+      <c r="B57" t="s">
+        <v>283</v>
+      </c>
+      <c r="C57" t="s">
+        <v>32</v>
+      </c>
+      <c r="D57" t="s">
+        <v>279</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>59</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>60</v>
+      </c>
+      <c r="N57" t="s">
+        <v>54</v>
+      </c>
+      <c r="O57" t="s">
+        <v>284</v>
+      </c>
+      <c r="P57" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>286</v>
+      </c>
+      <c r="B58" t="s">
+        <v>287</v>
+      </c>
+      <c r="C58" t="s">
+        <v>288</v>
+      </c>
+      <c r="D58" t="s">
+        <v>289</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>290</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>291</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>292</v>
+      </c>
+      <c r="P58" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>294</v>
+      </c>
+      <c r="B59" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" t="s">
+        <v>288</v>
+      </c>
+      <c r="D59" t="s">
+        <v>296</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2019</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>290</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>291</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>297</v>
+      </c>
+      <c r="P59" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>299</v>
+      </c>
+      <c r="B60" t="s">
+        <v>300</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>301</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1995</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>302</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>303</v>
+      </c>
+      <c r="P60" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>305</v>
+      </c>
+      <c r="B61" t="s">
+        <v>306</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>307</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>308</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>309</v>
+      </c>
+      <c r="P61" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>312</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>313</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>314</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>315</v>
+      </c>
+      <c r="P62" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>317</v>
+      </c>
+      <c r="B63" t="s">
+        <v>318</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>319</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2008</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>320</v>
+      </c>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>321</v>
+      </c>
+      <c r="P63" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>323</v>
+      </c>
+      <c r="B64" t="s">
+        <v>324</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>325</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>326</v>
+      </c>
+      <c r="M64" t="s">
+        <v>327</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>328</v>
+      </c>
+      <c r="P64" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>330</v>
+      </c>
+      <c r="B65" t="s">
+        <v>331</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>224</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>326</v>
+      </c>
+      <c r="M65" t="s">
+        <v>327</v>
+      </c>
+      <c r="N65" t="s">
+        <v>54</v>
+      </c>
+      <c r="O65" t="s">
+        <v>332</v>
+      </c>
+      <c r="P65" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>334</v>
+      </c>
+      <c r="B66" t="s">
+        <v>335</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
         <v>19</v>
       </c>
-      <c r="G51">
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2010</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>336</v>
+      </c>
+      <c r="M66" t="s">
+        <v>327</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>337</v>
+      </c>
+      <c r="P66" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>339</v>
+      </c>
+      <c r="B67" t="s">
+        <v>340</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>341</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>342</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>343</v>
+      </c>
+      <c r="P67" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>345</v>
+      </c>
+      <c r="B68" t="s">
+        <v>346</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>347</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>348</v>
+      </c>
+      <c r="M68" t="s">
+        <v>327</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>349</v>
+      </c>
+      <c r="P68" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>351</v>
+      </c>
+      <c r="B69" t="s">
+        <v>352</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>353</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>354</v>
+      </c>
+      <c r="L69" t="s">
+        <v>355</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>356</v>
+      </c>
+      <c r="P69" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>358</v>
+      </c>
+      <c r="B70" t="s">
+        <v>359</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>347</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>360</v>
+      </c>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>361</v>
+      </c>
+      <c r="P70" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>363</v>
+      </c>
+      <c r="B71" t="s">
+        <v>364</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>365</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>366</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>367</v>
+      </c>
+      <c r="P71" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>369</v>
+      </c>
+      <c r="B72" t="s">
+        <v>370</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>371</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>326</v>
+      </c>
+      <c r="M72" t="s">
+        <v>26</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>372</v>
+      </c>
+      <c r="P72" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>374</v>
+      </c>
+      <c r="B73" t="s">
+        <v>375</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>376</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>34</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>377</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>378</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>379</v>
+      </c>
+      <c r="P73" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>381</v>
+      </c>
+      <c r="B74" t="s">
+        <v>382</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>376</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2017</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>377</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>383</v>
+      </c>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>384</v>
+      </c>
+      <c r="P74" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>386</v>
+      </c>
+      <c r="B75" t="s">
+        <v>387</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>19</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>34</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2014</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>388</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>389</v>
+      </c>
+      <c r="P75" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>391</v>
+      </c>
+      <c r="B76" t="s">
+        <v>392</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>376</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>377</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>383</v>
+      </c>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>393</v>
+      </c>
+      <c r="P76" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>395</v>
+      </c>
+      <c r="B77" t="s">
+        <v>396</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>19</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>34</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2015</v>
       </c>
-      <c r="H51">
-[...5 lines deleted...]
-      <c r="J51" t="s">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>397</v>
+      </c>
+      <c r="M77" t="s">
+        <v>327</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>398</v>
+      </c>
+      <c r="P77" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>400</v>
+      </c>
+      <c r="B78" t="s">
+        <v>401</v>
+      </c>
+      <c r="C78" t="s">
+        <v>49</v>
+      </c>
+      <c r="D78" t="s">
+        <v>402</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>403</v>
+      </c>
+      <c r="K78" t="s">
+        <v>174</v>
+      </c>
+      <c r="L78" t="s">
+        <v>256</v>
+      </c>
+      <c r="M78" t="s">
+        <v>404</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>405</v>
+      </c>
+      <c r="P78" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>400</v>
+      </c>
+      <c r="B79" t="s">
+        <v>407</v>
+      </c>
+      <c r="C79" t="s">
+        <v>49</v>
+      </c>
+      <c r="D79" t="s">
+        <v>407</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>403</v>
+      </c>
+      <c r="K79" t="s">
+        <v>174</v>
+      </c>
+      <c r="L79" t="s">
+        <v>256</v>
+      </c>
+      <c r="M79" t="s">
+        <v>404</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>408</v>
+      </c>
+      <c r="P79" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>400</v>
+      </c>
+      <c r="B80" t="s">
+        <v>409</v>
+      </c>
+      <c r="C80" t="s">
+        <v>49</v>
+      </c>
+      <c r="D80" t="s">
+        <v>33</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>403</v>
+      </c>
+      <c r="K80" t="s">
+        <v>410</v>
+      </c>
+      <c r="L80" t="s">
+        <v>256</v>
+      </c>
+      <c r="M80" t="s">
+        <v>404</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>411</v>
+      </c>
+      <c r="P80" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>400</v>
+      </c>
+      <c r="B81" t="s">
+        <v>412</v>
+      </c>
+      <c r="C81" t="s">
+        <v>49</v>
+      </c>
+      <c r="D81" t="s">
+        <v>413</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2015</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>403</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>404</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>414</v>
+      </c>
+      <c r="P81" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>415</v>
+      </c>
+      <c r="B82" t="s">
+        <v>416</v>
+      </c>
+      <c r="C82" t="s">
+        <v>417</v>
+      </c>
+      <c r="D82" t="s">
+        <v>19</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K51" t="s">
-[...847 lines deleted...]
-      <c r="G72">
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2011</v>
       </c>
-      <c r="H72"/>
-[...396 lines deleted...]
-      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="K82"/>
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>418</v>
       </c>
       <c r="N82" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>419</v>
+      </c>
+      <c r="P82" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>238</v>
+        <v>421</v>
       </c>
       <c r="B83" t="s">
-        <v>137</v>
+        <v>422</v>
       </c>
       <c r="C83" t="s">
-        <v>140</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>60</v>
+        <v>423</v>
       </c>
       <c r="E83" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2009</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>424</v>
+      </c>
+      <c r="M83" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>425</v>
+      </c>
+      <c r="P83" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>426</v>
+      </c>
+      <c r="B84" t="s">
+        <v>427</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>33</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2003</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>354</v>
+      </c>
+      <c r="L84" t="s">
+        <v>428</v>
+      </c>
+      <c r="M84" t="s">
+        <v>327</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>429</v>
+      </c>
+      <c r="P84" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>426</v>
+      </c>
+      <c r="B85" t="s">
+        <v>427</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>33</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2003</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>430</v>
+      </c>
+      <c r="L85" t="s">
+        <v>428</v>
+      </c>
+      <c r="M85" t="s">
+        <v>26</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>431</v>
+      </c>
+      <c r="P85" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>432</v>
+      </c>
+      <c r="B86" t="s">
+        <v>433</v>
+      </c>
+      <c r="C86" t="s">
+        <v>417</v>
+      </c>
+      <c r="D86" t="s">
+        <v>247</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1985</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>434</v>
+      </c>
+      <c r="M86" t="s">
+        <v>418</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>435</v>
+      </c>
+      <c r="P86" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>437</v>
+      </c>
+      <c r="B87" t="s">
+        <v>438</v>
+      </c>
+      <c r="C87" t="s">
+        <v>417</v>
+      </c>
+      <c r="D87" t="s">
+        <v>371</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1984</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>439</v>
+      </c>
+      <c r="M87" t="s">
+        <v>418</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>440</v>
+      </c>
+      <c r="P87" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>442</v>
+      </c>
+      <c r="B88" t="s">
+        <v>443</v>
+      </c>
+      <c r="C88" t="s">
+        <v>417</v>
+      </c>
+      <c r="D88" t="s">
+        <v>444</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1989</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>445</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>418</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>446</v>
+      </c>
+      <c r="P88" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>448</v>
+      </c>
+      <c r="B89" t="s">
+        <v>449</v>
+      </c>
+      <c r="C89" t="s">
+        <v>417</v>
+      </c>
+      <c r="D89" t="s">
+        <v>450</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1989</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>418</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>451</v>
+      </c>
+      <c r="P89" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>453</v>
+      </c>
+      <c r="B90" t="s">
+        <v>454</v>
+      </c>
+      <c r="C90" t="s">
+        <v>417</v>
+      </c>
+      <c r="D90" t="s">
+        <v>455</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1984</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>456</v>
+      </c>
+      <c r="M90" t="s">
+        <v>418</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>457</v>
+      </c>
+      <c r="P90" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>459</v>
+      </c>
+      <c r="B91" t="s">
+        <v>460</v>
+      </c>
+      <c r="C91" t="s">
+        <v>417</v>
+      </c>
+      <c r="D91" t="s">
+        <v>319</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1990</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>418</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>461</v>
+      </c>
+      <c r="P91" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>463</v>
+      </c>
+      <c r="B92" t="s">
+        <v>464</v>
+      </c>
+      <c r="C92" t="s">
+        <v>417</v>
+      </c>
+      <c r="D92" t="s">
+        <v>450</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1989</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>418</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>465</v>
+      </c>
+      <c r="P92" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>467</v>
+      </c>
+      <c r="B93" t="s">
+        <v>468</v>
+      </c>
+      <c r="C93" t="s">
+        <v>417</v>
+      </c>
+      <c r="D93" t="s">
+        <v>469</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1983</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>470</v>
+      </c>
+      <c r="M93" t="s">
+        <v>418</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>471</v>
+      </c>
+      <c r="P93" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>473</v>
+      </c>
+      <c r="B94" t="s">
+        <v>474</v>
+      </c>
+      <c r="C94" t="s">
+        <v>417</v>
+      </c>
+      <c r="D94" t="s">
+        <v>33</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>354</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>418</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>475</v>
+      </c>
+      <c r="P94" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>477</v>
+      </c>
+      <c r="B95" t="s">
+        <v>478</v>
+      </c>
+      <c r="C95" t="s">
+        <v>417</v>
+      </c>
+      <c r="D95" t="s">
+        <v>444</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1987</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>445</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>418</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>479</v>
+      </c>
+      <c r="P95" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>481</v>
+      </c>
+      <c r="B96" t="s">
+        <v>482</v>
+      </c>
+      <c r="C96" t="s">
+        <v>417</v>
+      </c>
+      <c r="D96" t="s">
+        <v>483</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1987</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>418</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>484</v>
+      </c>
+      <c r="P96" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>486</v>
+      </c>
+      <c r="B97" t="s">
+        <v>487</v>
+      </c>
+      <c r="C97" t="s">
+        <v>417</v>
+      </c>
+      <c r="D97" t="s">
+        <v>488</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>1986</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>418</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>489</v>
+      </c>
+      <c r="P97" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>491</v>
+      </c>
+      <c r="B98" t="s">
+        <v>492</v>
+      </c>
+      <c r="C98" t="s">
+        <v>417</v>
+      </c>
+      <c r="D98" t="s">
+        <v>493</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1986</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>494</v>
+      </c>
+      <c r="M98" t="s">
+        <v>418</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>495</v>
+      </c>
+      <c r="P98" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>497</v>
+      </c>
+      <c r="B99" t="s">
+        <v>498</v>
+      </c>
+      <c r="C99" t="s">
+        <v>417</v>
+      </c>
+      <c r="D99" t="s">
+        <v>499</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>1984</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>500</v>
+      </c>
+      <c r="M99" t="s">
+        <v>501</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>502</v>
+      </c>
+      <c r="P99" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>504</v>
+      </c>
+      <c r="B100" t="s">
+        <v>505</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>307</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>34</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2013</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>327</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>506</v>
+      </c>
+      <c r="P100" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>508</v>
+      </c>
+      <c r="B101" t="s">
+        <v>509</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>469</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>34</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2014</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>23</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>510</v>
+      </c>
+      <c r="P101" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>512</v>
+      </c>
+      <c r="B102" t="s">
+        <v>513</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
         <v>19</v>
       </c>
-      <c r="G83">
-[...2 lines deleted...]
-      <c r="H83">
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>327</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>514</v>
+      </c>
+      <c r="P102" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>516</v>
+      </c>
+      <c r="B103" t="s">
+        <v>517</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>518</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2015</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>327</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>519</v>
+      </c>
+      <c r="P103" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>521</v>
+      </c>
+      <c r="B104" t="s">
+        <v>522</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>289</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>34</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2016</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>327</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>523</v>
+      </c>
+      <c r="P104" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>525</v>
+      </c>
+      <c r="B105" t="s">
+        <v>526</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>527</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>34</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>327</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>528</v>
+      </c>
+      <c r="P105" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>530</v>
+      </c>
+      <c r="B106" t="s">
+        <v>531</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>247</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2016</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>327</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>532</v>
+      </c>
+      <c r="P106" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>533</v>
+      </c>
+      <c r="B107" t="s">
+        <v>534</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>365</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>34</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
         <v>2013</v>
       </c>
-      <c r="I83" t="s">
-[...32 lines deleted...]
-      <c r="F84" t="s">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>26</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>535</v>
+      </c>
+      <c r="P107" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>537</v>
+      </c>
+      <c r="B108" t="s">
+        <v>538</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>539</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>34</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2014</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>540</v>
+      </c>
+      <c r="P108" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>542</v>
+      </c>
+      <c r="B109" t="s">
+        <v>543</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>402</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>34</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>23</v>
+      </c>
+      <c r="K109" t="s">
+        <v>174</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>327</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>544</v>
+      </c>
+      <c r="P109" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>546</v>
+      </c>
+      <c r="B110" t="s">
+        <v>547</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>347</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2011</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>548</v>
+      </c>
+      <c r="M110" t="s">
+        <v>26</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>549</v>
+      </c>
+      <c r="P110" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>551</v>
+      </c>
+      <c r="B111" t="s">
+        <v>552</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>553</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2014</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>23</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>551</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>554</v>
+      </c>
+      <c r="P111" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>556</v>
+      </c>
+      <c r="B112" t="s">
+        <v>557</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>558</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>34</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>559</v>
+      </c>
+      <c r="P112" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>561</v>
+      </c>
+      <c r="B113" t="s">
+        <v>562</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>558</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>34</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>563</v>
+      </c>
+      <c r="P113" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>565</v>
+      </c>
+      <c r="B114" t="s">
+        <v>566</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>341</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2011</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>342</v>
+      </c>
+      <c r="M114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>567</v>
+      </c>
+      <c r="P114" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>568</v>
+      </c>
+      <c r="B115" t="s">
+        <v>569</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>570</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2003</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>571</v>
+      </c>
+      <c r="M115" t="s">
+        <v>327</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>572</v>
+      </c>
+      <c r="P115" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>573</v>
+      </c>
+      <c r="B116"/>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>574</v>
+      </c>
+      <c r="E116" t="s">
+        <v>51</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2021</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>377</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>26</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>575</v>
+      </c>
+      <c r="P116" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>577</v>
+      </c>
+      <c r="B117" t="s">
+        <v>578</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>33</v>
+      </c>
+      <c r="E117" t="s">
+        <v>51</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2003</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>377</v>
+      </c>
+      <c r="K117" t="s">
+        <v>43</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>26</v>
+      </c>
+      <c r="N117" t="s">
+        <v>54</v>
+      </c>
+      <c r="O117" t="s">
+        <v>579</v>
+      </c>
+      <c r="P117" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>580</v>
+      </c>
+      <c r="B118" t="s">
+        <v>581</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>582</v>
+      </c>
+      <c r="E118" t="s">
+        <v>51</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2018</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>377</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>583</v>
+      </c>
+      <c r="P118" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>584</v>
+      </c>
+      <c r="B119" t="s">
+        <v>585</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>582</v>
+      </c>
+      <c r="E119" t="s">
+        <v>51</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2016</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>377</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>26</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>586</v>
+      </c>
+      <c r="P119" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>587</v>
+      </c>
+      <c r="B120"/>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
         <v>19</v>
       </c>
-      <c r="G84">
-[...48 lines deleted...]
-      <c r="J85" t="s">
+      <c r="E120" t="s">
+        <v>51</v>
+      </c>
+      <c r="F120" t="s">
         <v>21</v>
       </c>
-      <c r="K85"/>
-[...34 lines deleted...]
-      <c r="J86" t="s">
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2010</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>377</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>26</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>588</v>
+      </c>
+      <c r="P120" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>589</v>
+      </c>
+      <c r="B121"/>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>590</v>
+      </c>
+      <c r="E121" t="s">
+        <v>51</v>
+      </c>
+      <c r="F121" t="s">
         <v>21</v>
       </c>
-      <c r="K86"/>
-[...29 lines deleted...]
-      <c r="G87">
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121">
+        <v>2016</v>
+      </c>
+      <c r="J121" t="s">
+        <v>377</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>591</v>
+      </c>
+      <c r="P121" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>592</v>
+      </c>
+      <c r="B122"/>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>593</v>
+      </c>
+      <c r="E122" t="s">
+        <v>51</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>2015</v>
       </c>
-      <c r="H87"/>
-[...3 lines deleted...]
-      <c r="J87" t="s">
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>377</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>594</v>
+      </c>
+      <c r="P122" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>595</v>
+      </c>
+      <c r="B123"/>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>455</v>
+      </c>
+      <c r="E123" t="s">
+        <v>51</v>
+      </c>
+      <c r="F123" t="s">
         <v>21</v>
       </c>
-      <c r="K87"/>
-[...1526 lines deleted...]
-        <v>2013</v>
+      <c r="G123" t="s">
+        <v>22</v>
       </c>
       <c r="H123">
         <v>2015</v>
       </c>
-      <c r="I123" t="s">
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>377</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>596</v>
+      </c>
+      <c r="P123" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>597</v>
+      </c>
+      <c r="B124"/>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>423</v>
+      </c>
+      <c r="E124" t="s">
+        <v>51</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2009</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>377</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>26</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>598</v>
+      </c>
+      <c r="P124" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>599</v>
+      </c>
+      <c r="B125"/>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>19</v>
+      </c>
+      <c r="E125" t="s">
+        <v>51</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2012</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>377</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>26</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>600</v>
+      </c>
+      <c r="P125" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>601</v>
+      </c>
+      <c r="B126"/>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>602</v>
+      </c>
+      <c r="E126" t="s">
+        <v>51</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2014</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>377</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>26</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>603</v>
+      </c>
+      <c r="P126" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>604</v>
+      </c>
+      <c r="B127" t="s">
+        <v>605</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>606</v>
+      </c>
+      <c r="E127" t="s">
+        <v>51</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2002</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>377</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>26</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>607</v>
+      </c>
+      <c r="P127"/>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>608</v>
+      </c>
+      <c r="B128"/>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>609</v>
+      </c>
+      <c r="E128" t="s">
+        <v>51</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2020</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>377</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>26</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>610</v>
+      </c>
+      <c r="P128" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>611</v>
+      </c>
+      <c r="B129"/>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>612</v>
+      </c>
+      <c r="E129" t="s">
+        <v>51</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2010</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>377</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>26</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>613</v>
+      </c>
+      <c r="P129" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>614</v>
+      </c>
+      <c r="B130"/>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>582</v>
+      </c>
+      <c r="E130" t="s">
+        <v>51</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2018</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>377</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>26</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>615</v>
+      </c>
+      <c r="P130" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>616</v>
+      </c>
+      <c r="B131" t="s">
+        <v>617</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>618</v>
+      </c>
+      <c r="E131" t="s">
+        <v>51</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2020</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>377</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>26</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>619</v>
+      </c>
+      <c r="P131" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>620</v>
+      </c>
+      <c r="B132" t="s">
+        <v>621</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>622</v>
+      </c>
+      <c r="E132" t="s">
+        <v>51</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2002</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>377</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>623</v>
+      </c>
+      <c r="P132" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>624</v>
+      </c>
+      <c r="B133" t="s">
+        <v>625</v>
+      </c>
+      <c r="C133" t="s">
+        <v>417</v>
+      </c>
+      <c r="D133" t="s">
+        <v>19</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>52</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2011</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>501</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>626</v>
+      </c>
+      <c r="P133" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>628</v>
+      </c>
+      <c r="B134" t="s">
+        <v>629</v>
+      </c>
+      <c r="C134" t="s">
+        <v>417</v>
+      </c>
+      <c r="D134" t="s">
+        <v>630</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>52</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2012</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>23</v>
+      </c>
+      <c r="K134" t="s">
+        <v>43</v>
+      </c>
+      <c r="L134" t="s">
+        <v>631</v>
+      </c>
+      <c r="M134" t="s">
+        <v>632</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>633</v>
+      </c>
+      <c r="P134" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>634</v>
+      </c>
+      <c r="B135" t="s">
+        <v>635</v>
+      </c>
+      <c r="C135" t="s">
+        <v>636</v>
+      </c>
+      <c r="D135" t="s">
+        <v>483</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
         <v>34</v>
       </c>
-      <c r="J123" t="s">
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2014</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>637</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>638</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>639</v>
+      </c>
+      <c r="P135" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>634</v>
+      </c>
+      <c r="B136" t="s">
+        <v>641</v>
+      </c>
+      <c r="C136" t="s">
+        <v>636</v>
+      </c>
+      <c r="D136" t="s">
+        <v>642</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>34</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2014</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>637</v>
+      </c>
+      <c r="K136" t="s">
+        <v>43</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>638</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>643</v>
+      </c>
+      <c r="P136" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>634</v>
+      </c>
+      <c r="B137" t="s">
+        <v>644</v>
+      </c>
+      <c r="C137" t="s">
+        <v>636</v>
+      </c>
+      <c r="D137" t="s">
+        <v>645</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>34</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2014</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>637</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>638</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>646</v>
+      </c>
+      <c r="P137" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>647</v>
+      </c>
+      <c r="B138" t="s">
+        <v>648</v>
+      </c>
+      <c r="C138" t="s">
+        <v>636</v>
+      </c>
+      <c r="D138" t="s">
+        <v>649</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>34</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2014</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>637</v>
+      </c>
+      <c r="K138" t="s">
+        <v>650</v>
+      </c>
+      <c r="L138" t="s">
+        <v>651</v>
+      </c>
+      <c r="M138" t="s">
+        <v>638</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>652</v>
+      </c>
+      <c r="P138" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>654</v>
+      </c>
+      <c r="B139" t="s">
+        <v>654</v>
+      </c>
+      <c r="C139" t="s">
+        <v>636</v>
+      </c>
+      <c r="D139" t="s">
+        <v>655</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>34</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>637</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>656</v>
+      </c>
+      <c r="M139" t="s">
+        <v>638</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>657</v>
+      </c>
+      <c r="P139" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>659</v>
+      </c>
+      <c r="B140" t="s">
+        <v>660</v>
+      </c>
+      <c r="C140" t="s">
+        <v>636</v>
+      </c>
+      <c r="D140" t="s">
+        <v>136</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>34</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2014</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>637</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>661</v>
+      </c>
+      <c r="M140" t="s">
+        <v>638</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>662</v>
+      </c>
+      <c r="P140" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>664</v>
+      </c>
+      <c r="B141" t="s">
+        <v>665</v>
+      </c>
+      <c r="C141" t="s">
+        <v>636</v>
+      </c>
+      <c r="D141" t="s">
+        <v>666</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>34</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2014</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>637</v>
+      </c>
+      <c r="K141" t="s">
+        <v>174</v>
+      </c>
+      <c r="L141" t="s">
+        <v>667</v>
+      </c>
+      <c r="M141" t="s">
+        <v>638</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>668</v>
+      </c>
+      <c r="P141" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>670</v>
+      </c>
+      <c r="B142" t="s">
+        <v>671</v>
+      </c>
+      <c r="C142" t="s">
+        <v>636</v>
+      </c>
+      <c r="D142" t="s">
+        <v>672</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>34</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2015</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>637</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>673</v>
+      </c>
+      <c r="M142" t="s">
+        <v>638</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>674</v>
+      </c>
+      <c r="P142" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>676</v>
+      </c>
+      <c r="B143" t="s">
+        <v>677</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>558</v>
+      </c>
+      <c r="E143" t="s">
+        <v>51</v>
+      </c>
+      <c r="F143" t="s">
+        <v>52</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2016</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>23</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>26</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>678</v>
+      </c>
+      <c r="P143" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>680</v>
+      </c>
+      <c r="B144" t="s">
+        <v>681</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>558</v>
+      </c>
+      <c r="E144" t="s">
+        <v>51</v>
+      </c>
+      <c r="F144" t="s">
+        <v>52</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2016</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>23</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>26</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>682</v>
+      </c>
+      <c r="P144" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>684</v>
+      </c>
+      <c r="B145" t="s">
+        <v>685</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>455</v>
+      </c>
+      <c r="E145" t="s">
+        <v>51</v>
+      </c>
+      <c r="F145" t="s">
+        <v>686</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2015</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>23</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>26</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>687</v>
+      </c>
+      <c r="P145" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>688</v>
+      </c>
+      <c r="B146" t="s">
+        <v>689</v>
+      </c>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>558</v>
+      </c>
+      <c r="E146" t="s">
+        <v>51</v>
+      </c>
+      <c r="F146" t="s">
+        <v>686</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2018</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>23</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>26</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>690</v>
+      </c>
+      <c r="P146" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>692</v>
+      </c>
+      <c r="B147" t="s">
+        <v>693</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>558</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>686</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2018</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>23</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>26</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>694</v>
+      </c>
+      <c r="P147" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>696</v>
+      </c>
+      <c r="B148" t="s">
+        <v>697</v>
+      </c>
+      <c r="C148" t="s">
+        <v>698</v>
+      </c>
+      <c r="D148" t="s">
+        <v>699</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>52</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2014</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>637</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>700</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>701</v>
+      </c>
+      <c r="P148" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>703</v>
+      </c>
+      <c r="B149" t="s">
+        <v>704</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>353</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>52</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2013</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>23</v>
+      </c>
+      <c r="K149" t="s">
+        <v>354</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>705</v>
+      </c>
+      <c r="P149" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>707</v>
+      </c>
+      <c r="B150" t="s">
+        <v>708</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>19</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
         <v>21</v>
       </c>
-      <c r="K123" t="s">
-[...31 lines deleted...]
-      <c r="G124">
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
         <v>2010</v>
       </c>
-      <c r="H124"/>
-[...3 lines deleted...]
-      <c r="J124" t="s">
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>23</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>709</v>
+      </c>
+      <c r="M150" t="s">
+        <v>26</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>710</v>
+      </c>
+      <c r="P150" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>711</v>
+      </c>
+      <c r="B151" t="s">
+        <v>712</v>
+      </c>
+      <c r="C151" t="s">
+        <v>713</v>
+      </c>
+      <c r="D151" t="s">
+        <v>407</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>52</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>714</v>
+      </c>
+      <c r="K151" t="s">
+        <v>174</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>715</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>716</v>
+      </c>
+      <c r="P151" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>718</v>
+      </c>
+      <c r="B152" t="s">
+        <v>719</v>
+      </c>
+      <c r="C152" t="s">
+        <v>49</v>
+      </c>
+      <c r="D152" t="s">
+        <v>720</v>
+      </c>
+      <c r="E152" t="s">
+        <v>51</v>
+      </c>
+      <c r="F152" t="s">
+        <v>52</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2021</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>53</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152"/>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>721</v>
+      </c>
+      <c r="P152" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>718</v>
+      </c>
+      <c r="B153" t="s">
+        <v>723</v>
+      </c>
+      <c r="C153" t="s">
+        <v>49</v>
+      </c>
+      <c r="D153" t="s">
+        <v>720</v>
+      </c>
+      <c r="E153" t="s">
+        <v>51</v>
+      </c>
+      <c r="F153" t="s">
         <v>21</v>
       </c>
-      <c r="K124" t="s">
-[...40 lines deleted...]
-      <c r="J125" t="s">
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2021</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>53</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153"/>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>724</v>
+      </c>
+      <c r="P153" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>726</v>
+      </c>
+      <c r="B154" t="s">
+        <v>727</v>
+      </c>
+      <c r="C154" t="s">
+        <v>49</v>
+      </c>
+      <c r="D154" t="s">
+        <v>728</v>
+      </c>
+      <c r="E154" t="s">
+        <v>51</v>
+      </c>
+      <c r="F154" t="s">
         <v>21</v>
       </c>
-      <c r="K125" t="s">
-[...40 lines deleted...]
-      <c r="J126" t="s">
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2021</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>53</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154"/>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>729</v>
+      </c>
+      <c r="P154" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>730</v>
+      </c>
+      <c r="B155" t="s">
+        <v>731</v>
+      </c>
+      <c r="C155" t="s">
+        <v>49</v>
+      </c>
+      <c r="D155" t="s">
+        <v>732</v>
+      </c>
+      <c r="E155" t="s">
+        <v>51</v>
+      </c>
+      <c r="F155" t="s">
         <v>21</v>
       </c>
-      <c r="K126" t="s">
-[...38 lines deleted...]
-      <c r="J127" t="s">
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2021</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>53</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155"/>
+      <c r="N155" t="s">
+        <v>54</v>
+      </c>
+      <c r="O155" t="s">
+        <v>733</v>
+      </c>
+      <c r="P155" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>734</v>
+      </c>
+      <c r="B156" t="s">
+        <v>735</v>
+      </c>
+      <c r="C156" t="s">
+        <v>49</v>
+      </c>
+      <c r="D156" t="s">
+        <v>483</v>
+      </c>
+      <c r="E156" t="s">
+        <v>51</v>
+      </c>
+      <c r="F156" t="s">
         <v>21</v>
       </c>
-      <c r="K127" t="s">
-[...40 lines deleted...]
-      <c r="J128" t="s">
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2021</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>53</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156"/>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>736</v>
+      </c>
+      <c r="P156" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>738</v>
+      </c>
+      <c r="B157" t="s">
+        <v>739</v>
+      </c>
+      <c r="C157" t="s">
+        <v>49</v>
+      </c>
+      <c r="D157" t="s">
+        <v>89</v>
+      </c>
+      <c r="E157" t="s">
+        <v>51</v>
+      </c>
+      <c r="F157" t="s">
         <v>21</v>
       </c>
-      <c r="K128" t="s">
-[...31 lines deleted...]
-      <c r="G129">
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2021</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>53</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157"/>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>740</v>
+      </c>
+      <c r="P157" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>742</v>
+      </c>
+      <c r="B158" t="s">
+        <v>743</v>
+      </c>
+      <c r="C158" t="s">
+        <v>49</v>
+      </c>
+      <c r="D158" t="s">
+        <v>98</v>
+      </c>
+      <c r="E158" t="s">
+        <v>51</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2021</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>53</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158"/>
+      <c r="N158" t="s">
+        <v>54</v>
+      </c>
+      <c r="O158" t="s">
+        <v>744</v>
+      </c>
+      <c r="P158" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>746</v>
+      </c>
+      <c r="B159" t="s">
+        <v>747</v>
+      </c>
+      <c r="C159" t="s">
+        <v>49</v>
+      </c>
+      <c r="D159" t="s">
+        <v>82</v>
+      </c>
+      <c r="E159" t="s">
+        <v>51</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2021</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>53</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159"/>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>748</v>
+      </c>
+      <c r="P159" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>750</v>
+      </c>
+      <c r="B160" t="s">
+        <v>751</v>
+      </c>
+      <c r="C160" t="s">
+        <v>49</v>
+      </c>
+      <c r="D160" t="s">
+        <v>174</v>
+      </c>
+      <c r="E160" t="s">
+        <v>51</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2021</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>53</v>
+      </c>
+      <c r="K160" t="s">
+        <v>43</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160"/>
+      <c r="N160" t="s">
+        <v>54</v>
+      </c>
+      <c r="O160" t="s">
+        <v>752</v>
+      </c>
+      <c r="P160" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>753</v>
+      </c>
+      <c r="B161" t="s">
+        <v>754</v>
+      </c>
+      <c r="C161" t="s">
+        <v>32</v>
+      </c>
+      <c r="D161" t="s">
+        <v>755</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2014</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>59</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161"/>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>756</v>
+      </c>
+      <c r="P161" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>758</v>
+      </c>
+      <c r="B162" t="s">
+        <v>759</v>
+      </c>
+      <c r="C162" t="s">
+        <v>106</v>
+      </c>
+      <c r="D162" t="s">
+        <v>450</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
         <v>2013</v>
       </c>
-      <c r="H129"/>
-[...1422 lines deleted...]
-      </c>
+      <c r="I162"/>
       <c r="J162" t="s">
-        <v>458</v>
-[...7 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162"/>
       <c r="N162" t="s">
-        <v>498</v>
-[...4419 lines deleted...]
-      <c r="A269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
         <v>760</v>
       </c>
-      <c r="B269" t="s">
+      <c r="P162" t="s">
         <v>761</v>
       </c>
-      <c r="C269" t="s">
-[...1842 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>