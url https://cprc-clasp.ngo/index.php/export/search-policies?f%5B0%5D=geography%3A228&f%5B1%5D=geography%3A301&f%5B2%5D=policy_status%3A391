--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1610 +12,2474 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="786">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>May 2024</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+  </si>
+  <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1879,6687 +2743,7600 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N153"/>
+  <dimension ref="A1:P153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...11 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...67 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...38 lines deleted...]
-      <c r="E6" t="s">
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...31 lines deleted...]
-      <c r="B7" t="s">
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1995</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>48</v>
       </c>
-      <c r="C7" t="s">
-[...14 lines deleted...]
-      <c r="H7">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>77</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...38 lines deleted...]
-      <c r="H8">
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1997</v>
+      </c>
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I8" t="s">
-[...108 lines deleted...]
-      <c r="B11" t="s">
+      <c r="J11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
-[...23 lines deleted...]
-      <c r="K11"/>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="N11" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>77</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>1997</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>77</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>55</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1995</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" t="s">
+        <v>55</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1979</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" t="s">
+        <v>55</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1979</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
+        <v>55</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
         <v>39</v>
       </c>
-      <c r="J12" t="s">
-[...9 lines deleted...]
-      <c r="N12" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>48</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>118</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
         <v>69</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>39</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
         <v>70</v>
       </c>
-      <c r="B13" t="s">
-[...17 lines deleted...]
-      <c r="H13">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>48</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>48</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>132</v>
+      </c>
+      <c r="M20" t="s">
+        <v>133</v>
+      </c>
+      <c r="N20" t="s">
+        <v>118</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>69</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F21" t="s">
+        <v>39</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>70</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>118</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E22" t="s">
+        <v>62</v>
+      </c>
+      <c r="F22" t="s">
+        <v>39</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>70</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>132</v>
+      </c>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>118</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>39</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>142</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>65</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>143</v>
+      </c>
+      <c r="P23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
+        <v>39</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>48</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>65</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>39</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>48</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>65</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>39</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>48</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>76</v>
+      </c>
+      <c r="M26" t="s">
+        <v>157</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>160</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>162</v>
+      </c>
+      <c r="E27" t="s">
+        <v>62</v>
+      </c>
+      <c r="F27" t="s">
+        <v>39</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>48</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>65</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" t="s">
+        <v>62</v>
+      </c>
+      <c r="F28" t="s">
+        <v>39</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>70</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>166</v>
+      </c>
+      <c r="P28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>168</v>
+      </c>
+      <c r="B29" t="s">
+        <v>169</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" t="s">
+        <v>39</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
         <v>2023</v>
       </c>
-      <c r="I13" t="s">
-[...22 lines deleted...]
-      <c r="B14" t="s">
+      <c r="J29" t="s">
         <v>48</v>
       </c>
-      <c r="C14" t="s">
-[...59 lines deleted...]
-      <c r="I15" t="s">
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>65</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" t="s">
         <v>39</v>
       </c>
-      <c r="J15" t="s">
-[...78 lines deleted...]
-      <c r="I17" t="s">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>176</v>
+      </c>
+      <c r="K30" t="s">
+        <v>177</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>65</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>178</v>
+      </c>
+      <c r="P30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" t="s">
+        <v>107</v>
+      </c>
+      <c r="D31" t="s">
+        <v>182</v>
+      </c>
+      <c r="E31" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" t="s">
         <v>39</v>
       </c>
-      <c r="J17" t="s">
-[...579 lines deleted...]
-        <v>2024</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2024</v>
       </c>
-      <c r="I31" t="s">
-        <v>125</v>
+      <c r="I31">
+        <v>2024</v>
       </c>
       <c r="J31" t="s">
+        <v>183</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>65</v>
+      </c>
+      <c r="N31" t="s">
+        <v>118</v>
+      </c>
+      <c r="O31" t="s">
+        <v>184</v>
+      </c>
+      <c r="P31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>186</v>
+      </c>
+      <c r="B32" t="s">
+        <v>187</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>188</v>
+      </c>
+      <c r="E32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F32" t="s">
+        <v>39</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1992</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>189</v>
+      </c>
+      <c r="K32" t="s">
+        <v>190</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>65</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>191</v>
+      </c>
+      <c r="P32" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>112</v>
+      </c>
+      <c r="D33" t="s">
+        <v>188</v>
+      </c>
+      <c r="E33" t="s">
+        <v>62</v>
+      </c>
+      <c r="F33" t="s">
+        <v>39</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1992</v>
+      </c>
+      <c r="I33">
+        <v>2013</v>
+      </c>
+      <c r="J33" t="s">
+        <v>176</v>
+      </c>
+      <c r="K33" t="s">
+        <v>190</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>194</v>
+      </c>
+      <c r="P33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>198</v>
+      </c>
+      <c r="D34" t="s">
+        <v>199</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K31"/>
-[...23 lines deleted...]
-      <c r="E32" t="s">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>200</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>201</v>
+      </c>
+      <c r="M34" t="s">
+        <v>202</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>203</v>
+      </c>
+      <c r="P34" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>205</v>
+      </c>
+      <c r="B35" t="s">
+        <v>206</v>
+      </c>
+      <c r="C35" t="s">
+        <v>198</v>
+      </c>
+      <c r="D35" t="s">
         <v>32</v>
       </c>
-      <c r="F32" t="s">
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>207</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>202</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>208</v>
+      </c>
+      <c r="P35" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>210</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>198</v>
+      </c>
+      <c r="D36" t="s">
+        <v>212</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>213</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>202</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>214</v>
+      </c>
+      <c r="P36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>216</v>
+      </c>
+      <c r="B37" t="s">
+        <v>217</v>
+      </c>
+      <c r="C37" t="s">
+        <v>198</v>
+      </c>
+      <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>200</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>202</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>219</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>221</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>198</v>
+      </c>
+      <c r="D38" t="s">
+        <v>223</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>200</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>224</v>
+      </c>
+      <c r="M38" t="s">
+        <v>202</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C39" t="s">
+        <v>198</v>
+      </c>
+      <c r="D39" t="s">
+        <v>229</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>213</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>202</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>198</v>
+      </c>
+      <c r="D40" t="s">
+        <v>234</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>213</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>235</v>
+      </c>
+      <c r="M40" t="s">
+        <v>202</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>198</v>
+      </c>
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>200</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>202</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>198</v>
+      </c>
+      <c r="D42" t="s">
+        <v>47</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>213</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>202</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>245</v>
+      </c>
+      <c r="P42" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>247</v>
+      </c>
+      <c r="B43" t="s">
+        <v>248</v>
+      </c>
+      <c r="C43" t="s">
+        <v>198</v>
+      </c>
+      <c r="D43" t="s">
+        <v>38</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>200</v>
+      </c>
+      <c r="K43" t="s">
+        <v>249</v>
+      </c>
+      <c r="L43" t="s">
+        <v>250</v>
+      </c>
+      <c r="M43" t="s">
+        <v>202</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>251</v>
+      </c>
+      <c r="P43" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>253</v>
+      </c>
+      <c r="B44" t="s">
+        <v>254</v>
+      </c>
+      <c r="C44" t="s">
+        <v>198</v>
+      </c>
+      <c r="D44" t="s">
+        <v>255</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>200</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>256</v>
+      </c>
+      <c r="M44" t="s">
+        <v>202</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>257</v>
+      </c>
+      <c r="P44" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>259</v>
+      </c>
+      <c r="B45" t="s">
+        <v>260</v>
+      </c>
+      <c r="C45" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" t="s">
+        <v>96</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2002</v>
+      </c>
+      <c r="J45" t="s">
+        <v>40</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>261</v>
+      </c>
+      <c r="M45" t="s">
+        <v>42</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>262</v>
+      </c>
+      <c r="P45" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>264</v>
+      </c>
+      <c r="B46" t="s">
+        <v>265</v>
+      </c>
+      <c r="C46" t="s">
+        <v>37</v>
+      </c>
+      <c r="D46" t="s">
+        <v>75</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46">
+        <v>2010</v>
+      </c>
+      <c r="J46" t="s">
+        <v>40</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>266</v>
+      </c>
+      <c r="M46" t="s">
+        <v>42</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>267</v>
+      </c>
+      <c r="P46" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>37</v>
+      </c>
+      <c r="D47" t="s">
         <v>19</v>
       </c>
-      <c r="G32">
-[...2 lines deleted...]
-      <c r="H32">
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>40</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>271</v>
+      </c>
+      <c r="M47" t="s">
+        <v>42</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>272</v>
+      </c>
+      <c r="P47" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>274</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" t="s">
+        <v>276</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="I32" t="s">
-[...86 lines deleted...]
-      <c r="J34" t="s">
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>40</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>277</v>
+      </c>
+      <c r="M48" t="s">
+        <v>42</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>278</v>
+      </c>
+      <c r="P48" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>280</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>37</v>
+      </c>
+      <c r="D49" t="s">
+        <v>282</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...636 lines deleted...]
-        <v>2007</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
         <v>2007</v>
       </c>
-      <c r="I49" t="s">
-        <v>33</v>
+      <c r="I49">
+        <v>2007</v>
       </c>
       <c r="J49" t="s">
+        <v>40</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>283</v>
+      </c>
+      <c r="M49" t="s">
+        <v>42</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>284</v>
+      </c>
+      <c r="P49" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>286</v>
+      </c>
+      <c r="B50" t="s">
+        <v>287</v>
+      </c>
+      <c r="C50" t="s">
+        <v>37</v>
+      </c>
+      <c r="D50" t="s">
+        <v>288</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...31 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2003</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2013</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
+        <v>40</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>289</v>
+      </c>
+      <c r="M50" t="s">
+        <v>42</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>290</v>
+      </c>
+      <c r="P50" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>292</v>
+      </c>
+      <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" t="s">
+        <v>229</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K50" t="s">
-[...31 lines deleted...]
-      <c r="G51">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2003</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
+        <v>40</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>42</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>294</v>
+      </c>
+      <c r="P51" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
+        <v>297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>37</v>
+      </c>
+      <c r="D52" t="s">
+        <v>255</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K51"/>
-[...29 lines deleted...]
-      <c r="G52">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2009</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2015</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
+        <v>40</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>298</v>
+      </c>
+      <c r="M52" t="s">
+        <v>42</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>299</v>
+      </c>
+      <c r="P52" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>301</v>
+      </c>
+      <c r="B53" t="s">
+        <v>302</v>
+      </c>
+      <c r="C53" t="s">
+        <v>37</v>
+      </c>
+      <c r="D53" t="s">
+        <v>276</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52" t="s">
-[...31 lines deleted...]
-      <c r="G53">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2013</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2010</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
+        <v>40</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>303</v>
+      </c>
+      <c r="M53" t="s">
+        <v>304</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>305</v>
+      </c>
+      <c r="P53" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>307</v>
+      </c>
+      <c r="B54" t="s">
+        <v>308</v>
+      </c>
+      <c r="C54" t="s">
+        <v>37</v>
+      </c>
+      <c r="D54" t="s">
+        <v>276</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K53" t="s">
-[...31 lines deleted...]
-      <c r="G54">
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>2013</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2014</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
+        <v>40</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>309</v>
+      </c>
+      <c r="M54" t="s">
+        <v>304</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>310</v>
+      </c>
+      <c r="P54" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>312</v>
+      </c>
+      <c r="B55" t="s">
+        <v>313</v>
+      </c>
+      <c r="C55" t="s">
+        <v>37</v>
+      </c>
+      <c r="D55" t="s">
+        <v>108</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K54" t="s">
-[...31 lines deleted...]
-      <c r="G55">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2006</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2013</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
+        <v>314</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>42</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>315</v>
+      </c>
+      <c r="P55" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>317</v>
+      </c>
+      <c r="B56" t="s">
+        <v>318</v>
+      </c>
+      <c r="C56" t="s">
+        <v>37</v>
+      </c>
+      <c r="D56" t="s">
+        <v>38</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K55"/>
-[...29 lines deleted...]
-      <c r="G56">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2008</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2013</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
+        <v>314</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>319</v>
+      </c>
+      <c r="M56" t="s">
+        <v>42</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>320</v>
+      </c>
+      <c r="P56" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>322</v>
+      </c>
+      <c r="B57" t="s">
+        <v>323</v>
+      </c>
+      <c r="C57" t="s">
+        <v>37</v>
+      </c>
+      <c r="D57" t="s">
+        <v>38</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...31 lines deleted...]
-      <c r="G57">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2008</v>
       </c>
-      <c r="H57">
+      <c r="I57">
         <v>2013</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
+        <v>40</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>324</v>
+      </c>
+      <c r="M57" t="s">
+        <v>304</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>325</v>
+      </c>
+      <c r="P57" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>327</v>
+      </c>
+      <c r="B58" t="s">
+        <v>328</v>
+      </c>
+      <c r="C58" t="s">
+        <v>37</v>
+      </c>
+      <c r="D58" t="s">
+        <v>329</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...32 lines deleted...]
-        <v>2011</v>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2011</v>
       </c>
-      <c r="I58" t="s">
-        <v>33</v>
+      <c r="I58">
+        <v>2011</v>
       </c>
       <c r="J58" t="s">
+        <v>40</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>330</v>
+      </c>
+      <c r="M58" t="s">
+        <v>304</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>331</v>
+      </c>
+      <c r="P58" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>333</v>
+      </c>
+      <c r="B59" t="s">
+        <v>334</v>
+      </c>
+      <c r="C59" t="s">
+        <v>37</v>
+      </c>
+      <c r="D59" t="s">
+        <v>276</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K58" t="s">
-[...31 lines deleted...]
-      <c r="G59">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2013</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2015</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
+        <v>40</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>335</v>
+      </c>
+      <c r="M59" t="s">
+        <v>42</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>336</v>
+      </c>
+      <c r="P59" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>338</v>
+      </c>
+      <c r="B60" t="s">
+        <v>339</v>
+      </c>
+      <c r="C60" t="s">
+        <v>37</v>
+      </c>
+      <c r="D60" t="s">
+        <v>340</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K59" t="s">
-[...31 lines deleted...]
-      <c r="G60">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2000</v>
       </c>
-      <c r="H60">
+      <c r="I60">
         <v>2015</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
+        <v>40</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>341</v>
+      </c>
+      <c r="M60" t="s">
+        <v>304</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>342</v>
+      </c>
+      <c r="P60" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>344</v>
+      </c>
+      <c r="B61" t="s">
+        <v>345</v>
+      </c>
+      <c r="C61" t="s">
+        <v>37</v>
+      </c>
+      <c r="D61" t="s">
+        <v>346</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K60" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G61" t="s">
+        <v>22</v>
       </c>
       <c r="H61">
         <v>2010</v>
       </c>
-      <c r="I61" t="s">
-        <v>33</v>
+      <c r="I61">
+        <v>2010</v>
       </c>
       <c r="J61" t="s">
+        <v>40</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>347</v>
+      </c>
+      <c r="M61" t="s">
+        <v>304</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>348</v>
+      </c>
+      <c r="P61" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>350</v>
+      </c>
+      <c r="B62" t="s">
+        <v>351</v>
+      </c>
+      <c r="C62" t="s">
+        <v>37</v>
+      </c>
+      <c r="D62" t="s">
+        <v>240</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
         <v>21</v>
       </c>
-      <c r="K61" t="s">
-[...31 lines deleted...]
-      <c r="G62">
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2002</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2009</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
+        <v>40</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>309</v>
+      </c>
+      <c r="M62" t="s">
+        <v>304</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>352</v>
+      </c>
+      <c r="P62" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>354</v>
+      </c>
+      <c r="B63" t="s">
+        <v>355</v>
+      </c>
+      <c r="C63" t="s">
+        <v>37</v>
+      </c>
+      <c r="D63" t="s">
+        <v>356</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K62" t="s">
-[...31 lines deleted...]
-      <c r="G63">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2013</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2015</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
+        <v>40</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>357</v>
+      </c>
+      <c r="M63" t="s">
+        <v>304</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>358</v>
+      </c>
+      <c r="P63" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>360</v>
+      </c>
+      <c r="B64" t="s">
+        <v>361</v>
+      </c>
+      <c r="C64" t="s">
+        <v>37</v>
+      </c>
+      <c r="D64" t="s">
+        <v>47</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K63" t="s">
-[...31 lines deleted...]
-      <c r="G64">
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2000</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2015</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
+        <v>40</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>362</v>
+      </c>
+      <c r="M64" t="s">
+        <v>42</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>363</v>
+      </c>
+      <c r="P64" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>365</v>
+      </c>
+      <c r="B65" t="s">
+        <v>366</v>
+      </c>
+      <c r="C65" t="s">
+        <v>37</v>
+      </c>
+      <c r="D65" t="s">
+        <v>367</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K64" t="s">
-[...31 lines deleted...]
-      <c r="G65">
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2010</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2011</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
+        <v>40</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>368</v>
+      </c>
+      <c r="M65" t="s">
+        <v>304</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>369</v>
+      </c>
+      <c r="P65" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>371</v>
+      </c>
+      <c r="B66" t="s">
+        <v>372</v>
+      </c>
+      <c r="C66" t="s">
+        <v>37</v>
+      </c>
+      <c r="D66" t="s">
+        <v>373</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K65" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-        <v>33</v>
+      <c r="I66">
+        <v>2012</v>
       </c>
       <c r="J66" t="s">
+        <v>40</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>374</v>
+      </c>
+      <c r="M66" t="s">
+        <v>304</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>375</v>
+      </c>
+      <c r="P66" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>377</v>
+      </c>
+      <c r="B67" t="s">
+        <v>378</v>
+      </c>
+      <c r="C67" t="s">
+        <v>37</v>
+      </c>
+      <c r="D67" t="s">
+        <v>379</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K66" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
-      <c r="I67" t="s">
-        <v>33</v>
+      <c r="I67">
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
+        <v>40</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>380</v>
+      </c>
+      <c r="M67" t="s">
+        <v>304</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>381</v>
+      </c>
+      <c r="P67" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>383</v>
+      </c>
+      <c r="B68" t="s">
+        <v>384</v>
+      </c>
+      <c r="C68" t="s">
+        <v>37</v>
+      </c>
+      <c r="D68" t="s">
+        <v>385</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K67" t="s">
-[...31 lines deleted...]
-      <c r="G68">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>1993</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2013</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
+        <v>40</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>386</v>
+      </c>
+      <c r="M68" t="s">
+        <v>42</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>387</v>
+      </c>
+      <c r="P68" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>389</v>
+      </c>
+      <c r="B69" t="s">
+        <v>390</v>
+      </c>
+      <c r="C69" t="s">
+        <v>37</v>
+      </c>
+      <c r="D69" t="s">
+        <v>38</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K68" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
-        <v>33</v>
+      <c r="I69">
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
+        <v>40</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>391</v>
+      </c>
+      <c r="M69" t="s">
+        <v>304</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>392</v>
+      </c>
+      <c r="P69" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>394</v>
+      </c>
+      <c r="B70" t="s">
+        <v>395</v>
+      </c>
+      <c r="C70" t="s">
+        <v>37</v>
+      </c>
+      <c r="D70" t="s">
+        <v>234</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K69" t="s">
-[...32 lines deleted...]
-        <v>2011</v>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2011</v>
       </c>
-      <c r="I70" t="s">
-        <v>33</v>
+      <c r="I70">
+        <v>2011</v>
       </c>
       <c r="J70" t="s">
-        <v>261</v>
+        <v>40</v>
       </c>
       <c r="K70" t="s">
-        <v>262</v>
+        <v>396</v>
       </c>
       <c r="L70" t="s">
-        <v>35</v>
+        <v>397</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N70" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>398</v>
+      </c>
+      <c r="P70" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>400</v>
       </c>
       <c r="B71" t="s">
-        <v>30</v>
+        <v>401</v>
       </c>
       <c r="C71" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E71" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2000</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2012</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
+        <v>40</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>341</v>
+      </c>
+      <c r="M71" t="s">
+        <v>42</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>402</v>
+      </c>
+      <c r="P71" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>404</v>
+      </c>
+      <c r="B72" t="s">
+        <v>405</v>
+      </c>
+      <c r="C72" t="s">
+        <v>37</v>
+      </c>
+      <c r="D72" t="s">
+        <v>32</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...31 lines deleted...]
-      <c r="G72">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2000</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2012</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
+        <v>40</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>341</v>
+      </c>
+      <c r="M72" t="s">
+        <v>42</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>406</v>
+      </c>
+      <c r="P72" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>408</v>
+      </c>
+      <c r="B73" t="s">
+        <v>409</v>
+      </c>
+      <c r="C73" t="s">
+        <v>37</v>
+      </c>
+      <c r="D73" t="s">
+        <v>410</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...32 lines deleted...]
-      <c r="H73">
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73">
         <v>2016</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
+        <v>314</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>411</v>
+      </c>
+      <c r="M73" t="s">
+        <v>42</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>412</v>
+      </c>
+      <c r="P73" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>414</v>
+      </c>
+      <c r="B74" t="s">
+        <v>415</v>
+      </c>
+      <c r="C74" t="s">
+        <v>37</v>
+      </c>
+      <c r="D74" t="s">
+        <v>47</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...31 lines deleted...]
-      <c r="G74">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2000</v>
       </c>
-      <c r="H74">
+      <c r="I74">
         <v>2015</v>
       </c>
-      <c r="I74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J74" t="s">
+        <v>40</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>362</v>
+      </c>
+      <c r="M74" t="s">
+        <v>42</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>416</v>
+      </c>
+      <c r="P74" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>418</v>
+      </c>
+      <c r="B75" t="s">
+        <v>419</v>
+      </c>
+      <c r="C75" t="s">
+        <v>420</v>
+      </c>
+      <c r="D75" t="s">
+        <v>421</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>63</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75">
+        <v>2017</v>
+      </c>
+      <c r="J75" t="s">
+        <v>207</v>
+      </c>
+      <c r="K75" t="s">
+        <v>422</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>423</v>
+      </c>
+      <c r="N75" t="s">
+        <v>424</v>
+      </c>
+      <c r="O75" t="s">
+        <v>425</v>
+      </c>
+      <c r="P75" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>427</v>
+      </c>
+      <c r="B76" t="s">
+        <v>428</v>
+      </c>
+      <c r="C76" t="s">
+        <v>69</v>
+      </c>
+      <c r="D76" t="s">
+        <v>75</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K74" t="s">
-[...74 lines deleted...]
-        <v>2015</v>
+      <c r="G76" t="s">
+        <v>22</v>
       </c>
       <c r="H76">
         <v>2015</v>
       </c>
-      <c r="I76" t="s">
-        <v>282</v>
+      <c r="I76">
+        <v>2015</v>
       </c>
       <c r="J76" t="s">
+        <v>429</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>430</v>
+      </c>
+      <c r="M76" t="s">
+        <v>431</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>432</v>
+      </c>
+      <c r="P76" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>427</v>
+      </c>
+      <c r="B77" t="s">
+        <v>434</v>
+      </c>
+      <c r="C77" t="s">
+        <v>69</v>
+      </c>
+      <c r="D77" t="s">
+        <v>435</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>21</v>
       </c>
-      <c r="K76" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G77" t="s">
+        <v>22</v>
       </c>
       <c r="H77">
         <v>2015</v>
       </c>
-      <c r="I77" t="s">
-        <v>282</v>
+      <c r="I77">
+        <v>2015</v>
       </c>
       <c r="J77" t="s">
+        <v>429</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>430</v>
+      </c>
+      <c r="M77" t="s">
+        <v>431</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>436</v>
+      </c>
+      <c r="P77" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>427</v>
+      </c>
+      <c r="B78" t="s">
+        <v>437</v>
+      </c>
+      <c r="C78" t="s">
+        <v>69</v>
+      </c>
+      <c r="D78" t="s">
+        <v>38</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K77" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G78" t="s">
+        <v>22</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
-      <c r="I78" t="s">
-        <v>282</v>
+      <c r="I78">
+        <v>2015</v>
       </c>
       <c r="J78" t="s">
+        <v>429</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>430</v>
+      </c>
+      <c r="M78" t="s">
+        <v>431</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>438</v>
+      </c>
+      <c r="P78" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>439</v>
+      </c>
+      <c r="B79" t="s">
+        <v>440</v>
+      </c>
+      <c r="C79" t="s">
+        <v>441</v>
+      </c>
+      <c r="D79" t="s">
+        <v>32</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
         <v>21</v>
       </c>
-      <c r="K78" t="s">
-[...28 lines deleted...]
-      <c r="F79" t="s">
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1994</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>442</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>443</v>
+      </c>
+      <c r="M79" t="s">
+        <v>444</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>445</v>
+      </c>
+      <c r="P79" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>447</v>
+      </c>
+      <c r="B80" t="s">
+        <v>448</v>
+      </c>
+      <c r="C80" t="s">
+        <v>449</v>
+      </c>
+      <c r="D80" t="s">
+        <v>340</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1992</v>
+      </c>
+      <c r="I80">
+        <v>2020</v>
+      </c>
+      <c r="J80" t="s">
+        <v>442</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>450</v>
+      </c>
+      <c r="M80" t="s">
+        <v>444</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>451</v>
+      </c>
+      <c r="P80" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>453</v>
+      </c>
+      <c r="B81" t="s">
+        <v>454</v>
+      </c>
+      <c r="C81" t="s">
+        <v>441</v>
+      </c>
+      <c r="D81" t="s">
+        <v>47</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2001</v>
+      </c>
+      <c r="I81">
+        <v>2019</v>
+      </c>
+      <c r="J81" t="s">
+        <v>442</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>455</v>
+      </c>
+      <c r="M81" t="s">
+        <v>444</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>456</v>
+      </c>
+      <c r="P81" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>458</v>
+      </c>
+      <c r="B82" t="s">
+        <v>459</v>
+      </c>
+      <c r="C82" t="s">
+        <v>460</v>
+      </c>
+      <c r="D82" t="s">
+        <v>461</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>63</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2008</v>
+      </c>
+      <c r="I82">
+        <v>2015</v>
+      </c>
+      <c r="J82" t="s">
+        <v>462</v>
+      </c>
+      <c r="K82" t="s">
+        <v>422</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>463</v>
+      </c>
+      <c r="N82" t="s">
+        <v>424</v>
+      </c>
+      <c r="O82" t="s">
+        <v>464</v>
+      </c>
+      <c r="P82" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>466</v>
+      </c>
+      <c r="B83" t="s">
+        <v>467</v>
+      </c>
+      <c r="C83" t="s">
+        <v>460</v>
+      </c>
+      <c r="D83" t="s">
+        <v>468</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>63</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2008</v>
+      </c>
+      <c r="I83">
+        <v>2015</v>
+      </c>
+      <c r="J83" t="s">
+        <v>462</v>
+      </c>
+      <c r="K83" t="s">
+        <v>422</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>463</v>
+      </c>
+      <c r="N83" t="s">
+        <v>424</v>
+      </c>
+      <c r="O83" t="s">
+        <v>469</v>
+      </c>
+      <c r="P83" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>471</v>
+      </c>
+      <c r="B84" t="s">
+        <v>472</v>
+      </c>
+      <c r="C84" t="s">
+        <v>460</v>
+      </c>
+      <c r="D84" t="s">
+        <v>473</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>63</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2008</v>
+      </c>
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>462</v>
+      </c>
+      <c r="K84" t="s">
+        <v>422</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>463</v>
+      </c>
+      <c r="N84" t="s">
+        <v>424</v>
+      </c>
+      <c r="O84" t="s">
+        <v>474</v>
+      </c>
+      <c r="P84" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>476</v>
+      </c>
+      <c r="B85" t="s">
+        <v>477</v>
+      </c>
+      <c r="C85" t="s">
+        <v>37</v>
+      </c>
+      <c r="D85" t="s">
+        <v>478</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>39</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1981</v>
+      </c>
+      <c r="I85">
+        <v>1982</v>
+      </c>
+      <c r="J85" t="s">
+        <v>40</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>479</v>
+      </c>
+      <c r="M85" t="s">
+        <v>304</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>480</v>
+      </c>
+      <c r="P85" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>481</v>
+      </c>
+      <c r="B86" t="s">
+        <v>481</v>
+      </c>
+      <c r="C86" t="s">
+        <v>37</v>
+      </c>
+      <c r="D86" t="s">
+        <v>482</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>39</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2002</v>
+      </c>
+      <c r="I86">
+        <v>2001</v>
+      </c>
+      <c r="J86" t="s">
+        <v>40</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>42</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>483</v>
+      </c>
+      <c r="P86" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>484</v>
+      </c>
+      <c r="B87" t="s">
+        <v>485</v>
+      </c>
+      <c r="C87" t="s">
+        <v>486</v>
+      </c>
+      <c r="D87" t="s">
+        <v>487</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>39</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1987</v>
+      </c>
+      <c r="I87">
+        <v>1988</v>
+      </c>
+      <c r="J87" t="s">
+        <v>40</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>488</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>489</v>
+      </c>
+      <c r="P87" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>491</v>
+      </c>
+      <c r="B88" t="s">
+        <v>492</v>
+      </c>
+      <c r="C88" t="s">
+        <v>486</v>
+      </c>
+      <c r="D88" t="s">
+        <v>493</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>39</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>1987</v>
+      </c>
+      <c r="I88">
+        <v>1988</v>
+      </c>
+      <c r="J88" t="s">
+        <v>40</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>494</v>
+      </c>
+      <c r="M88" t="s">
+        <v>488</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>495</v>
+      </c>
+      <c r="P88" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>497</v>
+      </c>
+      <c r="B89" t="s">
+        <v>498</v>
+      </c>
+      <c r="C89" t="s">
+        <v>486</v>
+      </c>
+      <c r="D89" t="s">
         <v>19</v>
       </c>
-      <c r="G79">
-[...8 lines deleted...]
-      <c r="J79" t="s">
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>39</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>1989</v>
+      </c>
+      <c r="I89">
+        <v>1991</v>
+      </c>
+      <c r="J89" t="s">
+        <v>40</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>499</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>500</v>
+      </c>
+      <c r="P89" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>502</v>
+      </c>
+      <c r="B90" t="s">
+        <v>503</v>
+      </c>
+      <c r="C90" t="s">
+        <v>486</v>
+      </c>
+      <c r="D90" t="s">
+        <v>47</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>39</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1989</v>
+      </c>
+      <c r="I90">
+        <v>2015</v>
+      </c>
+      <c r="J90" t="s">
+        <v>504</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>488</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>505</v>
+      </c>
+      <c r="P90" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>507</v>
+      </c>
+      <c r="B91" t="s">
+        <v>508</v>
+      </c>
+      <c r="C91" t="s">
+        <v>486</v>
+      </c>
+      <c r="D91" t="s">
+        <v>131</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>39</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1989</v>
+      </c>
+      <c r="I91">
+        <v>1992</v>
+      </c>
+      <c r="J91" t="s">
+        <v>504</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>488</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>509</v>
+      </c>
+      <c r="P91" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>511</v>
+      </c>
+      <c r="B92" t="s">
+        <v>512</v>
+      </c>
+      <c r="C92" t="s">
+        <v>486</v>
+      </c>
+      <c r="D92" t="s">
+        <v>255</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>39</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>1986</v>
+      </c>
+      <c r="I92">
+        <v>1988</v>
+      </c>
+      <c r="J92" t="s">
+        <v>40</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>488</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>513</v>
+      </c>
+      <c r="P92" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>515</v>
+      </c>
+      <c r="B93" t="s">
+        <v>516</v>
+      </c>
+      <c r="C93" t="s">
+        <v>486</v>
+      </c>
+      <c r="D93" t="s">
+        <v>240</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>63</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>1999</v>
+      </c>
+      <c r="I93">
+        <v>2000</v>
+      </c>
+      <c r="J93" t="s">
+        <v>40</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>517</v>
+      </c>
+      <c r="M93" t="s">
+        <v>499</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>518</v>
+      </c>
+      <c r="P93" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>520</v>
+      </c>
+      <c r="B94" t="s">
+        <v>521</v>
+      </c>
+      <c r="C94" t="s">
+        <v>486</v>
+      </c>
+      <c r="D94" t="s">
+        <v>487</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>63</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>40</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>522</v>
+      </c>
+      <c r="M94" t="s">
+        <v>499</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>523</v>
+      </c>
+      <c r="P94" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>525</v>
+      </c>
+      <c r="B95" t="s">
+        <v>526</v>
+      </c>
+      <c r="C95" t="s">
+        <v>486</v>
+      </c>
+      <c r="D95" t="s">
+        <v>75</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>63</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2011</v>
+      </c>
+      <c r="I95">
+        <v>2014</v>
+      </c>
+      <c r="J95" t="s">
+        <v>40</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>527</v>
+      </c>
+      <c r="M95" t="s">
+        <v>499</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>528</v>
+      </c>
+      <c r="P95" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>530</v>
+      </c>
+      <c r="B96" t="s">
+        <v>531</v>
+      </c>
+      <c r="C96" t="s">
+        <v>37</v>
+      </c>
+      <c r="D96" t="s">
+        <v>32</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
         <v>21</v>
       </c>
-      <c r="K79" t="s">
-[...40 lines deleted...]
-      <c r="J80" t="s">
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2000</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>40</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>532</v>
+      </c>
+      <c r="M96" t="s">
+        <v>42</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>533</v>
+      </c>
+      <c r="P96" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>535</v>
+      </c>
+      <c r="B97" t="s">
+        <v>536</v>
+      </c>
+      <c r="C97" t="s">
+        <v>37</v>
+      </c>
+      <c r="D97" t="s">
+        <v>32</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
         <v>21</v>
       </c>
-      <c r="K80" t="s">
-[...40 lines deleted...]
-      <c r="J81" t="s">
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2000</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>40</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>42</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>537</v>
+      </c>
+      <c r="P97" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>539</v>
+      </c>
+      <c r="B98" t="s">
+        <v>540</v>
+      </c>
+      <c r="C98" t="s">
+        <v>37</v>
+      </c>
+      <c r="D98" t="s">
+        <v>32</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
         <v>21</v>
       </c>
-      <c r="K81" t="s">
-[...19 lines deleted...]
-      <c r="C82" t="s">
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2000</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>40</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>532</v>
+      </c>
+      <c r="M98" t="s">
         <v>304</v>
       </c>
-      <c r="D82" t="s">
-[...143 lines deleted...]
-      <c r="J85" t="s">
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>541</v>
+      </c>
+      <c r="P98" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>543</v>
+      </c>
+      <c r="B99" t="s">
+        <v>544</v>
+      </c>
+      <c r="C99" t="s">
+        <v>37</v>
+      </c>
+      <c r="D99" t="s">
+        <v>131</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...590 lines deleted...]
-        <v>2015</v>
+      <c r="G99" t="s">
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2015</v>
       </c>
-      <c r="I99" t="s">
-        <v>33</v>
+      <c r="I99">
+        <v>2015</v>
       </c>
       <c r="J99" t="s">
+        <v>40</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>543</v>
+      </c>
+      <c r="M99" t="s">
+        <v>42</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>545</v>
+      </c>
+      <c r="P99" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>547</v>
+      </c>
+      <c r="B100" t="s">
+        <v>548</v>
+      </c>
+      <c r="C100" t="s">
+        <v>37</v>
+      </c>
+      <c r="D100" t="s">
+        <v>38</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K99" t="s">
-[...31 lines deleted...]
-      <c r="G100">
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
         <v>2008</v>
       </c>
-      <c r="H100">
+      <c r="I100">
         <v>2013</v>
       </c>
-      <c r="I100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J100" t="s">
+        <v>40</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>41</v>
+      </c>
+      <c r="M100" t="s">
+        <v>304</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>549</v>
+      </c>
+      <c r="P100" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>551</v>
+      </c>
+      <c r="B101" t="s">
+        <v>552</v>
+      </c>
+      <c r="C101" t="s">
+        <v>37</v>
+      </c>
+      <c r="D101" t="s">
+        <v>346</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
         <v>21</v>
       </c>
-      <c r="K100" t="s">
-[...31 lines deleted...]
-      <c r="G101">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
         <v>2010</v>
       </c>
-      <c r="H101">
+      <c r="I101">
         <v>2014</v>
       </c>
-      <c r="I101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J101" t="s">
+        <v>40</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>42</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>553</v>
+      </c>
+      <c r="P101" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>555</v>
+      </c>
+      <c r="B102" t="s">
+        <v>556</v>
+      </c>
+      <c r="C102" t="s">
+        <v>37</v>
+      </c>
+      <c r="D102" t="s">
+        <v>234</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
         <v>21</v>
       </c>
-      <c r="K101"/>
-[...30 lines deleted...]
-        <v>2011</v>
+      <c r="G102" t="s">
+        <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
-      <c r="I102" t="s">
-        <v>33</v>
+      <c r="I102">
+        <v>2011</v>
       </c>
       <c r="J102" t="s">
-        <v>261</v>
-[...4 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="K102" t="s">
+        <v>396</v>
+      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N102" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>557</v>
+      </c>
+      <c r="P102"/>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>364</v>
+        <v>558</v>
       </c>
       <c r="B103" t="s">
-        <v>30</v>
+        <v>559</v>
       </c>
       <c r="C103" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="E103" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G103">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
         <v>2008</v>
       </c>
-      <c r="H103">
+      <c r="I103">
         <v>2014</v>
       </c>
-      <c r="I103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J103" t="s">
+        <v>40</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>304</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>560</v>
+      </c>
+      <c r="P103" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>562</v>
+      </c>
+      <c r="B104" t="s">
+        <v>563</v>
+      </c>
+      <c r="C104" t="s">
+        <v>37</v>
+      </c>
+      <c r="D104" t="s">
+        <v>223</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>21</v>
       </c>
-      <c r="K103"/>
-[...29 lines deleted...]
-      <c r="G104">
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
         <v>2011</v>
       </c>
-      <c r="H104">
+      <c r="I104">
         <v>2013</v>
       </c>
-      <c r="I104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J104" t="s">
+        <v>40</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>42</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>564</v>
+      </c>
+      <c r="P104" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>566</v>
+      </c>
+      <c r="B105" t="s">
+        <v>567</v>
+      </c>
+      <c r="C105" t="s">
+        <v>37</v>
+      </c>
+      <c r="D105" t="s">
+        <v>234</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
         <v>21</v>
       </c>
-      <c r="K104"/>
-[...29 lines deleted...]
-      <c r="G105">
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2013</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2014</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
+        <v>40</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>304</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>568</v>
+      </c>
+      <c r="P105" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>570</v>
+      </c>
+      <c r="B106" t="s">
+        <v>571</v>
+      </c>
+      <c r="C106" t="s">
+        <v>37</v>
+      </c>
+      <c r="D106" t="s">
+        <v>38</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K105"/>
-[...29 lines deleted...]
-      <c r="G106">
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2012</v>
       </c>
-      <c r="H106">
+      <c r="I106">
         <v>2014</v>
       </c>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J106" t="s">
+        <v>40</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>304</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>572</v>
+      </c>
+      <c r="P106" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>574</v>
+      </c>
+      <c r="B107" t="s">
+        <v>575</v>
+      </c>
+      <c r="C107" t="s">
+        <v>37</v>
+      </c>
+      <c r="D107" t="s">
+        <v>576</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>21</v>
       </c>
-      <c r="K106"/>
-[...30 lines deleted...]
-        <v>2015</v>
+      <c r="G107" t="s">
+        <v>22</v>
       </c>
       <c r="H107">
         <v>2015</v>
       </c>
-      <c r="I107" t="s">
-        <v>33</v>
+      <c r="I107">
+        <v>2015</v>
       </c>
       <c r="J107" t="s">
+        <v>40</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>574</v>
+      </c>
+      <c r="M107" t="s">
+        <v>304</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>577</v>
+      </c>
+      <c r="P107" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>579</v>
+      </c>
+      <c r="B108" t="s">
+        <v>580</v>
+      </c>
+      <c r="C108" t="s">
+        <v>37</v>
+      </c>
+      <c r="D108" t="s">
+        <v>108</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
         <v>21</v>
       </c>
-      <c r="K107" t="s">
-[...31 lines deleted...]
-      <c r="G108">
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2006</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2016</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
+        <v>40</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>304</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>581</v>
+      </c>
+      <c r="P108" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>583</v>
+      </c>
+      <c r="B109" t="s">
+        <v>584</v>
+      </c>
+      <c r="C109" t="s">
+        <v>37</v>
+      </c>
+      <c r="D109" t="s">
+        <v>340</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
         <v>21</v>
       </c>
-      <c r="K108"/>
-[...29 lines deleted...]
-      <c r="G109">
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2000</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2016</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
+        <v>40</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>42</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>585</v>
+      </c>
+      <c r="P109" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>587</v>
+      </c>
+      <c r="B110" t="s">
+        <v>588</v>
+      </c>
+      <c r="C110" t="s">
+        <v>37</v>
+      </c>
+      <c r="D110" t="s">
+        <v>340</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
         <v>21</v>
       </c>
-      <c r="K109"/>
-[...29 lines deleted...]
-      <c r="G110">
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2000</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2015</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
+        <v>40</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>304</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>589</v>
+      </c>
+      <c r="P110" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>591</v>
+      </c>
+      <c r="B111" t="s">
+        <v>592</v>
+      </c>
+      <c r="C111" t="s">
+        <v>37</v>
+      </c>
+      <c r="D111" t="s">
+        <v>47</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
         <v>21</v>
       </c>
-      <c r="K110"/>
-[...17 lines deleted...]
-      <c r="C111" t="s">
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2000</v>
+      </c>
+      <c r="I111">
+        <v>2013</v>
+      </c>
+      <c r="J111" t="s">
+        <v>40</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>532</v>
+      </c>
+      <c r="M111" t="s">
+        <v>304</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>593</v>
+      </c>
+      <c r="P111" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>595</v>
+      </c>
+      <c r="B112" t="s">
+        <v>596</v>
+      </c>
+      <c r="C112" t="s">
+        <v>37</v>
+      </c>
+      <c r="D112" t="s">
+        <v>240</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2001</v>
+      </c>
+      <c r="I112">
+        <v>2013</v>
+      </c>
+      <c r="J112" t="s">
+        <v>40</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>42</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>597</v>
+      </c>
+      <c r="P112" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>599</v>
+      </c>
+      <c r="B113" t="s">
+        <v>600</v>
+      </c>
+      <c r="C113" t="s">
+        <v>37</v>
+      </c>
+      <c r="D113" t="s">
+        <v>75</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2002</v>
+      </c>
+      <c r="I113">
+        <v>2014</v>
+      </c>
+      <c r="J113" t="s">
+        <v>40</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>601</v>
+      </c>
+      <c r="M113" t="s">
+        <v>42</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>602</v>
+      </c>
+      <c r="P113" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>604</v>
+      </c>
+      <c r="B114" t="s">
+        <v>605</v>
+      </c>
+      <c r="C114" t="s">
+        <v>37</v>
+      </c>
+      <c r="D114" t="s">
+        <v>487</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>1998</v>
+      </c>
+      <c r="I114">
+        <v>2014</v>
+      </c>
+      <c r="J114" t="s">
+        <v>606</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>607</v>
+      </c>
+      <c r="M114" t="s">
+        <v>42</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>608</v>
+      </c>
+      <c r="P114" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>610</v>
+      </c>
+      <c r="B115" t="s">
+        <v>611</v>
+      </c>
+      <c r="C115" t="s">
+        <v>37</v>
+      </c>
+      <c r="D115" t="s">
+        <v>255</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2005</v>
+      </c>
+      <c r="I115">
+        <v>2013</v>
+      </c>
+      <c r="J115" t="s">
+        <v>40</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>612</v>
+      </c>
+      <c r="M115" t="s">
+        <v>304</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>613</v>
+      </c>
+      <c r="P115" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>615</v>
+      </c>
+      <c r="B116" t="s">
+        <v>616</v>
+      </c>
+      <c r="C116" t="s">
+        <v>37</v>
+      </c>
+      <c r="D116" t="s">
+        <v>482</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2002</v>
+      </c>
+      <c r="I116">
+        <v>2013</v>
+      </c>
+      <c r="J116" t="s">
+        <v>40</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>304</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>617</v>
+      </c>
+      <c r="P116" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>619</v>
+      </c>
+      <c r="B117" t="s">
+        <v>620</v>
+      </c>
+      <c r="C117" t="s">
+        <v>37</v>
+      </c>
+      <c r="D117" t="s">
+        <v>47</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2000</v>
+      </c>
+      <c r="I117">
+        <v>2013</v>
+      </c>
+      <c r="J117" t="s">
+        <v>40</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>621</v>
+      </c>
+      <c r="M117" t="s">
+        <v>42</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>622</v>
+      </c>
+      <c r="P117"/>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>623</v>
+      </c>
+      <c r="B118" t="s">
+        <v>624</v>
+      </c>
+      <c r="C118" t="s">
+        <v>37</v>
+      </c>
+      <c r="D118" t="s">
+        <v>625</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2011</v>
+      </c>
+      <c r="I118">
+        <v>2013</v>
+      </c>
+      <c r="J118" t="s">
+        <v>40</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>304</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>626</v>
+      </c>
+      <c r="P118" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>628</v>
+      </c>
+      <c r="B119" t="s">
+        <v>629</v>
+      </c>
+      <c r="C119" t="s">
+        <v>37</v>
+      </c>
+      <c r="D119" t="s">
+        <v>630</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2006</v>
+      </c>
+      <c r="I119">
+        <v>2015</v>
+      </c>
+      <c r="J119" t="s">
+        <v>40</v>
+      </c>
+      <c r="K119" t="s">
+        <v>396</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>304</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>631</v>
+      </c>
+      <c r="P119" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>633</v>
+      </c>
+      <c r="B120" t="s">
+        <v>634</v>
+      </c>
+      <c r="C120" t="s">
+        <v>37</v>
+      </c>
+      <c r="D120" t="s">
         <v>38</v>
       </c>
-      <c r="D111" t="s">
-[...17 lines deleted...]
-      <c r="J111" t="s">
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
         <v>21</v>
       </c>
-      <c r="K111" t="s">
-[...376 lines deleted...]
-        <v>2012</v>
+      <c r="G120" t="s">
+        <v>22</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
-      <c r="I120" t="s">
-        <v>33</v>
+      <c r="I120">
+        <v>2012</v>
       </c>
       <c r="J120" t="s">
-        <v>168</v>
+        <v>40</v>
       </c>
       <c r="K120" t="s">
-        <v>407</v>
+        <v>249</v>
       </c>
       <c r="L120" t="s">
-        <v>203</v>
+        <v>635</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N120" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>636</v>
+      </c>
+      <c r="P120" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>409</v>
+        <v>638</v>
       </c>
       <c r="B121" t="s">
-        <v>30</v>
+        <v>639</v>
       </c>
       <c r="C121" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D121" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E121" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2000</v>
+      </c>
+      <c r="I121">
+        <v>2015</v>
+      </c>
+      <c r="J121" t="s">
+        <v>40</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>42</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>640</v>
+      </c>
+      <c r="P121" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>642</v>
+      </c>
+      <c r="B122" t="s">
+        <v>643</v>
+      </c>
+      <c r="C122" t="s">
+        <v>37</v>
+      </c>
+      <c r="D122" t="s">
         <v>19</v>
       </c>
-      <c r="G121">
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2002</v>
+      </c>
+      <c r="I122">
+        <v>2013</v>
+      </c>
+      <c r="J122" t="s">
+        <v>40</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>644</v>
+      </c>
+      <c r="M122" t="s">
+        <v>42</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>645</v>
+      </c>
+      <c r="P122" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>647</v>
+      </c>
+      <c r="B123" t="s">
+        <v>648</v>
+      </c>
+      <c r="C123" t="s">
+        <v>37</v>
+      </c>
+      <c r="D123" t="s">
+        <v>32</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2000</v>
       </c>
-      <c r="H121">
+      <c r="I123">
         <v>2015</v>
       </c>
-      <c r="I121" t="s">
-[...2 lines deleted...]
-      <c r="J121" t="s">
+      <c r="J123" t="s">
+        <v>40</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>304</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>649</v>
+      </c>
+      <c r="P123" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>651</v>
+      </c>
+      <c r="B124" t="s">
+        <v>652</v>
+      </c>
+      <c r="C124" t="s">
+        <v>37</v>
+      </c>
+      <c r="D124" t="s">
+        <v>288</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
         <v>21</v>
       </c>
-      <c r="K121"/>
-[...32 lines deleted...]
-      <c r="H122">
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2001</v>
+      </c>
+      <c r="I124">
         <v>2013</v>
       </c>
-      <c r="I122" t="s">
-[...2 lines deleted...]
-      <c r="J122" t="s">
+      <c r="J124" t="s">
+        <v>40</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>42</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>653</v>
+      </c>
+      <c r="P124" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>655</v>
+      </c>
+      <c r="B125" t="s">
+        <v>656</v>
+      </c>
+      <c r="C125" t="s">
+        <v>37</v>
+      </c>
+      <c r="D125" t="s">
+        <v>108</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
         <v>21</v>
       </c>
-      <c r="K122" t="s">
-[...40 lines deleted...]
-      <c r="J123" t="s">
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2006</v>
+      </c>
+      <c r="I125">
+        <v>2013</v>
+      </c>
+      <c r="J125" t="s">
+        <v>40</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>304</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>657</v>
+      </c>
+      <c r="P125" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>659</v>
+      </c>
+      <c r="B126" t="s">
+        <v>660</v>
+      </c>
+      <c r="C126" t="s">
+        <v>37</v>
+      </c>
+      <c r="D126" t="s">
+        <v>96</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
         <v>21</v>
       </c>
-      <c r="K123"/>
-[...29 lines deleted...]
-      <c r="G124">
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2001</v>
       </c>
-      <c r="H124">
+      <c r="I126">
         <v>2013</v>
       </c>
-      <c r="I124" t="s">
-[...2 lines deleted...]
-      <c r="J124" t="s">
+      <c r="J126" t="s">
+        <v>40</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>42</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>661</v>
+      </c>
+      <c r="P126" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>663</v>
+      </c>
+      <c r="B127" t="s">
+        <v>664</v>
+      </c>
+      <c r="C127" t="s">
+        <v>37</v>
+      </c>
+      <c r="D127" t="s">
+        <v>234</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>21</v>
       </c>
-      <c r="K124"/>
-[...114 lines deleted...]
-        <v>2011</v>
+      <c r="G127" t="s">
+        <v>22</v>
       </c>
       <c r="H127">
         <v>2011</v>
       </c>
-      <c r="I127" t="s">
-        <v>33</v>
+      <c r="I127">
+        <v>2011</v>
       </c>
       <c r="J127" t="s">
+        <v>40</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>665</v>
+      </c>
+      <c r="M127" t="s">
+        <v>304</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>666</v>
+      </c>
+      <c r="P127" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>668</v>
+      </c>
+      <c r="B128" t="s">
+        <v>669</v>
+      </c>
+      <c r="C128" t="s">
+        <v>37</v>
+      </c>
+      <c r="D128" t="s">
+        <v>47</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
         <v>21</v>
       </c>
-      <c r="K127" t="s">
-[...31 lines deleted...]
-      <c r="G128">
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
         <v>2000</v>
       </c>
-      <c r="H128">
+      <c r="I128">
         <v>2013</v>
       </c>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J128" t="s">
+        <v>40</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>444</v>
+      </c>
+      <c r="M128" t="s">
+        <v>42</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>670</v>
+      </c>
+      <c r="P128" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>672</v>
+      </c>
+      <c r="B129" t="s">
+        <v>673</v>
+      </c>
+      <c r="C129" t="s">
+        <v>37</v>
+      </c>
+      <c r="D129" t="s">
+        <v>47</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
         <v>21</v>
       </c>
-      <c r="K128" t="s">
-[...31 lines deleted...]
-      <c r="G129">
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2000</v>
       </c>
-      <c r="H129">
+      <c r="I129">
         <v>2014</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N129" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>674</v>
+      </c>
+      <c r="P129" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>429</v>
+        <v>676</v>
       </c>
       <c r="B130" t="s">
-        <v>30</v>
+        <v>677</v>
       </c>
       <c r="C130" t="s">
-        <v>163</v>
+        <v>37</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="E130" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>39</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
-      <c r="I130" t="s">
-        <v>33</v>
+      <c r="I130">
+        <v>2012</v>
       </c>
       <c r="J130" t="s">
+        <v>40</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>678</v>
+      </c>
+      <c r="M130" t="s">
+        <v>304</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>679</v>
+      </c>
+      <c r="P130" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>680</v>
+      </c>
+      <c r="B131" t="s">
+        <v>681</v>
+      </c>
+      <c r="C131" t="s">
+        <v>37</v>
+      </c>
+      <c r="D131" t="s">
+        <v>682</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>39</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>1981</v>
+      </c>
+      <c r="I131">
+        <v>2002</v>
+      </c>
+      <c r="J131" t="s">
+        <v>40</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>304</v>
+      </c>
+      <c r="N131" t="s">
+        <v>118</v>
+      </c>
+      <c r="O131" t="s">
+        <v>683</v>
+      </c>
+      <c r="P131" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>684</v>
+      </c>
+      <c r="B132" t="s">
+        <v>685</v>
+      </c>
+      <c r="C132" t="s">
+        <v>37</v>
+      </c>
+      <c r="D132" t="s">
+        <v>686</v>
+      </c>
+      <c r="E132" t="s">
+        <v>62</v>
+      </c>
+      <c r="F132" t="s">
+        <v>39</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2003</v>
+      </c>
+      <c r="I132">
+        <v>2005</v>
+      </c>
+      <c r="J132" t="s">
+        <v>314</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>42</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>687</v>
+      </c>
+      <c r="P132" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>689</v>
+      </c>
+      <c r="B133"/>
+      <c r="C133" t="s">
+        <v>37</v>
+      </c>
+      <c r="D133" t="s">
+        <v>625</v>
+      </c>
+      <c r="E133" t="s">
+        <v>62</v>
+      </c>
+      <c r="F133" t="s">
+        <v>39</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2011</v>
+      </c>
+      <c r="I133">
+        <v>2018</v>
+      </c>
+      <c r="J133" t="s">
+        <v>314</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>690</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>691</v>
+      </c>
+      <c r="P133" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>692</v>
+      </c>
+      <c r="B134" t="s">
+        <v>693</v>
+      </c>
+      <c r="C134" t="s">
+        <v>37</v>
+      </c>
+      <c r="D134" t="s">
+        <v>694</v>
+      </c>
+      <c r="E134" t="s">
+        <v>62</v>
+      </c>
+      <c r="F134" t="s">
+        <v>39</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2001</v>
+      </c>
+      <c r="I134">
+        <v>2018</v>
+      </c>
+      <c r="J134" t="s">
+        <v>314</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>42</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>695</v>
+      </c>
+      <c r="P134" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>696</v>
+      </c>
+      <c r="B135" t="s">
+        <v>697</v>
+      </c>
+      <c r="C135" t="s">
+        <v>37</v>
+      </c>
+      <c r="D135" t="s">
+        <v>698</v>
+      </c>
+      <c r="E135" t="s">
+        <v>62</v>
+      </c>
+      <c r="F135" t="s">
+        <v>39</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2002</v>
+      </c>
+      <c r="I135">
+        <v>2016</v>
+      </c>
+      <c r="J135" t="s">
+        <v>314</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>42</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>699</v>
+      </c>
+      <c r="P135" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>700</v>
+      </c>
+      <c r="B136" t="s">
+        <v>701</v>
+      </c>
+      <c r="C136" t="s">
+        <v>37</v>
+      </c>
+      <c r="D136" t="s">
+        <v>367</v>
+      </c>
+      <c r="E136" t="s">
+        <v>62</v>
+      </c>
+      <c r="F136" t="s">
+        <v>39</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2000</v>
+      </c>
+      <c r="I136">
+        <v>2018</v>
+      </c>
+      <c r="J136" t="s">
+        <v>314</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>42</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>702</v>
+      </c>
+      <c r="P136" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>703</v>
+      </c>
+      <c r="B137" t="s">
+        <v>704</v>
+      </c>
+      <c r="C137" t="s">
+        <v>705</v>
+      </c>
+      <c r="D137" t="s">
+        <v>706</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
         <v>21</v>
       </c>
-      <c r="K130" t="s">
-[...284 lines deleted...]
-        <v>2006</v>
+      <c r="G137" t="s">
+        <v>22</v>
       </c>
       <c r="H137">
         <v>2006</v>
       </c>
-      <c r="I137" t="s">
-        <v>452</v>
+      <c r="I137">
+        <v>2006</v>
       </c>
       <c r="J137" t="s">
+        <v>707</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>708</v>
+      </c>
+      <c r="M137" t="s">
+        <v>709</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>710</v>
+      </c>
+      <c r="P137"/>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>711</v>
+      </c>
+      <c r="B138" t="s">
+        <v>712</v>
+      </c>
+      <c r="C138" t="s">
+        <v>713</v>
+      </c>
+      <c r="D138" t="s">
+        <v>47</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
         <v>21</v>
       </c>
-      <c r="K137" t="s">
-[...31 lines deleted...]
-      <c r="G138">
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2006</v>
       </c>
-      <c r="H138">
+      <c r="I138">
         <v>2015</v>
       </c>
-      <c r="I138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>21</v>
+        <v>714</v>
       </c>
       <c r="K138" t="s">
-        <v>459</v>
+        <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>460</v>
+        <v>715</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>716</v>
       </c>
       <c r="N138" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>717</v>
+      </c>
+      <c r="P138" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>462</v>
+        <v>719</v>
       </c>
       <c r="B139" t="s">
-        <v>30</v>
+        <v>720</v>
       </c>
       <c r="C139" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="E139" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>39</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
         <v>1991</v>
       </c>
-      <c r="H139">
+      <c r="I139">
         <v>2009</v>
       </c>
-      <c r="I139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J139" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K139" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>35</v>
+        <v>721</v>
       </c>
       <c r="M139" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N139" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>722</v>
+      </c>
+      <c r="P139" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>465</v>
+        <v>723</v>
       </c>
       <c r="B140" t="s">
-        <v>30</v>
+        <v>724</v>
       </c>
       <c r="C140" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="E140" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G140">
+        <v>39</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
         <v>1991</v>
       </c>
-      <c r="H140">
+      <c r="I140">
         <v>2002</v>
       </c>
-      <c r="I140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J140" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K140" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="M140" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N140" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>725</v>
+      </c>
+      <c r="P140" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>467</v>
+        <v>726</v>
       </c>
       <c r="B141" t="s">
-        <v>30</v>
+        <v>727</v>
       </c>
       <c r="C141" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="D141" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="E141" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F141" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>39</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>1991</v>
       </c>
-      <c r="H141">
+      <c r="I141">
         <v>2016</v>
       </c>
-      <c r="I141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K141" t="s">
-        <v>468</v>
+        <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>203</v>
+        <v>728</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>304</v>
       </c>
       <c r="N141" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>729</v>
+      </c>
+      <c r="P141" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>470</v>
+        <v>730</v>
       </c>
       <c r="B142" t="s">
-        <v>30</v>
+        <v>731</v>
       </c>
       <c r="C142" t="s">
-        <v>242</v>
+        <v>37</v>
       </c>
       <c r="D142" t="s">
-        <v>17</v>
+        <v>367</v>
       </c>
       <c r="E142" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G142">
+        <v>39</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
         <v>1996</v>
       </c>
-      <c r="H142">
+      <c r="I142">
         <v>2011</v>
       </c>
-      <c r="I142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J142" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K142" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>35</v>
+        <v>368</v>
       </c>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N142" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>732</v>
+      </c>
+      <c r="P142" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>472</v>
+        <v>733</v>
       </c>
       <c r="B143" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="C143" t="s">
-        <v>473</v>
+        <v>37</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>734</v>
       </c>
       <c r="E143" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>39</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
       </c>
       <c r="H143">
         <v>2011</v>
       </c>
-      <c r="I143" t="s">
-        <v>33</v>
+      <c r="I143">
+        <v>2011</v>
       </c>
       <c r="J143" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K143" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>35</v>
+        <v>368</v>
       </c>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N143" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>735</v>
+      </c>
+      <c r="P143" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>472</v>
+        <v>733</v>
       </c>
       <c r="B144" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="C144" t="s">
-        <v>242</v>
+        <v>37</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>367</v>
       </c>
       <c r="E144" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>39</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
         <v>1996</v>
       </c>
-      <c r="H144">
+      <c r="I144">
         <v>2011</v>
       </c>
-      <c r="I144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J144" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K144" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>35</v>
+        <v>368</v>
       </c>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N144" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>736</v>
+      </c>
+      <c r="P144" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>476</v>
+        <v>737</v>
       </c>
       <c r="B145" t="s">
-        <v>275</v>
+        <v>738</v>
       </c>
       <c r="C145" t="s">
-        <v>477</v>
+        <v>420</v>
       </c>
       <c r="D145" t="s">
-        <v>50</v>
+        <v>739</v>
       </c>
       <c r="E145" t="s">
-        <v>478</v>
+        <v>62</v>
       </c>
       <c r="F145" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G145">
+        <v>740</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
         <v>2017</v>
       </c>
-      <c r="H145">
+      <c r="I145">
         <v>2021</v>
       </c>
-      <c r="I145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J145" t="s">
-        <v>479</v>
+        <v>207</v>
       </c>
       <c r="K145" t="s">
-        <v>480</v>
+        <v>741</v>
       </c>
       <c r="L145" t="s">
-        <v>481</v>
+        <v>742</v>
       </c>
       <c r="M145" t="s">
-        <v>85</v>
+        <v>743</v>
       </c>
       <c r="N145" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>118</v>
+      </c>
+      <c r="O145" t="s">
+        <v>744</v>
+      </c>
+      <c r="P145" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>483</v>
+        <v>746</v>
       </c>
       <c r="B146" t="s">
-        <v>30</v>
+        <v>747</v>
       </c>
       <c r="C146" t="s">
-        <v>445</v>
+        <v>37</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>698</v>
       </c>
       <c r="E146" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G146">
+        <v>63</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
         <v>2012</v>
       </c>
-      <c r="H146">
+      <c r="I146">
         <v>2015</v>
       </c>
-      <c r="I146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J146" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="N146" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>118</v>
+      </c>
+      <c r="O146" t="s">
+        <v>748</v>
+      </c>
+      <c r="P146" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>485</v>
+        <v>750</v>
       </c>
       <c r="B147" t="s">
-        <v>486</v>
+        <v>751</v>
       </c>
       <c r="C147" t="s">
-        <v>487</v>
+        <v>752</v>
       </c>
       <c r="D147" t="s">
-        <v>50</v>
+        <v>753</v>
       </c>
       <c r="E147" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G147">
+        <v>63</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2008</v>
       </c>
-      <c r="H147">
+      <c r="I147">
         <v>2013</v>
       </c>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J147" t="s">
-        <v>21</v>
+        <v>754</v>
       </c>
       <c r="K147" t="s">
-        <v>283</v>
+        <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>489</v>
+        <v>430</v>
       </c>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>755</v>
       </c>
       <c r="N147" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>756</v>
+      </c>
+      <c r="P147" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>491</v>
+        <v>758</v>
       </c>
       <c r="B148" t="s">
-        <v>30</v>
+        <v>759</v>
       </c>
       <c r="C148" t="s">
-        <v>242</v>
+        <v>37</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>367</v>
       </c>
       <c r="E148" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G148">
+        <v>63</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
         <v>2010</v>
       </c>
-      <c r="H148">
+      <c r="I148">
         <v>2018</v>
       </c>
-      <c r="I148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J148" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N148" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>760</v>
+      </c>
+      <c r="P148" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>493</v>
+        <v>762</v>
       </c>
       <c r="B149" t="s">
-        <v>30</v>
+        <v>763</v>
       </c>
       <c r="C149" t="s">
-        <v>401</v>
+        <v>37</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>625</v>
       </c>
       <c r="E149" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>63</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
       </c>
       <c r="H149">
         <v>2011</v>
       </c>
-      <c r="I149" t="s">
-        <v>33</v>
+      <c r="I149">
+        <v>2011</v>
       </c>
       <c r="J149" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K149" t="s">
-        <v>494</v>
+        <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>35</v>
+        <v>764</v>
       </c>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N149" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>765</v>
+      </c>
+      <c r="P149" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>496</v>
+        <v>767</v>
       </c>
       <c r="B150" t="s">
-        <v>30</v>
+        <v>768</v>
       </c>
       <c r="C150" t="s">
-        <v>497</v>
+        <v>37</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>769</v>
       </c>
       <c r="E150" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G150">
+        <v>63</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
         <v>2010</v>
       </c>
-      <c r="H150">
+      <c r="I150">
         <v>2016</v>
       </c>
-      <c r="I150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J150" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N150" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>770</v>
+      </c>
+      <c r="P150" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>499</v>
+        <v>772</v>
       </c>
       <c r="B151" t="s">
-        <v>30</v>
+        <v>773</v>
       </c>
       <c r="C151" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>487</v>
       </c>
       <c r="E151" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>63</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
       </c>
       <c r="H151">
         <v>2010</v>
       </c>
-      <c r="I151" t="s">
-        <v>33</v>
+      <c r="I151">
+        <v>2010</v>
       </c>
       <c r="J151" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K151" t="s">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>35</v>
+        <v>774</v>
       </c>
       <c r="M151" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N151" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>775</v>
+      </c>
+      <c r="P151" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>502</v>
+        <v>777</v>
       </c>
       <c r="B152" t="s">
-        <v>30</v>
+        <v>778</v>
       </c>
       <c r="C152" t="s">
-        <v>172</v>
+        <v>37</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>255</v>
       </c>
       <c r="E152" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>63</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
       </c>
       <c r="H152">
         <v>2010</v>
       </c>
-      <c r="I152" t="s">
-        <v>33</v>
+      <c r="I152">
+        <v>2010</v>
       </c>
       <c r="J152" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K152" t="s">
-        <v>468</v>
+        <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>35</v>
+        <v>728</v>
       </c>
       <c r="M152" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N152" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>779</v>
+      </c>
+      <c r="P152" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>504</v>
+        <v>781</v>
       </c>
       <c r="B153" t="s">
-        <v>30</v>
+        <v>782</v>
       </c>
       <c r="C153" t="s">
-        <v>163</v>
+        <v>37</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>240</v>
       </c>
       <c r="E153" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G153">
+        <v>39</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
         <v>2010</v>
       </c>
-      <c r="H153">
+      <c r="I153">
         <v>2017</v>
       </c>
-      <c r="I153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J153" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="K153" t="s">
-        <v>505</v>
+        <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>35</v>
+        <v>783</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="N153" t="s">
-        <v>506</v>
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>784</v>
+      </c>
+      <c r="P153" t="s">
+        <v>785</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>