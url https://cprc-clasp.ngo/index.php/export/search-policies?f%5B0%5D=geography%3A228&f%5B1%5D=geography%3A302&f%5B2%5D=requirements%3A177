--- v0 (2026-02-04)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -871,68 +871,71 @@
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
   </si>
   <si>
-    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
-[...8 lines deleted...]
-  <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
 This Policy is under review with research underway by the UK government.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2026.</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
 These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
@@ -1107,50 +1110,79 @@
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
 This Policy is under review with research underway by the UK government.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) No 617/2013 of 26 June 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for computers and computer servers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers.
+This Regulation shall apply to the following products that can be powered directly from the mains alternating current (AC) including via an external or internal power supply:
+(a) desktop computers;
+(b) integrated desktop computers;
+(c) notebook computers (including tablet computers, slate computers and mobile thin clients);
+(d) desktop thin clients;
+(e) workstations;
+(f) mobile workstations;
+(g) small-scale servers.</t>
+  </si>
+  <si>
+    <t>March 2026</t>
+  </si>
+  <si>
+    <t>EN 62623:2013</t>
+  </si>
+  <si>
+    <t>European Commission, DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6172013-26-june-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0617-20200301</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/66</t>
   </si>
   <si>
@@ -1200,66 +1232,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
@@ -1813,74 +1845,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P96"/>
+  <dimension ref="A1:P97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -4393,1915 +4425,1963 @@
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>39</v>
       </c>
       <c r="O55" t="s">
         <v>268</v>
       </c>
       <c r="P55" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>265</v>
       </c>
       <c r="B56" t="s">
         <v>270</v>
       </c>
       <c r="C56" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>267</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>170</v>
       </c>
       <c r="G56" t="s">
         <v>57</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56">
         <v>2019</v>
       </c>
       <c r="J56" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
-      <c r="M56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M56"/>
       <c r="N56" t="s">
         <v>39</v>
       </c>
       <c r="O56" t="s">
         <v>271</v>
       </c>
       <c r="P56" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>265</v>
       </c>
       <c r="B57" t="s">
         <v>273</v>
       </c>
       <c r="C57" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D57" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>170</v>
       </c>
       <c r="G57" t="s">
         <v>57</v>
       </c>
       <c r="H57">
         <v>2014</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
-      <c r="M57"/>
+      <c r="M57" t="s">
+        <v>32</v>
+      </c>
       <c r="N57" t="s">
         <v>39</v>
       </c>
       <c r="O57" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P57" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B58" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C58" t="s">
         <v>110</v>
       </c>
       <c r="D58" t="s">
         <v>111</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>170</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2023</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>31</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>39</v>
       </c>
       <c r="O58" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P58" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B59" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C59" t="s">
         <v>30</v>
       </c>
       <c r="D59" t="s">
         <v>116</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>170</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2012</v>
       </c>
       <c r="I59">
         <v>2023</v>
       </c>
       <c r="J59" t="s">
         <v>117</v>
       </c>
       <c r="K59" t="s">
         <v>118</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N59" t="s">
         <v>39</v>
       </c>
       <c r="O59" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P59" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B60" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>170</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>39</v>
       </c>
       <c r="O60" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P60" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B61" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C61" t="s">
         <v>30</v>
       </c>
       <c r="D61" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>170</v>
       </c>
       <c r="G61" t="s">
         <v>57</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61">
         <v>2023</v>
       </c>
       <c r="J61" t="s">
         <v>31</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
         <v>32</v>
       </c>
       <c r="N61" t="s">
         <v>39</v>
       </c>
       <c r="O61" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P61" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B62" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C62" t="s">
         <v>30</v>
       </c>
       <c r="D62" t="s">
         <v>37</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>170</v>
       </c>
       <c r="G62" t="s">
         <v>57</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62">
         <v>2024</v>
       </c>
       <c r="J62" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K62" t="s">
         <v>190</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>32</v>
       </c>
       <c r="N62" t="s">
         <v>39</v>
       </c>
       <c r="O62" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P62" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B63" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C63" t="s">
         <v>110</v>
       </c>
       <c r="D63" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>170</v>
       </c>
       <c r="G63" t="s">
         <v>57</v>
       </c>
       <c r="H63">
         <v>2024</v>
       </c>
       <c r="I63">
         <v>2024</v>
       </c>
       <c r="J63" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
         <v>32</v>
       </c>
       <c r="N63" t="s">
         <v>25</v>
       </c>
       <c r="O63" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P63" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B64" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C64" t="s">
         <v>110</v>
       </c>
       <c r="D64" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>170</v>
       </c>
       <c r="G64" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H64">
         <v>2025</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M64" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N64" t="s">
         <v>39</v>
       </c>
       <c r="O64" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P64" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B65" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>124</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>170</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2014</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>125</v>
       </c>
       <c r="M65"/>
       <c r="N65" t="s">
         <v>39</v>
       </c>
       <c r="O65" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P65" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B66" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C66" t="s">
         <v>30</v>
       </c>
       <c r="D66" t="s">
         <v>124</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>170</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2014</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>31</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>125</v>
       </c>
       <c r="M66" t="s">
         <v>32</v>
       </c>
       <c r="N66" t="s">
         <v>39</v>
       </c>
       <c r="O66" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P66" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B67" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>170</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67"/>
       <c r="N67" t="s">
         <v>39</v>
       </c>
       <c r="O67" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P67" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B68" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C68" t="s">
         <v>30</v>
       </c>
       <c r="D68" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>170</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>31</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>32</v>
       </c>
       <c r="N68" t="s">
         <v>39</v>
       </c>
       <c r="O68" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P68" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B69" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>170</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
         <v>25</v>
       </c>
       <c r="O69" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P69" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B70" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C70" t="s">
         <v>30</v>
       </c>
       <c r="D70" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>170</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2011</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>31</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>32</v>
       </c>
       <c r="N70" t="s">
         <v>25</v>
       </c>
       <c r="O70" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P70" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B71" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C71" t="s">
         <v>30</v>
       </c>
       <c r="D71" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>170</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>31</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>32</v>
       </c>
       <c r="N71" t="s">
         <v>39</v>
       </c>
       <c r="O71" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P71" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B72" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>170</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>23</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>39</v>
       </c>
       <c r="O72" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P72" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B73" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C73" t="s">
         <v>30</v>
       </c>
       <c r="D73" t="s">
-        <v>345</v>
+        <v>267</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>170</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>31</v>
+        <v>346</v>
       </c>
       <c r="K73" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="L73"/>
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>347</v>
+      </c>
       <c r="M73" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="N73" t="s">
         <v>39</v>
       </c>
       <c r="O73" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="P73" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="B74" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C74" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D74" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>170</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="K74" t="s">
         <v>118</v>
       </c>
       <c r="L74"/>
-      <c r="M74"/>
+      <c r="M74" t="s">
+        <v>32</v>
+      </c>
       <c r="N74" t="s">
         <v>39</v>
       </c>
       <c r="O74" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="P74" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>351</v>
       </c>
       <c r="B75" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
         <v>353</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>170</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>39</v>
       </c>
       <c r="O75" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="P75" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B76" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C76" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>170</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2013</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
-      <c r="M76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M76"/>
       <c r="N76" t="s">
         <v>39</v>
       </c>
       <c r="O76" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="P76" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>359</v>
       </c>
       <c r="B77" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C77" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D77" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>170</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2013</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="K77" t="s">
-        <v>138</v>
-[...4 lines deleted...]
-      <c r="M77"/>
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>32</v>
+      </c>
       <c r="N77" t="s">
         <v>39</v>
       </c>
       <c r="O77" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="P77" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="B78" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C78" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D78" t="s">
         <v>137</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>170</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2013</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>138</v>
       </c>
       <c r="L78" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="M78"/>
       <c r="N78" t="s">
         <v>39</v>
       </c>
       <c r="O78" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="P78" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>367</v>
       </c>
       <c r="B79" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C79" t="s">
-        <v>156</v>
+        <v>30</v>
       </c>
       <c r="D79" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>170</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="K79" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="M79"/>
+        <v>138</v>
+      </c>
+      <c r="L79" t="s">
+        <v>369</v>
+      </c>
+      <c r="M79" t="s">
+        <v>32</v>
+      </c>
       <c r="N79" t="s">
         <v>39</v>
       </c>
       <c r="O79" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="P79" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B80" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C80" t="s">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="D80" t="s">
-        <v>161</v>
+        <v>116</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>170</v>
       </c>
       <c r="G80" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H80">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>373</v>
+        <v>23</v>
       </c>
       <c r="K80" t="s">
-        <v>374</v>
+        <v>118</v>
       </c>
       <c r="L80"/>
-      <c r="M80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M80"/>
       <c r="N80" t="s">
         <v>39</v>
       </c>
       <c r="O80" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="P80" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="B81" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="C81" t="s">
         <v>156</v>
       </c>
       <c r="D81" t="s">
         <v>161</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>170</v>
       </c>
       <c r="G81" t="s">
         <v>57</v>
       </c>
       <c r="H81">
         <v>1992</v>
       </c>
       <c r="I81">
         <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="K81" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="N81" t="s">
         <v>39</v>
       </c>
       <c r="O81" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="P81" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>379</v>
       </c>
       <c r="B82" t="s">
         <v>380</v>
       </c>
       <c r="C82" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D82" t="s">
-        <v>381</v>
+        <v>161</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>170</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H82">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I82"/>
+        <v>1992</v>
+      </c>
+      <c r="I82">
+        <v>2013</v>
+      </c>
       <c r="J82" t="s">
-        <v>23</v>
+        <v>384</v>
       </c>
       <c r="K82" t="s">
-        <v>24</v>
+        <v>381</v>
       </c>
       <c r="L82"/>
-      <c r="M82"/>
+      <c r="M82" t="s">
+        <v>32</v>
+      </c>
       <c r="N82" t="s">
         <v>39</v>
       </c>
       <c r="O82" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P82" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B83" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C83" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>170</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>387</v>
+        <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
-      <c r="M83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M83"/>
       <c r="N83" t="s">
         <v>39</v>
       </c>
       <c r="O83" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="P83" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B84" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C84" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D84" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>170</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>23</v>
+        <v>395</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
-      <c r="M84"/>
+      <c r="M84" t="s">
+        <v>32</v>
+      </c>
       <c r="N84" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="O84" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="P84" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B85" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C85" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>170</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2015</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
-      <c r="M85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M85"/>
       <c r="N85" t="s">
         <v>25</v>
       </c>
       <c r="O85" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="P85" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B86" t="s">
+        <v>404</v>
+      </c>
+      <c r="C86" t="s">
+        <v>30</v>
+      </c>
+      <c r="D86" t="s">
         <v>400</v>
       </c>
-      <c r="C86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>403</v>
+        <v>170</v>
       </c>
       <c r="G86" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H86">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>404</v>
+        <v>31</v>
       </c>
       <c r="K86" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>407</v>
+        <v>32</v>
       </c>
       <c r="N86" t="s">
         <v>25</v>
       </c>
       <c r="O86" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="P86" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>407</v>
+      </c>
+      <c r="B87" t="s">
+        <v>408</v>
+      </c>
+      <c r="C87" t="s">
+        <v>409</v>
+      </c>
+      <c r="D87" t="s">
         <v>410</v>
       </c>
-      <c r="B87" t="s">
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
         <v>411</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>57</v>
       </c>
       <c r="H87">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="I87">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="J87" t="s">
+        <v>412</v>
+      </c>
+      <c r="K87" t="s">
+        <v>413</v>
+      </c>
+      <c r="L87" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="M87" t="s">
         <v>415</v>
       </c>
       <c r="N87" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="O87" t="s">
         <v>416</v>
       </c>
       <c r="P87" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>418</v>
       </c>
       <c r="B88" t="s">
         <v>419</v>
       </c>
       <c r="C88" t="s">
-        <v>18</v>
+        <v>420</v>
       </c>
       <c r="D88" t="s">
-        <v>79</v>
+        <v>421</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H88">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I88"/>
+        <v>2008</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
       <c r="J88" t="s">
-        <v>23</v>
+        <v>422</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88"/>
-      <c r="M88"/>
+      <c r="L88" t="s">
+        <v>369</v>
+      </c>
+      <c r="M88" t="s">
+        <v>423</v>
+      </c>
       <c r="N88" t="s">
         <v>39</v>
       </c>
       <c r="O88" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="P88" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="B89" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>79</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>170</v>
+        <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
         <v>39</v>
       </c>
       <c r="O89" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="P89" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B90" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>427</v>
+        <v>79</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>170</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>39</v>
       </c>
       <c r="O90" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="P90" t="s">
-        <v>104</v>
+        <v>432</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B91" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>170</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="O91" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="P91" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B92" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>94</v>
+        <v>439</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>170</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="O92" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="P92" t="s">
-        <v>436</v>
+        <v>104</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B93" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>170</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
         <v>39</v>
       </c>
       <c r="O93" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="P93" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B94" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>170</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="O94" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="P94" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B95" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>66</v>
+        <v>102</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>170</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2021</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95"/>
       <c r="N95" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="O95" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="P95" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B96" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>235</v>
+        <v>66</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>170</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96"/>
       <c r="N96" t="s">
+        <v>39</v>
+      </c>
+      <c r="O96" t="s">
+        <v>455</v>
+      </c>
+      <c r="P96" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>457</v>
+      </c>
+      <c r="B97" t="s">
+        <v>458</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>235</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>170</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2021</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>118</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97"/>
+      <c r="N97" t="s">
         <v>25</v>
       </c>
-      <c r="O96" t="s">
-[...2 lines deleted...]
-      <c r="P96" t="s">
+      <c r="O97" t="s">
+        <v>459</v>
+      </c>
+      <c r="P97" t="s">
         <v>104</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>