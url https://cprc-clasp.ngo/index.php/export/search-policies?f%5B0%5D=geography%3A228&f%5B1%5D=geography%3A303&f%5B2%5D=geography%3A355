--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -1093,60 +1093,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
   </si>
@@ -8624,55 +8625,53 @@
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>339</v>
       </c>
       <c r="B70" t="s">
         <v>340</v>
       </c>
       <c r="C70" t="s">
         <v>146</v>
       </c>
       <c r="D70" t="s">
         <v>341</v>
       </c>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70" t="s">
         <v>205</v>
       </c>
       <c r="G70" t="s">
         <v>342</v>
       </c>
       <c r="H70">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
         <v>343</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>344</v>
       </c>
       <c r="M70" t="s">
         <v>345</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>346</v>
       </c>
       <c r="P70" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>348</v>
@@ -13429,51 +13428,51 @@
       </c>
       <c r="P170" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>859</v>
       </c>
       <c r="B171" t="s">
         <v>860</v>
       </c>
       <c r="C171" t="s">
         <v>435</v>
       </c>
       <c r="D171" t="s">
         <v>861</v>
       </c>
       <c r="E171" t="s">
         <v>63</v>
       </c>
       <c r="F171" t="s">
         <v>862</v>
       </c>
       <c r="G171" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H171">
         <v>2021</v>
       </c>
       <c r="I171">
         <v>2024</v>
       </c>
       <c r="J171" t="s">
         <v>863</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171" t="s">
         <v>864</v>
       </c>
       <c r="M171" t="s">
         <v>438</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
         <v>865</v>
       </c>