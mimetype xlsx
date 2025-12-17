--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1016">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1017">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3094,50 +3094,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
@@ -3574,51 +3577,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -12264,440 +12267,440 @@
       </c>
       <c r="P181" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
         <v>974</v>
       </c>
       <c r="B182" t="s">
         <v>975</v>
       </c>
       <c r="C182" t="s">
         <v>158</v>
       </c>
       <c r="D182" t="s">
         <v>976</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>297</v>
       </c>
       <c r="G182" t="s">
-        <v>44</v>
+        <v>977</v>
       </c>
       <c r="H182">
         <v>2014</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
         <v>940</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="P182" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B183" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C183" t="s">
         <v>158</v>
       </c>
       <c r="D183" t="s">
         <v>178</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>297</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>2014</v>
       </c>
       <c r="I183">
         <v>2024</v>
       </c>
       <c r="J183" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
         <v>940</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="P183" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B184" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C184" t="s">
         <v>158</v>
       </c>
       <c r="D184" t="s">
         <v>586</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>297</v>
       </c>
       <c r="G184" t="s">
         <v>44</v>
       </c>
       <c r="H184">
         <v>2014</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>424</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
         <v>940</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="P184" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B185" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C185" t="s">
         <v>158</v>
       </c>
       <c r="D185" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>297</v>
       </c>
       <c r="G185" t="s">
         <v>44</v>
       </c>
       <c r="H185">
         <v>2016</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
         <v>424</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
         <v>940</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="P185" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B186" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C186" t="s">
         <v>158</v>
       </c>
       <c r="D186" t="s">
         <v>577</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>297</v>
       </c>
       <c r="G186" t="s">
         <v>44</v>
       </c>
       <c r="H186">
         <v>2016</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
         <v>424</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
         <v>940</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="P186" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B187" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C187" t="s">
         <v>158</v>
       </c>
       <c r="D187" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>297</v>
       </c>
       <c r="G187" t="s">
         <v>44</v>
       </c>
       <c r="H187">
         <v>2016</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
         <v>424</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
         <v>940</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="P187" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B188" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C188" t="s">
         <v>158</v>
       </c>
       <c r="D188" t="s">
         <v>431</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
         <v>297</v>
       </c>
       <c r="G188" t="s">
         <v>44</v>
       </c>
       <c r="H188">
         <v>2007</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
         <v>424</v>
       </c>
       <c r="K188" t="s">
         <v>24</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
         <v>940</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="P188" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B189" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>297</v>
       </c>
       <c r="G189" t="s">
         <v>44</v>
       </c>
       <c r="H189">
         <v>2014</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
         <v>38</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189"/>
       <c r="M189"/>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="P189" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B190" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C190" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D190" t="s">
         <v>37</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>297</v>
       </c>
       <c r="G190" t="s">
         <v>44</v>
       </c>
       <c r="H190">
         <v>2013</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
         <v>38</v>
       </c>
       <c r="K190" t="s">
         <v>24</v>
       </c>
       <c r="L190"/>
       <c r="M190"/>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="P190" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">