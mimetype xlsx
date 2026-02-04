--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1090,50 +1090,85 @@
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
     <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
@@ -1144,63 +1179,54 @@
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
     <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
@@ -1591,51 +1617,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P68"/>
+  <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4595,382 +4621,432 @@
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>348</v>
       </c>
       <c r="P61" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>350</v>
       </c>
       <c r="B62" t="s">
         <v>351</v>
       </c>
       <c r="C62" t="s">
         <v>352</v>
       </c>
       <c r="D62" t="s">
         <v>353</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>354</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H62">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="I62">
-        <v>2006</v>
+        <v>2024</v>
       </c>
       <c r="J62" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M62" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="P62"/>
+        <v>358</v>
+      </c>
+      <c r="P62" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B63" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C63" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D63" t="s">
-        <v>37</v>
+        <v>363</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2006</v>
       </c>
       <c r="I63">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="J63" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M63" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>367</v>
+      </c>
+      <c r="P63"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B64" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C64" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D64" t="s">
-        <v>369</v>
+        <v>37</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>370</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="I64">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J64" t="s">
-        <v>262</v>
+        <v>371</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M64" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P64" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B65" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C65" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="D65" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E65" t="s">
         <v>52</v>
       </c>
       <c r="F65" t="s">
-        <v>53</v>
+        <v>354</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2007</v>
       </c>
       <c r="I65">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J65" t="s">
         <v>262</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M65" t="s">
-        <v>372</v>
+        <v>357</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P65" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B66" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C66" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="D66" t="s">
-        <v>247</v>
+        <v>384</v>
       </c>
       <c r="E66" t="s">
         <v>52</v>
       </c>
       <c r="F66" t="s">
-        <v>370</v>
+        <v>53</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I66">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J66" t="s">
         <v>262</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="M66" t="s">
-        <v>372</v>
+        <v>357</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P66" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B67" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C67" t="s">
-        <v>253</v>
+        <v>352</v>
       </c>
       <c r="D67" t="s">
-        <v>388</v>
+        <v>247</v>
       </c>
       <c r="E67" t="s">
         <v>52</v>
       </c>
       <c r="F67" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2017</v>
+        <v>1993</v>
       </c>
       <c r="I67">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="J67" t="s">
-        <v>198</v>
+        <v>262</v>
       </c>
       <c r="K67" t="s">
-        <v>389</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>390</v>
       </c>
       <c r="M67" t="s">
+        <v>357</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>391</v>
       </c>
-      <c r="N67" t="s">
-[...2 lines deleted...]
-      <c r="O67" t="s">
+      <c r="P67" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>393</v>
+      </c>
+      <c r="B68" t="s">
         <v>394</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
+        <v>253</v>
+      </c>
+      <c r="D68" t="s">
         <v>395</v>
-      </c>
-[...4 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E68" t="s">
         <v>52</v>
       </c>
       <c r="F68" t="s">
+        <v>354</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2017</v>
+      </c>
+      <c r="I68">
+        <v>2021</v>
+      </c>
+      <c r="J68" t="s">
+        <v>198</v>
+      </c>
+      <c r="K68" t="s">
+        <v>396</v>
+      </c>
+      <c r="L68" t="s">
+        <v>397</v>
+      </c>
+      <c r="M68" t="s">
+        <v>398</v>
+      </c>
+      <c r="N68" t="s">
+        <v>109</v>
+      </c>
+      <c r="O68" t="s">
+        <v>399</v>
+      </c>
+      <c r="P68" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>401</v>
+      </c>
+      <c r="B69" t="s">
+        <v>402</v>
+      </c>
+      <c r="C69" t="s">
+        <v>403</v>
+      </c>
+      <c r="D69" t="s">
+        <v>404</v>
+      </c>
+      <c r="E69" t="s">
+        <v>52</v>
+      </c>
+      <c r="F69" t="s">
         <v>53</v>
       </c>
-      <c r="G68" t="s">
-[...2 lines deleted...]
-      <c r="H68">
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2008</v>
       </c>
-      <c r="I68">
+      <c r="I69">
         <v>2013</v>
       </c>
-      <c r="J68" t="s">
-[...5 lines deleted...]
-      <c r="L68" t="s">
+      <c r="J69" t="s">
+        <v>405</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
         <v>263</v>
       </c>
-      <c r="M68" t="s">
-[...9 lines deleted...]
-        <v>401</v>
+      <c r="M69" t="s">
+        <v>406</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>407</v>
+      </c>
+      <c r="P69" t="s">
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">