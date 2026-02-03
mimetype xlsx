--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,911 +12,788 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
+  </si>
+  <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Televisions</t>
+    <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil, Water</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
+    <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
+  </si>
+  <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 14 511:2004; EN12309-2:2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>IEC 62087</t>
-[...11 lines deleted...]
-    <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
+  </si>
+  <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
+    <t>Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
-[...2 lines deleted...]
-    <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
+    <t>Outdoor Tools &amp; Equipment</t>
+  </si>
+  <si>
+    <t>Electricity, Oil</t>
+  </si>
+  <si>
+    <t>ISO 8178, CEC RF-08-A-85</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 048 Computers</t>
+  </si>
+  <si>
+    <t>Computers, Displays</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Computer Program Requirements Version 6</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 059 Heat Pumps</t>
+  </si>
+  <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>EN 14511</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
+    <t>Doors, Windows</t>
+  </si>
+  <si>
+    <t>EN 14351-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 071 TV and Projector</t>
+  </si>
+  <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
+    <t>Televisions, Projectors</t>
+  </si>
+  <si>
+    <t>IEC 62087, ver. 2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
+    <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
+  </si>
+  <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
+  </si>
+  <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
+    <t>Voluntary ecodesign scheme for games consoles</t>
+  </si>
+  <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
-[...712 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1180,3165 +1057,1890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N73"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="213.377" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...28 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>63</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>41</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>72</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>41</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1985</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>73</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>72</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
+        <v>41</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>72</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>41</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>72</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>73</v>
+      </c>
+      <c r="K14" t="s">
+        <v>41</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>72</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1984</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>73</v>
+      </c>
+      <c r="K15" t="s">
+        <v>41</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>72</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1990</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" t="s">
+        <v>41</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+      <c r="K17" t="s">
+        <v>41</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>72</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1983</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>73</v>
+      </c>
+      <c r="K18" t="s">
+        <v>41</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>72</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2011</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>73</v>
+      </c>
+      <c r="K19" t="s">
+        <v>123</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>72</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1987</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" t="s">
+        <v>41</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1987</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K21" t="s">
+        <v>41</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>72</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>73</v>
+      </c>
+      <c r="K22" t="s">
+        <v>41</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>72</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1986</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>73</v>
+      </c>
+      <c r="K23" t="s">
+        <v>41</v>
+      </c>
+      <c r="L23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>72</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1984</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>73</v>
+      </c>
+      <c r="K24" t="s">
+        <v>41</v>
+      </c>
+      <c r="L24" t="s">
+        <v>149</v>
+      </c>
+      <c r="M24" t="s">
+        <v>150</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>155</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>73</v>
+      </c>
+      <c r="K25" t="s">
+        <v>41</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>150</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>160</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>155</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>73</v>
+      </c>
+      <c r="K26" t="s">
+        <v>32</v>
+      </c>
+      <c r="L26" t="s">
+        <v>161</v>
+      </c>
+      <c r="M26" t="s">
+        <v>162</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>166</v>
+      </c>
+      <c r="D27" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...38 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>167</v>
+      </c>
+      <c r="K27" t="s">
+        <v>41</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>168</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>171</v>
+      </c>
+      <c r="C28" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" t="s">
+        <v>172</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...6 lines deleted...]
-      <c r="N4" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>167</v>
+      </c>
+      <c r="K28" t="s">
         <v>32</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G5">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>168</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>174</v>
+      </c>
+      <c r="C29" t="s">
+        <v>166</v>
+      </c>
+      <c r="D29" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2014</v>
       </c>
-      <c r="H5"/>
-[...36 lines deleted...]
-      <c r="G6">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>41</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>168</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>176</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>166</v>
+      </c>
+      <c r="D30" t="s">
+        <v>179</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2014</v>
       </c>
-      <c r="H6"/>
-[...91 lines deleted...]
-      <c r="J8" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>167</v>
+      </c>
+      <c r="K30" t="s">
+        <v>180</v>
+      </c>
+      <c r="L30" t="s">
+        <v>181</v>
+      </c>
+      <c r="M30" t="s">
+        <v>168</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>182</v>
+      </c>
+      <c r="P30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" t="s">
+        <v>184</v>
+      </c>
+      <c r="C31" t="s">
+        <v>166</v>
+      </c>
+      <c r="D31" t="s">
+        <v>185</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...968 lines deleted...]
-        <v>2008</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="K31"/>
+        <v>167</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
+      </c>
       <c r="L31" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="M31" t="s">
-        <v>100</v>
+        <v>168</v>
       </c>
       <c r="N31" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>187</v>
+      </c>
+      <c r="P31" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>136</v>
+        <v>189</v>
       </c>
       <c r="B32" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="C32" t="s">
-        <v>137</v>
+        <v>166</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>167</v>
+      </c>
+      <c r="K32" t="s">
+        <v>41</v>
+      </c>
+      <c r="L32" t="s">
+        <v>192</v>
+      </c>
+      <c r="M32" t="s">
+        <v>168</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>166</v>
+      </c>
+      <c r="D33" t="s">
+        <v>197</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>167</v>
+      </c>
+      <c r="K33" t="s">
+        <v>55</v>
+      </c>
+      <c r="L33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M33" t="s">
+        <v>168</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>199</v>
+      </c>
+      <c r="P33" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>201</v>
+      </c>
+      <c r="B34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" t="s">
+        <v>166</v>
+      </c>
+      <c r="D34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>167</v>
+      </c>
+      <c r="K34" t="s">
+        <v>41</v>
+      </c>
+      <c r="L34" t="s">
+        <v>204</v>
+      </c>
+      <c r="M34" t="s">
+        <v>168</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>205</v>
+      </c>
+      <c r="P34" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>207</v>
+      </c>
+      <c r="B35" t="s">
+        <v>208</v>
+      </c>
+      <c r="C35" t="s">
+        <v>209</v>
+      </c>
+      <c r="D35" t="s">
+        <v>210</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>155</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>167</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>211</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>212</v>
+      </c>
+      <c r="P35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" t="s">
+        <v>216</v>
+      </c>
+      <c r="D36" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>155</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>217</v>
+      </c>
+      <c r="K36" t="s">
+        <v>55</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>218</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>223</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>72</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>224</v>
+      </c>
+      <c r="K37" t="s">
+        <v>41</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>227</v>
+      </c>
+      <c r="B38" t="s">
+        <v>228</v>
+      </c>
+      <c r="C38" t="s">
+        <v>229</v>
+      </c>
+      <c r="D38" t="s">
         <v>97</v>
       </c>
-      <c r="F32" t="s">
-[...245 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="K38" t="s">
+        <v>41</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
       <c r="N38" t="s">
-        <v>159</v>
-[...943 lines deleted...]
-      <c r="I61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
         <v>230</v>
       </c>
-      <c r="J61" t="s">
-[...3 lines deleted...]
-      <c r="L61" t="s">
+      <c r="P38" t="s">
         <v>231</v>
       </c>
-      <c r="M61" t="s">
-[...494 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>