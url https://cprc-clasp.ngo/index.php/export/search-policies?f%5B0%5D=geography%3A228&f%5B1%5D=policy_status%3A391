--- v1 (2026-02-03)
+++ v2 (2026-03-26)
@@ -576,69 +576,69 @@
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
     <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
@@ -1557,51 +1557,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3016,127 +3016,127 @@
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>55</v>
       </c>
       <c r="N30" t="s">
         <v>109</v>
       </c>
       <c r="O30" t="s">
         <v>175</v>
       </c>
       <c r="P30" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>177</v>
       </c>
       <c r="B31" t="s">
         <v>178</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>108</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>1992</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
+        <v>167</v>
+      </c>
+      <c r="K31" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>55</v>
+        <v>181</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>182</v>
       </c>
       <c r="P31" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>177</v>
       </c>
       <c r="B32" t="s">
         <v>178</v>
       </c>
       <c r="C32" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>179</v>
       </c>
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32" t="s">
         <v>108</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
       <c r="K32" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>184</v>
+        <v>55</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>185</v>
       </c>
       <c r="P32" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>187</v>
       </c>
       <c r="B33" t="s">
         <v>188</v>
       </c>
       <c r="C33" t="s">
         <v>189</v>
       </c>
       <c r="D33" t="s">
         <v>190</v>
       </c>
       <c r="E33" t="s">