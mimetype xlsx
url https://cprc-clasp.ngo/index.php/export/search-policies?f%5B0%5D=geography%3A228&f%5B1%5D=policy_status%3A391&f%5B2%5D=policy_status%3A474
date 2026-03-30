--- v0 (2025-12-27)
+++ v1 (2026-03-30)
@@ -604,69 +604,69 @@
   <si>
     <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
     <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
@@ -1585,51 +1585,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -3092,127 +3092,127 @@
       </c>
       <c r="L31" t="s">
         <v>182</v>
       </c>
       <c r="M31" t="s">
         <v>183</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>184</v>
       </c>
       <c r="P31" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>186</v>
       </c>
       <c r="B32" t="s">
         <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="D32" t="s">
         <v>188</v>
       </c>
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32" t="s">
         <v>108</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
+        <v>167</v>
+      </c>
+      <c r="K32" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>55</v>
+        <v>190</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>191</v>
       </c>
       <c r="P32" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>186</v>
       </c>
       <c r="B33" t="s">
         <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>188</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
       <c r="F33" t="s">
         <v>108</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1992</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
-        <v>167</v>
+        <v>193</v>
       </c>
       <c r="K33" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>193</v>
+        <v>55</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>194</v>
       </c>
       <c r="P33" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>196</v>
       </c>
       <c r="B34" t="s">
         <v>197</v>
       </c>
       <c r="C34" t="s">
         <v>198</v>
       </c>
       <c r="D34" t="s">
         <v>199</v>
       </c>
       <c r="E34" t="s">