--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -65,69 +65,70 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -463,51 +464,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="218.09" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -548,55 +549,53 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>