--- v0 (2025-10-15)
+++ v1 (2026-02-02)
@@ -12,386 +12,496 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -655,877 +765,994 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1321.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>42</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>77</v>
+      </c>
+      <c r="K12" t="s">
+        <v>64</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>42</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13">
+        <v>1992</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>83</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>42</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>84</v>
+      </c>
+      <c r="P13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14">
+        <v>1992</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>77</v>
+      </c>
+      <c r="K14" t="s">
+        <v>83</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>92</v>
+      </c>
+      <c r="L15" t="s">
+        <v>93</v>
+      </c>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>100</v>
+      </c>
+      <c r="K16" t="s">
+        <v>101</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>108</v>
+      </c>
+      <c r="L17" t="s">
+        <v>109</v>
+      </c>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...21 lines deleted...]
-      <c r="B3" t="s">
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>119</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-      <c r="A4" t="s">
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...516 lines deleted...]
-      <c r="A17" t="s">
+      <c r="F19" t="s">
+        <v>126</v>
+      </c>
+      <c r="G19" t="s">
         <v>76</v>
       </c>
-      <c r="B17" t="s">
-[...98 lines deleted...]
-      <c r="G19">
+      <c r="H19">
         <v>2017</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2021</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="K19" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="L19" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="M19" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="N19" t="s">
-        <v>98</v>
+        <v>131</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>