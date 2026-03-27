--- v1 (2026-02-02)
+++ v2 (2026-03-27)
@@ -264,69 +264,69 @@
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>Natural gas and LPG boilers</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
@@ -788,51 +788,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1321.106" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1347,136 +1347,136 @@
       <c r="K12" t="s">
         <v>64</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>42</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>78</v>
       </c>
       <c r="P12" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>80</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>63</v>
       </c>
       <c r="G13" t="s">
         <v>76</v>
       </c>
       <c r="H13">
         <v>1992</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="K13" t="s">
         <v>83</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P13" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>80</v>
       </c>
       <c r="B14" t="s">
         <v>81</v>
       </c>
       <c r="C14" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>76</v>
       </c>
       <c r="H14">
         <v>1992</v>
       </c>
       <c r="I14">
         <v>2013</v>
       </c>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="K14" t="s">
         <v>83</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>89</v>
       </c>
       <c r="B15" t="s">
         <v>90</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">