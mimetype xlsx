--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -12,287 +12,359 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,599 +628,674 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2024</v>
       </c>
-      <c r="I4" t="s">
-        <v>34</v>
+      <c r="I4">
+        <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="N4" t="s">
-        <v>36</v>
+        <v>42</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>31</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...6 lines deleted...]
-      <c r="I5" t="s">
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L5"/>
-      <c r="M5" t="s">
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>31</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>38</v>
       </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>42</v>
+      </c>
+      <c r="O9" t="s">
+        <v>63</v>
+      </c>
+      <c r="P9" t="s">
+        <v>64</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...6 lines deleted...]
-      <c r="I6" t="s">
+      <c r="N10" t="s">
+        <v>42</v>
+      </c>
+      <c r="O10" t="s">
+        <v>65</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>39</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1986</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="J6" t="s">
-[...12 lines deleted...]
-        <v>39</v>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
         <v>40</v>
       </c>
-      <c r="B7" t="s">
-[...29 lines deleted...]
-      <c r="N7" t="s">
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>83</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
         <v>42</v>
       </c>
-    </row>
-[...201 lines deleted...]
-        <v>65</v>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>