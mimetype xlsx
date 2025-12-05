--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,305 +12,365 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,527 +634,588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...13 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>36</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...22 lines deleted...]
-      <c r="I3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-        <v>27</v>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...28 lines deleted...]
-      <c r="K4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
         <v>30</v>
       </c>
-      <c r="L4"/>
-[...102 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" t="s">
+        <v>36</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
         <v>46</v>
       </c>
-      <c r="J7" t="s">
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="K7" t="s">
-[...8 lines deleted...]
-      <c r="N7" t="s">
+      <c r="F8" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1984</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>74</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" t="s">
         <v>49</v>
       </c>
-    </row>
-[...103 lines deleted...]
-      <c r="G10">
+      <c r="H10">
         <v>2017</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2021</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="K10" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>88</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>