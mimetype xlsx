--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
+  </si>
+  <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,235 +470,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="65.984" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>