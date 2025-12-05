--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,224 +12,272 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,355 +541,394 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="310.21" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...142 lines deleted...]
-        <v>44</v>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>