--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,242 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,317 +553,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="470.599" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...113 lines deleted...]
-        <v>50</v>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>