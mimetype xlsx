--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,272 +12,323 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,439 +592,490 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="245" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="546.152" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1995</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...228 lines deleted...]
-      <c r="G8">
+      <c r="H8">
         <v>2017</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2021</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="M8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>